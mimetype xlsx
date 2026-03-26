--- v0 (2025-12-18)
+++ v1 (2026-03-26)
@@ -51,741 +51,741 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4090</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4090/proc_53-11_-_pelom_01-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4090/proc_53-11_-_pelom_01-11.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO § ÚNICO DO ARTIGO 7° DA LEI ORGÂNICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>4229</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4229/proc_02-11_-_pl_01-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4229/proc_02-11_-_pl_01-11.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO À DISPOSITIVOS DA LEI N° 3136 DE 15 DE DEZEMBRO DE 2010, QUE AUTORIZA O EXECUTIVO FIRMAR CONVÊNIO COM O DAEE - DEPARTAMENTO DE ÁGUAS E ENERGIA ELÉTRICA</t>
   </si>
   <si>
     <t>4230</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4230/proc_04-11_-_pl_02-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4230/proc_04-11_-_pl_02-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO À COM UNIDADE VIDA MELHOR</t>
   </si>
   <si>
     <t>4231</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4231/proc_11-11_-_pl_03-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4231/proc_11-11_-_pl_03-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4232</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4232/proc_15-11_-_pl_04-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4232/proc_15-11_-_pl_04-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO À GUARDA MIRIM DE LEME</t>
   </si>
   <si>
     <t>4233</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4233/proc_16-11_-_pl_05-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4233/proc_16-11_-_pl_05-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO À FUNDAÇÃO CULTURAL EDUCATIVA DE LEME</t>
   </si>
   <si>
     <t>4234</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4234/proc_17-11_-_pl_06-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4234/proc_17-11_-_pl_06-11.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N° 2.791, DE 27 DE OUTUBRO DE 2005</t>
   </si>
   <si>
     <t>4235</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4235/proc_18-11_-_pl_07-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4235/proc_18-11_-_pl_07-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE INSERÇÃO EM PLACAS INAUGURATIVAS DE OBRAS PÚBLICAS</t>
   </si>
   <si>
     <t>4236</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4236/proc_20-11_-_pl_08-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4236/proc_20-11_-_pl_08-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME E O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONTRATO DE CONCESSÃO DE ESTÍMULO FINANCEIRO PARA IMPLANTAÇÃO DE AÇÕES DE RECUPERAÇÃO DE ÁGUA COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE SANEAMENTO E RECURSOS HÍDRICOS.</t>
   </si>
   <si>
     <t>4238</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4238/proc_22-11_-_pl_09-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4238/proc_22-11_-_pl_09-11.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PROGRAMA DE TRATAMENTO E RECICLAGEM DE ÓLEOS E GORDURAS VEGETAL E ANIMAL, DE USO DOMÉSTICO, INDUSTRIAL E COMERCIAL, NO ÂMBITO DO MUNICÍPIO DE LEME, QUE INCLUI MEDIDAS DE CARÁTER EDUCATIVO E DE INCENTIVOS AO DESENVOLVIMENTO ECONÔMICO E DE GERAÇÃO DE EMPREGOS.</t>
   </si>
   <si>
     <t>4252</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4252/proc_23-11_-_pl_10-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4252/proc_23-11_-_pl_10-11.pdf</t>
   </si>
   <si>
     <t>"AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E ALTERA PARÁGRAFOS DA LEI N° 3.146/2010"</t>
   </si>
   <si>
     <t>4253</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4253/proc_25-11_-_pl_11-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4253/proc_25-11_-_pl_11-11.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PROGRAMA DE INCENTIVO AO REAPROVEITAMENTO DA ÁGUA DA CHUVA, COM INCENTIVO REDUÇÃO DE IMPOSTO IPTU VERDE CASA EFICIENTE.</t>
   </si>
   <si>
     <t>4254</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4254/proc_26-11_-_pl_12-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4254/proc_26-11_-_pl_12-11.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI N° 2.337, DE 18 DE MARÇO DE 1.998, COM MODIFICAÇÕES INTRODUZIDAS PELA LEI N° 2.893, DE 17 DE JANEIRO DE 2.007 E PELA LEI Nº 3006, DE 25 DE NOVEMBRO DE 2008.</t>
   </si>
   <si>
     <t>4255</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4255/proc_27-11_-_pl_13-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4255/proc_27-11_-_pl_13-11.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 1º, DA LEI N° 2882, DE 30 DE OUTUBRO DE 2006.</t>
   </si>
   <si>
     <t>4256</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4256/proc_28-11_-_pl_14-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4256/proc_28-11_-_pl_14-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE SUBVENÇÃO À ASSOCIAÇÃO PRESBITERIANA DE ASSISTÊNCIA SOCIAL</t>
   </si>
   <si>
     <t>4259</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4259/proc_29-11_-_pl_15-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4259/proc_29-11_-_pl_15-11.pdf</t>
   </si>
   <si>
     <t>QUE AUTORIZA A PREFEITURA MUNICIPAL DE LEME A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, ATRAVÉS DA SECRETARIA DE SANEAMENTO E RECURSOS HÍDRICOS, OBJETIVANDO A ELABORAÇÃO DE PLANO MUNICIPAL DE SANEAMENTO BÁSICO, E SUA CONSOLIDAÇÃO NO PLANO ESTADUAL DE SANEAMENTO BÁSICO, EM CONFORMIDADE COM AS DIRETRIZES GERAIS INSTITUÍDAS PELA LEI FEDERAI N° 11.145, DE 5 DE JANEIRO DE 2007.</t>
   </si>
   <si>
     <t>4263</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4263/proc_31-11_-_pl_16-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4263/proc_31-11_-_pl_16-11.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA SUBVENÇÃO CONCEDIDA À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE LEME.</t>
   </si>
   <si>
     <t>4264</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4264/proc_32-11_-_pl_17-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4264/proc_32-11_-_pl_17-11.pdf</t>
   </si>
   <si>
     <t>“DISCIPLINA ATIVIDADES DESPORTIVAS DE BILHAR E SINUCA E ESTABELECEM NORMAS GERAIS PARA A SUA PRATICA, NO ÂMBITO DO MUNICÍPIO DE LEME E DA OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>4265</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4265/proc_33-11_-_pl_18-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4265/proc_33-11_-_pl_18-11.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A DISPENSA E A REDUÇÃO DE JUROS E MULTAS SOBRE CRÉDITOS DA SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME</t>
   </si>
   <si>
     <t>4266</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4266/proc_34-11_-_pl_19-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4266/proc_34-11_-_pl_19-11.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PROGRAMA DE PREVENÇÃO, RESTAURAÇÃO DE VIDAS E ENFRENTAMENTO AO CRACK E A OUTRAS DROGAS, CRIANDO O DIA “D” DE COMBATE AO CRACK, MUDANDO O NOME CRACK PARA "PEDRA DA MORTE"</t>
   </si>
   <si>
     <t>4267</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4267/proc_35-11_-_pl_20-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4267/proc_35-11_-_pl_20-11.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PROGRAMA "CÂMARA JOVEM"</t>
   </si>
   <si>
     <t>4268</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4268/proc_37-11_-_pl_21-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4268/proc_37-11_-_pl_21-11.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI N° 3.046, DE 13 DE AGOSTO DE 2009</t>
   </si>
   <si>
     <t>4269</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4269/proc_38-11_-_pl_22-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4269/proc_38-11_-_pl_22-11.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O FUNCIONAMENTO DOS ESTABELECIMENTOS DESTINADOS AO DEPÓSITO DE MATERIAIS RECICLÁVEIS, BORRACHARIAS, FERROS VELHOS E SIMILARES, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4295</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4295/proc_39-11_-_pl_23-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4295/proc_39-11_-_pl_23-11.pdf</t>
   </si>
   <si>
     <t>4296</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4296/proc_40-11_-_pl_24-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4296/proc_40-11_-_pl_24-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA ESTADUAL DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>4297</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4297/proc_41-11_-_pl_25-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4297/proc_41-11_-_pl_25-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE DESENVOLVIMENTO SOCIAL.</t>
   </si>
   <si>
     <t>4298</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4298/proc_42-11_-_pl_26-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4298/proc_42-11_-_pl_26-11.pdf</t>
   </si>
   <si>
     <t>"IMPLANTA O DISQUE DENÚNCIA MUNICIPAL"</t>
   </si>
   <si>
     <t>4299</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4299/proc_44-11_-_pl_27-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4299/proc_44-11_-_pl_27-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DA REALIZAÇÃO DE FESTAS DENOMINADAS “RAVES” NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>4300</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4300/proc_46-11_-_pl_28-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4300/proc_46-11_-_pl_28-11.pdf</t>
   </si>
   <si>
     <t>CRIA O “CARTÃO-RECEITA”, DESTINADO À RENOVAÇÃO AUTOMÁTICA DAS RECEITAS DE DOENÇAS CRÔNICAS PREVIAMENTE DIAGNOSTICADAS AOS USUÁRIOS DOS HOSPITAIS, PRONTOS-SOCORROS PRONTO-ATENDIMENTOS E UNIDADES DE SAÚDE DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4306</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4306/proc_47-11_-_pl_29-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4306/proc_47-11_-_pl_29-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTO DA CIDADE DE LEME A CELEBRAR CONVÊNIO COM O FEHIDRO - FUNDO ESTADUAL DE RECURSOS HÍDRICOS, ÓRGÃO VINCULADO À SECRETARIA DO MEIO AMBIENTE DO ESTADO DE SÃO PAULO</t>
   </si>
   <si>
     <t>4307</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4307/proc_48-11_-_pl_30-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4307/proc_48-11_-_pl_30-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO, NAS CONDIÇÕES QUE ESPECÍFICA, A NÃO PROPOR AÇÕES OU DESISTIR DAS AJUIZADAS E DÁ PROVIDÊNCIAS CORRELATAS.</t>
   </si>
   <si>
     <t>4308</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4308/proc_49-11_-_pl_31-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4308/proc_49-11_-_pl_31-11.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTARIA DO MUNICÍPIO PARA O EXERCÍCIO DE 2012 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4309</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4309/proc_50-11_-_pl_32-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4309/proc_50-11_-_pl_32-11.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A SUBSTITUIÇÃO DO USO DE SACOLAS PLÁSTICAS POR SACOLAS ECOLÓGICAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>4310</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4310/proc_57-11_-_pl_33-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4310/proc_57-11_-_pl_33-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A “CASA DIA DO IDOSO”</t>
   </si>
   <si>
     <t>4311</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4311/proc_58-11_-_pl_34-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4311/proc_58-11_-_pl_34-11.pdf</t>
   </si>
   <si>
     <t>FICA INSTITUÍDO O PROJETO DE LEI QUE PROTEGE OS USUÁRIOS DE CAIXAS ELETRÔNICOS CONTRA ROUBOS E EXPLOSIVOS DE ARROMBAMENTOS.</t>
   </si>
   <si>
     <t>4312</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4312/proc_60-11_-_pl_35-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4312/proc_60-11_-_pl_35-11.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE SEGURANÇA PÚBLICA.</t>
   </si>
   <si>
     <t>4313</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4313/proc_61-11_-_pl_36-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4313/proc_61-11_-_pl_36-11.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO AMIGA DOS ANIMAIS DE LEME”.</t>
   </si>
   <si>
     <t>4318</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4318/proc_62-11_-_pl_37-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4318/proc_62-11_-_pl_37-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O “PROGRAMA DE CONSCIENTIZAÇÃO E COMBATE À VIOLÊNCIA SEXUAL CONTRA CRIANÇAS E ADOLESCENTES” E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4320</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/proc_63-11_-_pl_38-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/proc_63-11_-_pl_38-11.pdf</t>
   </si>
   <si>
     <t>4324</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/proc_68-11_-_pl_39-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/proc_68-11_-_pl_39-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA ALBINO ROEL”</t>
   </si>
   <si>
     <t>4328</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4328/proc_69-11_-_pl_40-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4328/proc_69-11_-_pl_40-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA JOSÉ DE GÓES TROTTMANN"</t>
   </si>
   <si>
     <t>4331</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4331/proc_70-11_-_pl_41-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4331/proc_70-11_-_pl_41-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA JOSÉ GILBERTO PENTEADO”</t>
   </si>
   <si>
     <t>4337</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/proc_71-11_-_pl_42-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/proc_71-11_-_pl_42-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA ALEXANDRE ROBERTO DURANTE”</t>
   </si>
   <si>
     <t>4343</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/proc_72-11_-_pl_43-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/proc_72-11_-_pl_43-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA THEOBALDO DE CASTRO MEIRA"</t>
   </si>
   <si>
     <t>4352</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/proc_73-11_-_pl_44-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/proc_73-11_-_pl_44-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA VICTÓRIO DE SOUZA”</t>
   </si>
   <si>
     <t>4357</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/proc_74-11_-_pl_45-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/proc_74-11_-_pl_45-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA "RUA MARIA APARECIDA CALORI ZUBA"</t>
   </si>
   <si>
     <t>4360</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/proc_75-11_-_pl_46-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/proc_75-11_-_pl_46-11.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA, DENOMINA-SE "R. GASTÃO DE ALMEIDA".</t>
   </si>
   <si>
     <t>4361</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/proc_78-11_-_pl_47-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/proc_78-11_-_pl_47-11.pdf</t>
   </si>
   <si>
     <t>4362</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/proc_82-11_-_pl_48-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/proc_82-11_-_pl_48-11.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO “CASA BERACA”</t>
   </si>
   <si>
     <t>4217</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4217/proc_24-11_-_pd_01-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4217/proc_24-11_-_pd_01-11.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO DOUTOR “EDUARDO RACHED”</t>
   </si>
   <si>
     <t>4218</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4218/proc_36-11_-_pd_02-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4218/proc_36-11_-_pd_02-11.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO DOUTOR “EDILSON JOSÉ BARBATO”</t>
   </si>
   <si>
     <t>4219</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4219/proc_56-11_-_pd_03-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4219/proc_56-11_-_pd_03-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA TELEVISÃO LEGISLATIVA, OPERADA PELO SERVIÇO DE TV A CABO, DESTINADA A TRANSMITIR AS REUNIÕES DA CÂMARA DE VEREADORES DE LEME, PREVISTA NA LEI FEDERAL N° 8977, DE 06 DE JANEIRO DE 1995.</t>
   </si>
   <si>
     <t>4220</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4220/proc_76-11_-_pd_04-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4220/proc_76-11_-_pd_04-11.pdf</t>
   </si>
   <si>
     <t>OUTORGA “MEDALHA NEWTON PRADO” AO SR. JOSE DONISETI GILDO</t>
   </si>
   <si>
     <t>4221</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4221/proc_107-11_-_pd_05-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4221/proc_107-11_-_pd_05-11.pdf</t>
   </si>
   <si>
     <t>CONCEDE A MEDALHA NEWTON PRADO AO “DR. EDMILSON NORBERTO BARBATO”</t>
   </si>
   <si>
     <t>4222</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4222/proc_05-11_-_pr_01-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4222/proc_05-11_-_pr_01-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DO CARGO EM COMISSÃO DE ASSESSOR LEGISLATIVO</t>
   </si>
   <si>
     <t>4223</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4223/proc_06-11_-_pr_02-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4223/proc_06-11_-_pr_02-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOMEAÇÃO DE PROVIMENTO DO CARGO EM COMISSÃO DE MOTORISTA</t>
   </si>
   <si>
     <t>4224</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4224/proc_07-11_-_pr_03-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4224/proc_07-11_-_pr_03-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DO CARGO EM COMISSÃO DE ASSESSOR DE VEREADOR</t>
   </si>
   <si>
     <t>4225</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4225/proc_08-11_-_pr_04-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4225/proc_08-11_-_pr_04-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXONERAÇÃO DO CARGO EM COMISSÃO DE ASSESSOR DE VEREADOR E A IMEDIATA NOMEAÇÃO NO CARGO DE CHEFE DE GABINETE</t>
   </si>
   <si>
     <t>4226</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4226/proc_19-11_-_pr_05-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4226/proc_19-11_-_pr_05-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXONERAÇÃO DO CARGO EM COMISSÃO DE ASSESSORA DE VEREADOR E A IMEDIATA NOMEAÇÃO EM CARGO DE PROVIMENTO EM COMISSÃO DE ASSESSOR DE VEREADOR</t>
   </si>
   <si>
     <t>4227</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4227/proc_43-11_-_pr_06-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4227/proc_43-11_-_pr_06-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>4228</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4228/proc_81-11_-_pr_07-11.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4228/proc_81-11_-_pr_07-11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOMEAÇÃO DO CARGO DE PROCURADOR JURÍDICO, DE PROVIMENTO EFETIVO.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1092,67 +1092,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4090/proc_53-11_-_pelom_01-11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4229/proc_02-11_-_pl_01-11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4230/proc_04-11_-_pl_02-11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4231/proc_11-11_-_pl_03-11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4232/proc_15-11_-_pl_04-11.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4233/proc_16-11_-_pl_05-11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4234/proc_17-11_-_pl_06-11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4235/proc_18-11_-_pl_07-11.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4236/proc_20-11_-_pl_08-11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4238/proc_22-11_-_pl_09-11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4252/proc_23-11_-_pl_10-11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4253/proc_25-11_-_pl_11-11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4254/proc_26-11_-_pl_12-11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4255/proc_27-11_-_pl_13-11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4256/proc_28-11_-_pl_14-11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4259/proc_29-11_-_pl_15-11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4263/proc_31-11_-_pl_16-11.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4264/proc_32-11_-_pl_17-11.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4265/proc_33-11_-_pl_18-11.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4266/proc_34-11_-_pl_19-11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4267/proc_35-11_-_pl_20-11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4268/proc_37-11_-_pl_21-11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4269/proc_38-11_-_pl_22-11.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4295/proc_39-11_-_pl_23-11.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4296/proc_40-11_-_pl_24-11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4297/proc_41-11_-_pl_25-11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4298/proc_42-11_-_pl_26-11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4299/proc_44-11_-_pl_27-11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4300/proc_46-11_-_pl_28-11.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4306/proc_47-11_-_pl_29-11.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4307/proc_48-11_-_pl_30-11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4308/proc_49-11_-_pl_31-11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4309/proc_50-11_-_pl_32-11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4310/proc_57-11_-_pl_33-11.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4311/proc_58-11_-_pl_34-11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4312/proc_60-11_-_pl_35-11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4313/proc_61-11_-_pl_36-11.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4318/proc_62-11_-_pl_37-11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/proc_63-11_-_pl_38-11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/proc_68-11_-_pl_39-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4328/proc_69-11_-_pl_40-11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4331/proc_70-11_-_pl_41-11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/proc_71-11_-_pl_42-11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/proc_72-11_-_pl_43-11.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/proc_73-11_-_pl_44-11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/proc_74-11_-_pl_45-11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/proc_75-11_-_pl_46-11.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/proc_78-11_-_pl_47-11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/proc_82-11_-_pl_48-11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4217/proc_24-11_-_pd_01-11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4218/proc_36-11_-_pd_02-11.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4219/proc_56-11_-_pd_03-11.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4220/proc_76-11_-_pd_04-11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4221/proc_107-11_-_pd_05-11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4222/proc_05-11_-_pr_01-11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4223/proc_06-11_-_pr_02-11.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4224/proc_07-11_-_pr_03-11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4225/proc_08-11_-_pr_04-11.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4226/proc_19-11_-_pr_05-11.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4227/proc_43-11_-_pr_06-11.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4228/proc_81-11_-_pr_07-11.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4090/proc_53-11_-_pelom_01-11.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4229/proc_02-11_-_pl_01-11.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4230/proc_04-11_-_pl_02-11.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4231/proc_11-11_-_pl_03-11.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4232/proc_15-11_-_pl_04-11.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4233/proc_16-11_-_pl_05-11.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4234/proc_17-11_-_pl_06-11.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4235/proc_18-11_-_pl_07-11.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4236/proc_20-11_-_pl_08-11.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4238/proc_22-11_-_pl_09-11.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4252/proc_23-11_-_pl_10-11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4253/proc_25-11_-_pl_11-11.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4254/proc_26-11_-_pl_12-11.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4255/proc_27-11_-_pl_13-11.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4256/proc_28-11_-_pl_14-11.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4259/proc_29-11_-_pl_15-11.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4263/proc_31-11_-_pl_16-11.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4264/proc_32-11_-_pl_17-11.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4265/proc_33-11_-_pl_18-11.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4266/proc_34-11_-_pl_19-11.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4267/proc_35-11_-_pl_20-11.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4268/proc_37-11_-_pl_21-11.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4269/proc_38-11_-_pl_22-11.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4295/proc_39-11_-_pl_23-11.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4296/proc_40-11_-_pl_24-11.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4297/proc_41-11_-_pl_25-11.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4298/proc_42-11_-_pl_26-11.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4299/proc_44-11_-_pl_27-11.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4300/proc_46-11_-_pl_28-11.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4306/proc_47-11_-_pl_29-11.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4307/proc_48-11_-_pl_30-11.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4308/proc_49-11_-_pl_31-11.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4309/proc_50-11_-_pl_32-11.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4310/proc_57-11_-_pl_33-11.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4311/proc_58-11_-_pl_34-11.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4312/proc_60-11_-_pl_35-11.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4313/proc_61-11_-_pl_36-11.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4318/proc_62-11_-_pl_37-11.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4320/proc_63-11_-_pl_38-11.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4324/proc_68-11_-_pl_39-11.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4328/proc_69-11_-_pl_40-11.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4331/proc_70-11_-_pl_41-11.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4337/proc_71-11_-_pl_42-11.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4343/proc_72-11_-_pl_43-11.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4352/proc_73-11_-_pl_44-11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4357/proc_74-11_-_pl_45-11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4360/proc_75-11_-_pl_46-11.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4361/proc_78-11_-_pl_47-11.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4362/proc_82-11_-_pl_48-11.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4217/proc_24-11_-_pd_01-11.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4218/proc_36-11_-_pd_02-11.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4219/proc_56-11_-_pd_03-11.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4220/proc_76-11_-_pd_04-11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4221/proc_107-11_-_pd_05-11.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4222/proc_05-11_-_pr_01-11.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4223/proc_06-11_-_pr_02-11.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4224/proc_07-11_-_pr_03-11.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4225/proc_08-11_-_pr_04-11.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4226/proc_19-11_-_pr_05-11.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4227/proc_43-11_-_pr_06-11.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2011/4228/proc_81-11_-_pr_07-11.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H62"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>