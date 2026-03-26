--- v0 (2025-12-17)
+++ v1 (2026-03-26)
@@ -51,870 +51,870 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3373</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3373/proc_11-12_-_pelom_01-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3373/proc_11-12_-_pelom_01-12.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA DISPOSITIVOS À LEI ORGÂNICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>3374</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3374/proc_91-12_-_pelom_02-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3374/proc_91-12_-_pelom_02-12.pdf</t>
   </si>
   <si>
     <t>ALTERA O INCISO V II, DO ARTIGO 23, DA LEI ORGÂNICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>3375</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3375/proc_96-12_-_pelom_03-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3375/proc_96-12_-_pelom_03-12.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO E REVOGA DISPOSITIVOS DA LEI ORGÂNICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>4034</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4034/proc_01-12_-_pl_01-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4034/proc_01-12_-_pl_01-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ETE-ESTAÇÃO DE TRATAMENTO DE ESGOTOS “ANSELMO LUIGI FAGGION”</t>
   </si>
   <si>
     <t>4035</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4035/proc_02-12_-_pl_02-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4035/proc_02-12_-_pl_02-12.pdf</t>
   </si>
   <si>
     <t>INSTITUI O SISTEMA MUNICIPAL DE ENSINO DE LEME.</t>
   </si>
   <si>
     <t>4036</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4036/proc_03-12_-_pl_03-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4036/proc_03-12_-_pl_03-12.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE EDUCAÇÃO DE LEME - 2012-2021</t>
   </si>
   <si>
     <t>4037</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4037/proc_04-12_-_pl_04-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4037/proc_04-12_-_pl_04-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4038</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4038/proc_06-12_-_pl_05-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4038/proc_06-12_-_pl_05-12.pdf</t>
   </si>
   <si>
     <t>4039</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4039/proc_08-12_-_pl_06-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4039/proc_08-12_-_pl_06-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CELEBRAR TERMO DE CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA DE GESTÃO PÚBLICA.</t>
   </si>
   <si>
     <t>4040</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4040/proc_09-12_-_pl_07-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4040/proc_09-12_-_pl_07-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL ‘‘RÚBIO RAUTER RODRIGUES”</t>
   </si>
   <si>
     <t>4041</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4041/proc_10-12_-_pl_08-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4041/proc_10-12_-_pl_08-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O GRUPO DE AMOR EXIGENTE “BUSCANDO CAMINHOS” DE LEME.</t>
   </si>
   <si>
     <t>4042</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4042/proc_12-12_-_pl_09-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4042/proc_12-12_-_pl_09-12.pdf</t>
   </si>
   <si>
     <t>4043</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4043/proc_13-12_-_pl_10-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4043/proc_13-12_-_pl_10-12.pdf</t>
   </si>
   <si>
     <t>4044</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4044/proc_14-12_-_pl_11-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4044/proc_14-12_-_pl_11-12.pdf</t>
   </si>
   <si>
     <t>4045</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4045/proc_15-12_-_pl_12-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4045/proc_15-12_-_pl_12-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REMOÇÃO DE VEÍCULOS AUTOMOTORES ABANDONADOS NO MUNICÍPIO DE LEME, NAS CONDIÇÕES QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>4046</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4046/proc_19-12_-_pl_13-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4046/proc_19-12_-_pl_13-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO DESPORTIVO E CULTURAL DE ARTES MARCIAIS E TERAPIAS ORIENTAIS BRASIL WUSHU TOP TEAM.</t>
   </si>
   <si>
     <t>4047</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4047/proc_29-12_-_pl_14-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4047/proc_29-12_-_pl_14-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO “CASA BETÂNIA”</t>
   </si>
   <si>
     <t>4048</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4048/proc_30-12_-_pl_15-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4048/proc_30-12_-_pl_15-12.pdf</t>
   </si>
   <si>
     <t>4049</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4049/proc_35-12_-_pl_16-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4049/proc_35-12_-_pl_16-12.pdf</t>
   </si>
   <si>
     <t>PROÍBE A UTILIZAÇÃO DE CAPACETE, GORRO, OU QUALQUER TIPO DE COBERTURA QUE OCULTE A FACE NO INTERIOR DE ÓRGÃOS PÚBLICOS, ESTABELECIMENTOS PÚBLICOS E PRIVADOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4050</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4050/proc_36-12_-_pl_17-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4050/proc_36-12_-_pl_17-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO COM O ESTADO DE SÃO PAULO, POR INTERMÉDIO DA SECRETARIA ESTADUAL DA EDUCAÇÃO, E A FUNDAÇÃO PARA O DESENVOLVIMENTO DA EDUCAÇÃO - FDE.</t>
   </si>
   <si>
     <t>4051</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4051/proc_39-12_-_pl_18-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4051/proc_39-12_-_pl_18-12.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O “TESTE DO CORAÇÃOZINHO” (EXAME DE OXIMETRIA DE PULSO) EM TODOS OS RECÉM NASCIDOS NOS BERÇÁRIOS DAS MATERNIDADES DO MUNICÍPIO DE LEME</t>
   </si>
   <si>
     <t>4052</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4052/proc_44-12_-_pl_19-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4052/proc_44-12_-_pl_19-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO AMIGA DOS ANIMAIS DE LEME</t>
   </si>
   <si>
     <t>4053</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4053/proc_45-12_-_pl_20-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4053/proc_45-12_-_pl_20-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO DAS MULHERES EMIGRANTES DE LEME - AMEL”.</t>
   </si>
   <si>
     <t>4054</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4054/proc_46-12_-_pl_21-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4054/proc_46-12_-_pl_21-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COLOCAÇÃO DE PLACAS EM ESPAÇOS ESPORTIVOS COM OS DIZERES “SEJA INTELIGENTE, DIGA NÃO AS DROGAS, PRATIQUE ESPORTE”.</t>
   </si>
   <si>
     <t>4055</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4055/proc_48-12_-_pl_22-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4055/proc_48-12_-_pl_22-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DE USO DE APARELHOS SONOROS NO MODO “ALTO FALANTE” NO INTERIOR DE VEÍCULOS DE TRANSPORTE COLETIVO.</t>
   </si>
   <si>
     <t>4056</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4056/proc_49-12_-_pl_23-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4056/proc_49-12_-_pl_23-12.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO PARA O EXERCÍCIO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>4057</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4057/proc_50-12_-_pl_24-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4057/proc_50-12_-_pl_24-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DA CARTEIRA DE SAÚDE BUCAL NA REDE MUNICIPAL DE EDUCAÇÃO - “SORRISO NOTA 10”</t>
   </si>
   <si>
     <t>4058</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4058/proc_51-12_-_pl_25-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4058/proc_51-12_-_pl_25-12.pdf</t>
   </si>
   <si>
     <t>4059</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4059/proc_53-12_-_pl_26-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4059/proc_53-12_-_pl_26-12.pdf</t>
   </si>
   <si>
     <t>4060</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4060/proc_56-12_-_pl_27-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4060/proc_56-12_-_pl_27-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “ASSOCIAÇÃO DESCOBRINDO DONS EM LEME - ADDL”.</t>
   </si>
   <si>
     <t>4061</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/</t>
+    <t>http://sapl.leme.sp.leg.br/media/</t>
   </si>
   <si>
     <t>AUTORIZA A PREFEITURA DO MUNICÍPIO DE LEME A TRANSFERIR OS VALORES OBTIDOS JUNTO AO TERMO DE COMPROMISSO N ° 0350.932-67/2011/MINISTÉRIO DAS CIDADES/CAIXA PARA A SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME.</t>
   </si>
   <si>
     <t>4062</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4062/proc_61-12_-_pl_29-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4062/proc_61-12_-_pl_29-12.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO §2° DO ART. 6O DA LEI N.° 2.701, DE 28 DE AGOSTO DE 2003.</t>
   </si>
   <si>
     <t>4063</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4063/proc_62-12_-_pl_30-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4063/proc_62-12_-_pl_30-12.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO MUNICÍPIO DE LEME A LEI DO SILÊNCIO URBANO PARA VEÍCULOS AUTOMOTORES E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>4064</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4064/proc_63-12_-_pl_31-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4064/proc_63-12_-_pl_31-12.pdf</t>
   </si>
   <si>
     <t>4065</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4065/proc_65-12_-_pl_32-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4065/proc_65-12_-_pl_32-12.pdf</t>
   </si>
   <si>
     <t>4066</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4066/proc_67-12_-_pl_33-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4066/proc_67-12_-_pl_33-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO MUNICIPAL “ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PROFA. VERA GONÇALVES BUENO”</t>
   </si>
   <si>
     <t>4067</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4067/proc_68-12_-_pl_34-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4067/proc_68-12_-_pl_34-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO MUNICIPAL “ESCOLA MUNICIPAL DE EDUCAÇÃO INFANTIL PROFA. SYLVIA DELAI VILLA RIOS”</t>
   </si>
   <si>
     <t>4068</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4068/proc_72-12_-_pl_35-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4068/proc_72-12_-_pl_35-12.pdf</t>
   </si>
   <si>
     <t>4069</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4069/proc_73-12_-_pl_36-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4069/proc_73-12_-_pl_36-12.pdf</t>
   </si>
   <si>
     <t>4071</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4071/proc_74-12_-_pl_37-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4071/proc_74-12_-_pl_37-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRÓPRIO MUNICIPAL UNIDADE BÁSICA DE SAÚDE “REGIANE CRISTINA MOI CUNHA SANTANA”.</t>
   </si>
   <si>
     <t>4072</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4072/proc_77-12_-_pl_38-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4072/proc_77-12_-_pl_38-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE PRÓPRIO MUNICIPAL “CONCHA ACÚSTICA VEREADOR DONATO CICCONE”</t>
   </si>
   <si>
     <t>4073</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4073/proc_78-12_-_pl_39-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4073/proc_78-12_-_pl_39-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO OFICIAL DO DISTRITO INDUSTRIAL II “DISTRITO INDUSTRIAL II FERNANDO SANTUCCI”</t>
   </si>
   <si>
     <t>4074</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4074/proc_79-12_-_pl_40-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4074/proc_79-12_-_pl_40-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO EM PREBEAUTY - EMPREENDEDORAS DA BELEZA DE LEME.</t>
   </si>
   <si>
     <t>4075</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4075/proc_97-12_-_pl_50-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4075/proc_97-12_-_pl_50-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O LEVANTAMENTO DE IMPORTÂNCIAS DEPOSITADAS EM JUÍZO, CRIA FUNDO DE RESERVA DE DEPÓSITO JUDICIAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4076</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4076/proc_100-12_-_pl_51-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4076/proc_100-12_-_pl_51-12.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 4º, DA LEI N.° 3.169, DE 02 DE JUNHO DE 2011, QUE REGULAMENTA O FUNCIONAMENTO DOS ESTABELECIMENTOS DESTINADOS AO DEPÓSITO DE MATERIAIS RECICLÁVEIS, BORRACHARIAS, FERROS VELHOS E SIMILARES E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4077</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4077/proc_101-12_-_pl_52-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4077/proc_101-12_-_pl_52-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR CONVÊNIO DE COOPERAÇÃO TÉCNICA COM A UNIÃO, POR INTERMÉDIO DA SUPERINTENDÊNCIA DO PATRIMÔNIO DA UNIÃO EM SÃO PAULO.</t>
   </si>
   <si>
     <t>4078</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4078/proc_102-12_-_pl_53-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4078/proc_102-12_-_pl_53-12.pdf</t>
   </si>
   <si>
     <t>4079</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4079/proc_104-12_-_pl_54-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4079/proc_104-12_-_pl_54-12.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA A “CASA DE RECUPERAÇÃO E MISSÃO EMANUEL DESAFIO JOVEM”</t>
   </si>
   <si>
     <t>4080</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4080/proc_105-12_-_pl_55-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4080/proc_105-12_-_pl_55-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DESAFETAÇÃO DE ÁREA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>4081</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4081/proc_107-12_-_pl_56-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4081/proc_107-12_-_pl_56-12.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI N° 3238, DE 25 DE JUNHO DE 2012, QUE ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO PARA O EXERCÍCIO DE 2013 E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>4082</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4082/proc_108-12_-_pl_57-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4082/proc_108-12_-_pl_57-12.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO § 2º, DO ARTIGO 1º, DA LEI N° 3090, DE 26 DE MAIO DE 2010.</t>
   </si>
   <si>
     <t>4083</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4083/proc_111-12_-_pl_58-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4083/proc_111-12_-_pl_58-12.pdf</t>
   </si>
   <si>
     <t>4084</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4084/proc_113-12_-_pl_59-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4084/proc_113-12_-_pl_59-12.pdf</t>
   </si>
   <si>
     <t>4085</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4085/proc_114-12_-_pl_60-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4085/proc_114-12_-_pl_60-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIAS PÚBLICAS LOCALIZADAS NO LOTEAMENTO DENOMINANDO JARDIM RESIDENCIAL CAMBUHY</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4086/proc_115-12_-_pl_61-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4086/proc_115-12_-_pl_61-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIO MUNICIPAL “ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA DR. RAUL SCHWINDEN”</t>
   </si>
   <si>
     <t>4087</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4087/proc_116-12_-_pl_62-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4087/proc_116-12_-_pl_62-12.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI N° 3248, DE 21 DE AGOSTO DE 2012 E RESTABELECE AS DISPOSIÇÕES CONTIDAS NA LETRA “D”, DO ARTIGO 1º, DA LEI N° 1.858, DE 09 DE AGOSTO DE 1989.</t>
   </si>
   <si>
     <t>4088</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4088/proc_117-12_-_pl_63-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4088/proc_117-12_-_pl_63-12.pdf</t>
   </si>
   <si>
     <t>4089</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4089/proc_118-12_-_pl_64-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4089/proc_118-12_-_pl_64-12.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRÓPRIO MUNICIPAL “GINÁSIO DE ESPORTES PLÍNIO APPARECIDO DA SILVA LEME”</t>
   </si>
   <si>
     <t>3628</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3628/proc_20-12_-_pd_01-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3628/proc_20-12_-_pd_01-12.pdf</t>
   </si>
   <si>
     <t>OUTORGA “MEDALHA NEWTON PRADO” AO SR. JOÃO FERREIRA DA SILVA JÚNIOR</t>
   </si>
   <si>
     <t>3629</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3629/proc_23-12_-_pd_02-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3629/proc_23-12_-_pd_02-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR “CARLOS ROGÉRIO BEZERRA”</t>
   </si>
   <si>
     <t>3630</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3630/proc_24-12_-_pd_03-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3630/proc_24-12_-_pd_03-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR “PAULO CÉSAR BEZERRA”</t>
   </si>
   <si>
     <t>3631</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3631/proc_31-12_-_pd_04-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3631/proc_31-12_-_pd_04-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO BISPO “DOM VILSON DIAS DE OLIVEIRA”</t>
   </si>
   <si>
     <t>3632</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3632/proc_34-12_-_pd_06-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3632/proc_34-12_-_pd_06-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR “DAVID SANTANA DA SILVA”</t>
   </si>
   <si>
     <t>3633</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3633/proc_38-12_-_pd_07-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3633/proc_38-12_-_pd_07-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃ LEMENSE A SRA. “LISETE CRISTINA GANÉO KINOCK”</t>
   </si>
   <si>
     <t>3634</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3634/proc_59-12_-_pd_08-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3634/proc_59-12_-_pd_08-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA A “FRANCISCO ESCORIZA DA SILVA’</t>
   </si>
   <si>
     <t>3635</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3635/proc_70-12_-_pd_09-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3635/proc_70-12_-_pd_09-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR “JOSÉ CARLOS LAGÁCIO”</t>
   </si>
   <si>
     <t>3636</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3636/proc_71-12_-_pd_10-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3636/proc_71-12_-_pd_10-12.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR “SIDNEY BERALDO”</t>
   </si>
   <si>
     <t>3637</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3637/proc_80-12_-_pd_11-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3637/proc_80-12_-_pd_11-12.pdf</t>
   </si>
   <si>
     <t>OUTORGA “MEDALHA NEWTON PRADO” AO SR. JOÃO ARRAIS SERÓDIO NETO.</t>
   </si>
   <si>
     <t>3460</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3460/proc_17-12_-_pr_01-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3460/proc_17-12_-_pr_01-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE NOMEAÇÃO AO CARGO DE OFICIAL ADMINISTRATIVO, DE PROVIMENTO EFETIVO</t>
   </si>
   <si>
     <t>3461</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3461/proc_47-12_-_pr_02-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3461/proc_47-12_-_pr_02-12.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER LEGISLATIVO A FIRMAR CONVÊNIO COM INSTITUIÇÕES FINANCEIRAS E OUTRAS PARA CONCESSÃO DE EM PRÉSTIMOS, FINANCIAMENTOS E DE CARTÃO DE CRÉDITO E OUTRAS FORMAS DE CRÉDITO AOS SERVIDORES CAMARÁRIOS E VEREADORES, MEDIANTE CONSIGNAÇÃO EM FOLHA DE PAGAMENTO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3462</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3462/proc_55-12_-_pr_03-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3462/proc_55-12_-_pr_03-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO DO REGIMENTO INTERNO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>3467</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3467/proc_66-12_-_pr_04-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3467/proc_66-12_-_pr_04-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DO CARGO DE ASSESSOR LEGISLATIVO, DE PROVIMENTO COMISSIONADO.</t>
   </si>
   <si>
     <t>3469</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3469/proc_75-12_-_pr_05-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3469/proc_75-12_-_pr_05-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A NOMEAÇÃO DO CARGO DE ASSESSOR PARLAMENTAR, DE PROVIMENTO COMISSIONADO.</t>
   </si>
   <si>
     <t>3470</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3470/proc_95-12_-_pr_07-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3470/proc_95-12_-_pr_07-12.pdf</t>
   </si>
   <si>
     <t>ALTERA O REGIMENTO INTERNO DA CÂMARA DE VEREADORES DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>3471</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3471/proc_98-12_-_pr_08-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3471/proc_98-12_-_pr_08-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE EXONERAÇÃO DE DIEGO DE ANDRADE LEME PENTEADO DO CARGO DE ASSESSOR PARLAMENTAR DO VEREADOR PABLIO JOSÉ REBESSI</t>
   </si>
   <si>
     <t>3472</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3472/proc_99-12_-_pr_09-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3472/proc_99-12_-_pr_09-12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE PROVIMENTO DO CARGO EM COMISSÃO DE ASSESSOR PARLAMENTAR</t>
   </si>
   <si>
     <t>3473</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3473/proc_106-12_-_pr_10-12.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3473/proc_106-12_-_pr_10-12.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1218,67 +1218,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3373/proc_11-12_-_pelom_01-12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3374/proc_91-12_-_pelom_02-12.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3375/proc_96-12_-_pelom_03-12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4034/proc_01-12_-_pl_01-12.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4035/proc_02-12_-_pl_02-12.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4036/proc_03-12_-_pl_03-12.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4037/proc_04-12_-_pl_04-12.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4038/proc_06-12_-_pl_05-12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4039/proc_08-12_-_pl_06-12.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4040/proc_09-12_-_pl_07-12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4041/proc_10-12_-_pl_08-12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4042/proc_12-12_-_pl_09-12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4043/proc_13-12_-_pl_10-12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4044/proc_14-12_-_pl_11-12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4045/proc_15-12_-_pl_12-12.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4046/proc_19-12_-_pl_13-12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4047/proc_29-12_-_pl_14-12.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4048/proc_30-12_-_pl_15-12.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4049/proc_35-12_-_pl_16-12.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4050/proc_36-12_-_pl_17-12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4051/proc_39-12_-_pl_18-12.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4052/proc_44-12_-_pl_19-12.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4053/proc_45-12_-_pl_20-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4054/proc_46-12_-_pl_21-12.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4055/proc_48-12_-_pl_22-12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4056/proc_49-12_-_pl_23-12.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4057/proc_50-12_-_pl_24-12.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4058/proc_51-12_-_pl_25-12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4059/proc_53-12_-_pl_26-12.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4060/proc_56-12_-_pl_27-12.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4062/proc_61-12_-_pl_29-12.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4063/proc_62-12_-_pl_30-12.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4064/proc_63-12_-_pl_31-12.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4065/proc_65-12_-_pl_32-12.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4066/proc_67-12_-_pl_33-12.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4067/proc_68-12_-_pl_34-12.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4068/proc_72-12_-_pl_35-12.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4069/proc_73-12_-_pl_36-12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4071/proc_74-12_-_pl_37-12.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4072/proc_77-12_-_pl_38-12.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4073/proc_78-12_-_pl_39-12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4074/proc_79-12_-_pl_40-12.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4075/proc_97-12_-_pl_50-12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4076/proc_100-12_-_pl_51-12.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4077/proc_101-12_-_pl_52-12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4078/proc_102-12_-_pl_53-12.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4079/proc_104-12_-_pl_54-12.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4080/proc_105-12_-_pl_55-12.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4081/proc_107-12_-_pl_56-12.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4082/proc_108-12_-_pl_57-12.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4083/proc_111-12_-_pl_58-12.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4084/proc_113-12_-_pl_59-12.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4085/proc_114-12_-_pl_60-12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4086/proc_115-12_-_pl_61-12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4087/proc_116-12_-_pl_62-12.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4088/proc_117-12_-_pl_63-12.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4089/proc_118-12_-_pl_64-12.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3628/proc_20-12_-_pd_01-12.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3629/proc_23-12_-_pd_02-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3630/proc_24-12_-_pd_03-12.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3631/proc_31-12_-_pd_04-12.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3632/proc_34-12_-_pd_06-12.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3633/proc_38-12_-_pd_07-12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3634/proc_59-12_-_pd_08-12.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3635/proc_70-12_-_pd_09-12.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3636/proc_71-12_-_pd_10-12.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3637/proc_80-12_-_pd_11-12.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3460/proc_17-12_-_pr_01-12.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3461/proc_47-12_-_pr_02-12.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3462/proc_55-12_-_pr_03-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3467/proc_66-12_-_pr_04-12.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3469/proc_75-12_-_pr_05-12.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3470/proc_95-12_-_pr_07-12.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3471/proc_98-12_-_pr_08-12.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3472/proc_99-12_-_pr_09-12.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3473/proc_106-12_-_pr_10-12.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3373/proc_11-12_-_pelom_01-12.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3374/proc_91-12_-_pelom_02-12.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3375/proc_96-12_-_pelom_03-12.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4034/proc_01-12_-_pl_01-12.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4035/proc_02-12_-_pl_02-12.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4036/proc_03-12_-_pl_03-12.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4037/proc_04-12_-_pl_04-12.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4038/proc_06-12_-_pl_05-12.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4039/proc_08-12_-_pl_06-12.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4040/proc_09-12_-_pl_07-12.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4041/proc_10-12_-_pl_08-12.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4042/proc_12-12_-_pl_09-12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4043/proc_13-12_-_pl_10-12.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4044/proc_14-12_-_pl_11-12.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4045/proc_15-12_-_pl_12-12.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4046/proc_19-12_-_pl_13-12.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4047/proc_29-12_-_pl_14-12.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4048/proc_30-12_-_pl_15-12.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4049/proc_35-12_-_pl_16-12.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4050/proc_36-12_-_pl_17-12.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4051/proc_39-12_-_pl_18-12.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4052/proc_44-12_-_pl_19-12.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4053/proc_45-12_-_pl_20-12.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4054/proc_46-12_-_pl_21-12.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4055/proc_48-12_-_pl_22-12.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4056/proc_49-12_-_pl_23-12.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4057/proc_50-12_-_pl_24-12.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4058/proc_51-12_-_pl_25-12.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4059/proc_53-12_-_pl_26-12.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4060/proc_56-12_-_pl_27-12.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4062/proc_61-12_-_pl_29-12.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4063/proc_62-12_-_pl_30-12.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4064/proc_63-12_-_pl_31-12.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4065/proc_65-12_-_pl_32-12.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4066/proc_67-12_-_pl_33-12.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4067/proc_68-12_-_pl_34-12.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4068/proc_72-12_-_pl_35-12.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4069/proc_73-12_-_pl_36-12.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4071/proc_74-12_-_pl_37-12.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4072/proc_77-12_-_pl_38-12.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4073/proc_78-12_-_pl_39-12.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4074/proc_79-12_-_pl_40-12.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4075/proc_97-12_-_pl_50-12.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4076/proc_100-12_-_pl_51-12.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4077/proc_101-12_-_pl_52-12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4078/proc_102-12_-_pl_53-12.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4079/proc_104-12_-_pl_54-12.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4080/proc_105-12_-_pl_55-12.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4081/proc_107-12_-_pl_56-12.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4082/proc_108-12_-_pl_57-12.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4083/proc_111-12_-_pl_58-12.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4084/proc_113-12_-_pl_59-12.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4085/proc_114-12_-_pl_60-12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4086/proc_115-12_-_pl_61-12.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4087/proc_116-12_-_pl_62-12.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4088/proc_117-12_-_pl_63-12.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/4089/proc_118-12_-_pl_64-12.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3628/proc_20-12_-_pd_01-12.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3629/proc_23-12_-_pd_02-12.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3630/proc_24-12_-_pd_03-12.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3631/proc_31-12_-_pd_04-12.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3632/proc_34-12_-_pd_06-12.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3633/proc_38-12_-_pd_07-12.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3634/proc_59-12_-_pd_08-12.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3635/proc_70-12_-_pd_09-12.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3636/proc_71-12_-_pd_10-12.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3637/proc_80-12_-_pd_11-12.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3460/proc_17-12_-_pr_01-12.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3461/proc_47-12_-_pr_02-12.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3462/proc_55-12_-_pr_03-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3467/proc_66-12_-_pr_04-12.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3469/proc_75-12_-_pr_05-12.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3470/proc_95-12_-_pr_07-12.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3471/proc_98-12_-_pr_08-12.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3472/proc_99-12_-_pr_09-12.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2012/3473/proc_106-12_-_pr_10-12.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>