--- v0 (2025-12-16)
+++ v1 (2026-03-26)
@@ -51,912 +51,912 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3171</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3171/proc_20-16_-_pelom_01-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3171/proc_20-16_-_pelom_01-16.pdf</t>
   </si>
   <si>
     <t>“DÁ NOVA REDAÇÃO AO INCISO XVIII, DO ARTIGO 5O, DA LEI ORGÂNICA DO MUNICÍPIO DE LEME”</t>
   </si>
   <si>
     <t>3172</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3172/proc_45-16_-_pelom_02-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3172/proc_45-16_-_pelom_02-16.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO INCISO XXII, DO ARTIGOS 52; INCISO I DO ARTIGO 15; INCISO IV, DO ARTIGO 22; INCISO III, DO ARTIGO 23; INCISO II DO ARTIGO 31; DO ARTIGO 78 E SEUS INCISOS; ARTIGOS 86 E 88; §12 DO ARTIGO 89; ARTIGO 90 E ARTIGO 12 E SEUS PARÁGRAFOS, TODOS DA LEI ORGÂNICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/</t>
+    <t>http://sapl.leme.sp.leg.br/media/</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa de Conscientização e Orientação da importância da Coleta Seletiva de Lixo Doméstico è fixa outras providências.</t>
   </si>
   <si>
     <t>3638</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3638/proc_53-16_-_pl_29-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3638/proc_53-16_-_pl_29-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DAS CONSULTAS MÉDICAS E EXAMES REALIZADOS NO MUNICÍPIO DE LEME OCORREREM NO PRAZO MÁXIMO DE 15 DIAS, QUANDO O PACIENTE FOR CRIANÇA OU TIVER IDADE IGUAL OU SUPERIOR A 60 (SESSENTA) ANOS.</t>
   </si>
   <si>
     <t>3639</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3639/proc_54-16_-_pl_30-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3639/proc_54-16_-_pl_30-16.pdf</t>
   </si>
   <si>
     <t>"DÁ NOVA REDAÇÃO AO ARTIGO 1º DA LEI Nº  3.383, DE 12 DE NOVEMBRO DE 2014".</t>
   </si>
   <si>
     <t>3640</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3640/proc_56-16_-_pl_31-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3640/proc_56-16_-_pl_31-16.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A REESTRUTURAÇÃO, NO ÂMBITO DO MUNICÍPIO DE LEME, DO CONSELHO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3641</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3641/proc_59-16_-_pl_32-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3641/proc_59-16_-_pl_32-16.pdf</t>
   </si>
   <si>
     <t>"REVOGA A LEI N.° 3.362, DE 11 DE AGOSTO DE 2.014 QUE DISPÕE SOBRE O PROGRAMA MUNICIPAL DE ORGANIZAÇÕES SOCIAIS E DÁ OUTRAS PROVIDENCIAS”.</t>
   </si>
   <si>
     <t>3642</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3642/proc_60-16_-_pl_33-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3642/proc_60-16_-_pl_33-16.pdf</t>
   </si>
   <si>
     <t>INSTITUI A UNIDADE DE CONTROLE INTERNO DA PREFEITURA DO MUNICÍPIO DE LEME</t>
   </si>
   <si>
     <t>3643</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3643/proc_62-16_-_pl_34-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3643/proc_62-16_-_pl_34-16.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A PROIBIÇÃO DE QUEIMADAS NO MUNICÍPIO DE LEME, ESTABELECE PENALIDADES E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>3644</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3644/proc_68-16_-_pl_35-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3644/proc_68-16_-_pl_35-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA CATHARINA LODI RAMALHO</t>
   </si>
   <si>
     <t>3645</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3645/proc_71-16_-_pl_36-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3645/proc_71-16_-_pl_36-16.pdf</t>
   </si>
   <si>
     <t>“INSTITUI A UNIDADE DE PROMOÇÃO DA IGUALDADE RACIAL DA PREFEITURA DO MUNICÍPIO DE LEME”.</t>
   </si>
   <si>
     <t>3646</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3646/proc_72-16_-_pl_37-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3646/proc_72-16_-_pl_37-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ANTÔNIO PEDRO FAGGION”</t>
   </si>
   <si>
     <t>3647</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3647/proc_73-16_-_pl_38-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3647/proc_73-16_-_pl_38-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO PROGRAMA MUNICIPAL DE ASSISTÊNCIA À CRIANÇA PORTADORA DE MICROCEFALIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3648</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3648/proc_74-16_-_pl_39-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3648/proc_74-16_-_pl_39-16.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA “CATA TRECO” NO MUNICÍPIO DE LEME</t>
   </si>
   <si>
     <t>3649</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3649/proc_75-16_-_pl_40-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3649/proc_75-16_-_pl_40-16.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROJETO “ESCOLA MELHOR” NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3650</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3650/proc_76-16_-_pl_41-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3650/proc_76-16_-_pl_41-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - LUIZ ALEXANDRE DE OLIVEIRA</t>
   </si>
   <si>
     <t>3651</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3651/proc_78-16_-_pl_42-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3651/proc_78-16_-_pl_42-16.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3652</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3652/proc_79-16_-_pl_43-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3652/proc_79-16_-_pl_43-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA EVERTON LUÍS ROSALEN"</t>
   </si>
   <si>
     <t>3653</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3653/proc_80-16_-_pl_44-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3653/proc_80-16_-_pl_44-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - VIDO BERALDO</t>
   </si>
   <si>
     <t>3654</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3654/proc_82-16_-_pl_45-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3654/proc_82-16_-_pl_45-16.pdf</t>
   </si>
   <si>
     <t>3655</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3655/proc_84-16_-_pl_46-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3655/proc_84-16_-_pl_46-16.pdf</t>
   </si>
   <si>
     <t>3656</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3656/proc_85-16_-_pl_47-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3656/proc_85-16_-_pl_47-16.pdf</t>
   </si>
   <si>
     <t>3657</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3657/proc_87-16_-_pl_48-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3657/proc_87-16_-_pl_48-16.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A ASSOCIAÇÃO PRESBITERIANA DE AÇÃO SOCIAL, OBJETIVANDO A IMPLANTAÇÃO E O DESENVOLVIMENTO DO PROJETO “CASA ABERTA - TRAÇANDO NOVOS CAMINHOS”</t>
   </si>
   <si>
     <t>3658</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3658/proc_88-16_-_pl_49-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3658/proc_88-16_-_pl_49-16.pdf</t>
   </si>
   <si>
     <t>“REGULAMENTA A UTILIZAÇÃO DOS DEPÓSITOS JUDICIAIS DE ORIGEM TRIBUTÁRIA OU NÃO TRIBUTÁRIA E INSTITUI O FUNDO DE RESERVA DOS DEPÓSITOS JUDICIAIS NO ÂMBITO DO MUNICÍPIO DE LEME, CONFORME DISPÕE A LEI COMPLEMENTAR N° 151/2015".</t>
   </si>
   <si>
     <t>3659</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3659/proc_89-16_-_pl_50-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3659/proc_89-16_-_pl_50-16.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO, NAS CONDIÇÕES QUE ESPECIFICA, A NÃO PROPOR AÇÕES OU DESISTIR DAS AJUIZADAS, A FIRMAR CONVÊNIO COM INSTITUIÇÕES PROTETIVAS DE CRÉDITO E COM AS SERVENTIAS EXTRAJUDICIAIS, E DÁ PROVIDÊNCIAS CORRELATAS".</t>
   </si>
   <si>
     <t>3660</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3660/proc_92-16_-_pl_51-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3660/proc_92-16_-_pl_51-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "CELSO APARECIDO STEFANI”</t>
   </si>
   <si>
     <t>3661</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3661/proc_94-16_-_pl_52-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3661/proc_94-16_-_pl_52-16.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO A DISPOSITIVO ARTIGO 1º DA LEI MUNICIPAL N. 3.082, DE 26 DE MARÇO DE 2010 E ESTIPULA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3662</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3662/proc_95-16_-_pl_53-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3662/proc_95-16_-_pl_53-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA " MARIA HELENA CAGINI”</t>
   </si>
   <si>
     <t>3663</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3663/proc_97-16_-_pl_54-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3663/proc_97-16_-_pl_54-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA RUA “HILDA BONVECHIO LIBERTO”</t>
   </si>
   <si>
     <t>3664</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3664/proc_98-16_-_pl_55-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3664/proc_98-16_-_pl_55-16.pdf</t>
   </si>
   <si>
     <t>"ACRESCENTA PARÁGRAFOS AO ART. 7° DA LEI Nº 3.495, DE 04 DE AGOSTO DE 2016, QUE DISPÕE SOBRE A REESTRUTURAÇÃO, NO ÂMBITO DO MUNICÍPIO DE LEME, DO CONSELHO MUNICIPAL DE EDUCAÇÃO, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3665</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3665/proc_100-16_-_pl_56-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3665/proc_100-16_-_pl_56-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - WALDOMIO BARBOZA</t>
   </si>
   <si>
     <t>3666</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3666/proc_102-16_-_pl_57-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3666/proc_102-16_-_pl_57-16.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2017”</t>
   </si>
   <si>
     <t>3667</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3667/proc_103-16_-_pl_58-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3667/proc_103-16_-_pl_58-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA "RUA NELSON DONISETI PICCOLI"</t>
   </si>
   <si>
     <t>3668</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3668/proc_104-16_-_pl_59-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3668/proc_104-16_-_pl_59-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA "RUA GUILHERME BRAGHIN”</t>
   </si>
   <si>
     <t>3669</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3669/proc_105-16_-_pl_60-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3669/proc_105-16_-_pl_60-16.pdf</t>
   </si>
   <si>
     <t>3670</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3670/proc_106-16_-_pl_61-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3670/proc_106-16_-_pl_61-16.pdf</t>
   </si>
   <si>
     <t>3671</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3671/proc_110-16_-_pl_62-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3671/proc_110-16_-_pl_62-16.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAÇÃO DE LOGRADOURO PÚBLICO”.</t>
   </si>
   <si>
     <t>3672</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3672/proc_111-16_-_pl_63-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3672/proc_111-16_-_pl_63-16.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "PEDRO MALACHIAS DA CUNHA FILHO”</t>
   </si>
   <si>
     <t>3673</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3673/proc_112-16_-_pl_64-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3673/proc_112-16_-_pl_64-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ADELINO GOMES TRAVERTINO"</t>
   </si>
   <si>
     <t>3674</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3674/proc_113-16_-_pl_65-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3674/proc_113-16_-_pl_65-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "JOÃO DENOFRIO’’</t>
   </si>
   <si>
     <t>3675</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3675/proc_114-16_-_pl_66-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3675/proc_114-16_-_pl_66-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LYDIA GOMES CAETANO TRAVERTINO”</t>
   </si>
   <si>
     <t>3676</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3676/proc_115-16_-_pl_67-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3676/proc_115-16_-_pl_67-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - SILVIO DE SOUZA</t>
   </si>
   <si>
     <t>3677</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3677/proc_116-16_-_pl_68-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3677/proc_116-16_-_pl_68-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - JOÃO GONÇALVES</t>
   </si>
   <si>
     <t>3678</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3678/proc_117-16_-_pl_69-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3678/proc_117-16_-_pl_69-16.pdf</t>
   </si>
   <si>
     <t>3679</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3679/proc_118-16_-_pl_70-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3679/proc_118-16_-_pl_70-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "JOÃO CARAPETICOF FILHO”</t>
   </si>
   <si>
     <t>3680</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3680/proc_119-16_-_pl_71-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3680/proc_119-16_-_pl_71-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - ÂNGELO ZANCA</t>
   </si>
   <si>
     <t>3681</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3681/proc_120-16_-_pl_72-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3681/proc_120-16_-_pl_72-16.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAÇÃO DE VIAS PÚBLICAS’’</t>
   </si>
   <si>
     <t>3682</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3682/proc_122-16_-_pl_73-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3682/proc_122-16_-_pl_73-16.pdf</t>
   </si>
   <si>
     <t>3683</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3683/proc_124-16_-_pl_74-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3683/proc_124-16_-_pl_74-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AS VIAS PÚBLICAS, ‘‘AVENIDA BENEDICTA APPARECIDA COSTA PINTO E RUA CÂNDIDO VOIPI”</t>
   </si>
   <si>
     <t>3684</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3684/proc_125-16_-_pl_75-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3684/proc_125-16_-_pl_75-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “MARIA LEONOR SCHERMA SCAGGION”</t>
   </si>
   <si>
     <t>3685</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3685/proc_126-16_-_pl_76-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3685/proc_126-16_-_pl_76-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LEONOR PICCININI AMARAL LOPES”</t>
   </si>
   <si>
     <t>3686</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3686/proc_127-16_-_pl_77-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3686/proc_127-16_-_pl_77-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LUIZ FERNANDO GEROLA"</t>
   </si>
   <si>
     <t>3687</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3687/proc_128-16_-_pl_78-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3687/proc_128-16_-_pl_78-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LUIS ROBERTO GEROLA"</t>
   </si>
   <si>
     <t>3688</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3688/proc_129-16_-_pl_79-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3688/proc_129-16_-_pl_79-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "PAULO PÉCORA”</t>
   </si>
   <si>
     <t>3689</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3689/proc_130-16_-_pl_80-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3689/proc_130-16_-_pl_80-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LEONILDE PÉCORA GEROLA’’</t>
   </si>
   <si>
     <t>3690</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3690/proc_131-16_-_pl_81-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3690/proc_131-16_-_pl_81-16.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ORLANDO GEROLA’’</t>
   </si>
   <si>
     <t>3691</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3691/proc_133-16_-_pl_82-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3691/proc_133-16_-_pl_82-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ISENÇÃO DE PAGAMENTO DE PREÇO PÚBLICO DE ESTACIONAMENTO EM VAGAS DESTINADAS A VEÍCULOS QUE TRANSPORTEM PESSOAS PORTADORAS DE DEFICIÊNCIA OU COM DIFICULDADE DE LOCOMOÇÃO.</t>
   </si>
   <si>
     <t>3692</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3692/proc_134-16_-_pl_83-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3692/proc_134-16_-_pl_83-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIA PÚBLICA</t>
   </si>
   <si>
     <t>3693</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3693/proc_135-16_-_pl_84-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3693/proc_135-16_-_pl_84-16.pdf</t>
   </si>
   <si>
     <t>3694</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3694/proc_136-16_-_pl_85-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3694/proc_136-16_-_pl_85-16.pdf</t>
   </si>
   <si>
     <t>3695</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3695/proc_138-16_-_pl_86-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3695/proc_138-16_-_pl_86-16.pdf</t>
   </si>
   <si>
     <t>3164</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3164/proc_41-16_-_pd_01-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3164/proc_41-16_-_pd_01-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO DR. MARCUS VINICIUS FACCIOLI.</t>
   </si>
   <si>
     <t>3165</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3165/proc_55-16_-_pd_02-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3165/proc_55-16_-_pd_02-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE TÍTULO DE "CIDADÃO LEMENSE" AO PADRE ISAEL DE BRITO</t>
   </si>
   <si>
     <t>3166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3166/proc_69-16_-_pd_03-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3166/proc_69-16_-_pd_03-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE MEDALHA "NEWTON PRADO" AO SR. VITOR JESUZ MARTINS</t>
   </si>
   <si>
     <t>3167</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3167/proc_77-16_-_pd_04-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3167/proc_77-16_-_pd_04-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE TÍTULO DE CIDADANIA A SRA. IRENE APARECIDA DE CARVALHO LOPES.</t>
   </si>
   <si>
     <t>3168</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3168/proc_91-16_-_pd_05-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3168/proc_91-16_-_pd_05-16.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SENHOR "SEBASTIÃO BARBOSA"</t>
   </si>
   <si>
     <t>3169</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3169/proc_99-16_-_pd_06-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3169/proc_99-16_-_pd_06-16.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO LEMENSE AO “SR. LUCIANO LAGE ARAÚJO”</t>
   </si>
   <si>
     <t>3170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3170/proc_132-16_-_pd_07-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3170/proc_132-16_-_pd_07-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE TÍTULO DE CIDADÃO LEMENSE AO PROF. JOSÉ LUÍS POLI</t>
   </si>
   <si>
     <t>3149</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/proc_07-16_-_pr_01-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/proc_07-16_-_pr_01-16.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DOS VEÍCULOS OFICIAIS DA CÂMARA MUNICIPAL DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3157</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3157/proc_14-16_-_pr_02-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3157/proc_14-16_-_pr_02-16.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE ASSUNTOS RELEVANTES PARA TRATAR DO SISTEMA DE ESTACIONAMENTO ROTATIVO PAGO DE VEÍCULOS NAS VIAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3158</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3158/proc_17-16_-_pr_03-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3158/proc_17-16_-_pr_03-16.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE ASSUNTOS RELEVANTES PARA PROCEDER ESTUDOS, APRESENTAR SUGESTÕES PERTINENTES AOS PROBLEMAS FINANCEIROS ENFRENTADOS PELA SANTA CASA DE MISERICÓRDIA DE LEME.</t>
   </si>
   <si>
     <t>3159</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3159/proc_24-16_-_pr_04-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3159/proc_24-16_-_pr_04-16.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 62 DA RESOLUÇÃO Nº 332, DE 23 DE FEVEREIRO DE 2016.</t>
   </si>
   <si>
     <t>3160</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3160/proc_29-16_-_pr_05-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3160/proc_29-16_-_pr_05-16.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL Nº 12.527, DE 18 DE NOVEMBRO DE 2011, NO ÂMBITO DA CÂMARA MUNICIPAL LEME/SP E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>3161</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3161/proc_44-16_-_pr_06-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3161/proc_44-16_-_pr_06-16.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 185 DA RESOLUÇÃO 144, DE 10 DE ABRIL DE 1995 - RICML.</t>
   </si>
   <si>
     <t>3162</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3162/proc_57-16_-_pr_07-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3162/proc_57-16_-_pr_07-16.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO APÓS SEU TÉRMINO, DO PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DE ASSUNTOS RELEVANTES PARA PROCEDER ESTUDOS, APRESENTAR SUGESTÕES PERTINENTES AOS PROBLEMAS ENFRENTADOS COM O SISTEMA DE ESTACIONAMENTO ROTATIVO PAGO DE VEÍCULOS NAS VIAS PÚBLICAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3163</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3163/proc_109-16_-_pr_08-16.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3163/proc_109-16_-_pr_08-16.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE ASSUNTOS RELEVANTES PARA TRATAR DOS ASSUNTOS PERTINENTES A SANTA CASA DE LEME E SEUS SERVIDORES.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1263,67 +1263,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3171/proc_20-16_-_pelom_01-16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3172/proc_45-16_-_pelom_02-16.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3638/proc_53-16_-_pl_29-16.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3639/proc_54-16_-_pl_30-16.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3640/proc_56-16_-_pl_31-16.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3641/proc_59-16_-_pl_32-16.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3642/proc_60-16_-_pl_33-16.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3643/proc_62-16_-_pl_34-16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3644/proc_68-16_-_pl_35-16.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3645/proc_71-16_-_pl_36-16.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3646/proc_72-16_-_pl_37-16.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3647/proc_73-16_-_pl_38-16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3648/proc_74-16_-_pl_39-16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3649/proc_75-16_-_pl_40-16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3650/proc_76-16_-_pl_41-16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3651/proc_78-16_-_pl_42-16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3652/proc_79-16_-_pl_43-16.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3653/proc_80-16_-_pl_44-16.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3654/proc_82-16_-_pl_45-16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3655/proc_84-16_-_pl_46-16.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3656/proc_85-16_-_pl_47-16.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3657/proc_87-16_-_pl_48-16.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3658/proc_88-16_-_pl_49-16.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3659/proc_89-16_-_pl_50-16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3660/proc_92-16_-_pl_51-16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3661/proc_94-16_-_pl_52-16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3662/proc_95-16_-_pl_53-16.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3663/proc_97-16_-_pl_54-16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3664/proc_98-16_-_pl_55-16.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3665/proc_100-16_-_pl_56-16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3666/proc_102-16_-_pl_57-16.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3667/proc_103-16_-_pl_58-16.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3668/proc_104-16_-_pl_59-16.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3669/proc_105-16_-_pl_60-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3670/proc_106-16_-_pl_61-16.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3671/proc_110-16_-_pl_62-16.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3672/proc_111-16_-_pl_63-16.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3673/proc_112-16_-_pl_64-16.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3674/proc_113-16_-_pl_65-16.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3675/proc_114-16_-_pl_66-16.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3676/proc_115-16_-_pl_67-16.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3677/proc_116-16_-_pl_68-16.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3678/proc_117-16_-_pl_69-16.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3679/proc_118-16_-_pl_70-16.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3680/proc_119-16_-_pl_71-16.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3681/proc_120-16_-_pl_72-16.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3682/proc_122-16_-_pl_73-16.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3683/proc_124-16_-_pl_74-16.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3684/proc_125-16_-_pl_75-16.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3685/proc_126-16_-_pl_76-16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3686/proc_127-16_-_pl_77-16.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3687/proc_128-16_-_pl_78-16.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3688/proc_129-16_-_pl_79-16.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3689/proc_130-16_-_pl_80-16.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3690/proc_131-16_-_pl_81-16.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3691/proc_133-16_-_pl_82-16.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3692/proc_134-16_-_pl_83-16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3693/proc_135-16_-_pl_84-16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3694/proc_136-16_-_pl_85-16.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3695/proc_138-16_-_pl_86-16.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3164/proc_41-16_-_pd_01-16.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3165/proc_55-16_-_pd_02-16.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3166/proc_69-16_-_pd_03-16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3167/proc_77-16_-_pd_04-16.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3168/proc_91-16_-_pd_05-16.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3169/proc_99-16_-_pd_06-16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3170/proc_132-16_-_pd_07-16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/proc_07-16_-_pr_01-16.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3157/proc_14-16_-_pr_02-16.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3158/proc_17-16_-_pr_03-16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3159/proc_24-16_-_pr_04-16.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3160/proc_29-16_-_pr_05-16.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3161/proc_44-16_-_pr_06-16.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3162/proc_57-16_-_pr_07-16.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3163/proc_109-16_-_pr_08-16.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3171/proc_20-16_-_pelom_01-16.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3172/proc_45-16_-_pelom_02-16.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3638/proc_53-16_-_pl_29-16.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3639/proc_54-16_-_pl_30-16.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3640/proc_56-16_-_pl_31-16.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3641/proc_59-16_-_pl_32-16.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3642/proc_60-16_-_pl_33-16.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3643/proc_62-16_-_pl_34-16.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3644/proc_68-16_-_pl_35-16.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3645/proc_71-16_-_pl_36-16.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3646/proc_72-16_-_pl_37-16.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3647/proc_73-16_-_pl_38-16.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3648/proc_74-16_-_pl_39-16.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3649/proc_75-16_-_pl_40-16.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3650/proc_76-16_-_pl_41-16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3651/proc_78-16_-_pl_42-16.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3652/proc_79-16_-_pl_43-16.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3653/proc_80-16_-_pl_44-16.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3654/proc_82-16_-_pl_45-16.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3655/proc_84-16_-_pl_46-16.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3656/proc_85-16_-_pl_47-16.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3657/proc_87-16_-_pl_48-16.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3658/proc_88-16_-_pl_49-16.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3659/proc_89-16_-_pl_50-16.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3660/proc_92-16_-_pl_51-16.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3661/proc_94-16_-_pl_52-16.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3662/proc_95-16_-_pl_53-16.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3663/proc_97-16_-_pl_54-16.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3664/proc_98-16_-_pl_55-16.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3665/proc_100-16_-_pl_56-16.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3666/proc_102-16_-_pl_57-16.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3667/proc_103-16_-_pl_58-16.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3668/proc_104-16_-_pl_59-16.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3669/proc_105-16_-_pl_60-16.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3670/proc_106-16_-_pl_61-16.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3671/proc_110-16_-_pl_62-16.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3672/proc_111-16_-_pl_63-16.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3673/proc_112-16_-_pl_64-16.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3674/proc_113-16_-_pl_65-16.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3675/proc_114-16_-_pl_66-16.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3676/proc_115-16_-_pl_67-16.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3677/proc_116-16_-_pl_68-16.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3678/proc_117-16_-_pl_69-16.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3679/proc_118-16_-_pl_70-16.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3680/proc_119-16_-_pl_71-16.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3681/proc_120-16_-_pl_72-16.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3682/proc_122-16_-_pl_73-16.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3683/proc_124-16_-_pl_74-16.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3684/proc_125-16_-_pl_75-16.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3685/proc_126-16_-_pl_76-16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3686/proc_127-16_-_pl_77-16.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3687/proc_128-16_-_pl_78-16.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3688/proc_129-16_-_pl_79-16.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3689/proc_130-16_-_pl_80-16.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3690/proc_131-16_-_pl_81-16.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3691/proc_133-16_-_pl_82-16.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3692/proc_134-16_-_pl_83-16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3693/proc_135-16_-_pl_84-16.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3694/proc_136-16_-_pl_85-16.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3695/proc_138-16_-_pl_86-16.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3164/proc_41-16_-_pd_01-16.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3165/proc_55-16_-_pd_02-16.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3166/proc_69-16_-_pd_03-16.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3167/proc_77-16_-_pd_04-16.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3168/proc_91-16_-_pd_05-16.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3169/proc_99-16_-_pd_06-16.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3170/proc_132-16_-_pd_07-16.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3149/proc_07-16_-_pr_01-16.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3157/proc_14-16_-_pr_02-16.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3158/proc_17-16_-_pr_03-16.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3159/proc_24-16_-_pr_04-16.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3160/proc_29-16_-_pr_05-16.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3161/proc_44-16_-_pr_06-16.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3162/proc_57-16_-_pr_07-16.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2016/3163/proc_109-16_-_pr_08-16.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="8.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="96.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="95.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>