--- v0 (2025-12-16)
+++ v1 (2026-03-26)
@@ -51,1767 +51,1767 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3120</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3120/proc_78-17_-_pelom_01-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3120/proc_78-17_-_pelom_01-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO INCISO I, ARTIGO 20, DA LEI ORGÂNICA DO MUNICÍPIO DE LEME”.</t>
   </si>
   <si>
     <t>3121</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3121/proc_82-17_-_pelom_02-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3121/proc_82-17_-_pelom_02-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA O § 3º DO ARTIGO 44 E O ARTIGO 48 DA LEI ORGÂNICA DO MUNICÍPIO DE LEME”.</t>
   </si>
   <si>
     <t>3122</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3122/proc_172-17_-_pelom_03-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3122/proc_172-17_-_pelom_03-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA O PARÁGRAFO 3º DO ARTIGO 96 DA LEI ORGÂNICA DO MUNICÍPIO DE LEME”.</t>
   </si>
   <si>
     <t>2764</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2764/proc_01-17_-_pl_01-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2764/proc_01-17_-_pl_01-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI MUNICIPAL N.° 3.314 DE 11 DE OUTUBRO DE 2013, QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO 2014/2017, LEI 3.494 DE 30 DE JUNHO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO PARA O EXERCÍCIO DE 2017, ATUALIZANDO OS VALORES PARA MANTER A COMPATIBILIDADE ENTRE AS PEÇAS DE PLANEJAMENTO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2765</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2765/proc_02-17_-_pl_02-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2765/proc_02-17_-_pl_02-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA TEMPORÁRIO DE PAGAMENTO INCENTIVADO DE DÉBITOS PARA COM A FAZENDA PÚBLICA DO MUNICÍPIO DE LEME, BEM COMO A DAÇÃO EM PAGAMENTO E A COMPENSAÇÃO DE DÍVIDAS E DEMAIS CASOS CORRELATOS.</t>
   </si>
   <si>
     <t>2766</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2766/proc_04-17_-_pl_03-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2766/proc_04-17_-_pl_03-17.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2767</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2767/proc_08-17_-_pl_04-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2767/proc_08-17_-_pl_04-17.pdf</t>
   </si>
   <si>
     <t>2768</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2768/proc_11-17_-_pl_05-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2768/proc_11-17_-_pl_05-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LUIZ ANTÔNIO GUADAGNINI”</t>
   </si>
   <si>
     <t>2769</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2769/proc_12-17_-_pl_06-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2769/proc_12-17_-_pl_06-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "MARIA MORO PÉCORA”</t>
   </si>
   <si>
     <t>2770</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2770/proc_13-17_-_pl_07-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2770/proc_13-17_-_pl_07-17.pdf</t>
   </si>
   <si>
     <t>DISCIPLINA A DISPENSA E A REDUÇÃO DE JUROS E MULTAS SOBRE OS CRÉDITOS DA SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME.</t>
   </si>
   <si>
     <t>2771</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2771/proc_14-17_-_pl_08-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2771/proc_14-17_-_pl_08-17.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI ORDINÁRIA N° 2706 DE 29 DE OUTUBRO DE 2003</t>
   </si>
   <si>
     <t>2772</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2772/proc_15-17_-_pl_09-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2772/proc_15-17_-_pl_09-17.pdf</t>
   </si>
   <si>
     <t>2773</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2773/proc_16-17_-_pl_10-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2773/proc_16-17_-_pl_10-17.pdf</t>
   </si>
   <si>
     <t>2774</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2774/proc_17-17_-_pl_11-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2774/proc_17-17_-_pl_11-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA DEMONSTRATIVO ANEXO DA LEI MUNICIPAL N.° 3.494 DE 30 DE JUNHO DE 2016, QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO DO ORÇAMENTO PARA O EXERCÍCIO DE 2017 E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2775</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2775/proc_19-17_-_pl_12-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2775/proc_19-17_-_pl_12-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “SEBASTIÃO MACIEL”</t>
   </si>
   <si>
     <t>2782</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2782/proc_20-17_-_pl_13-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2782/proc_20-17_-_pl_13-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “ODECIO LUIZ”</t>
   </si>
   <si>
     <t>2783</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2783/proc_21-17_-_pl_14-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2783/proc_21-17_-_pl_14-17.pdf</t>
   </si>
   <si>
     <t>2784</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2784/proc_22-17_-_pl_15-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2784/proc_22-17_-_pl_15-17.pdf</t>
   </si>
   <si>
     <t>2785</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Rodrigo Ramalho</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2785/proc_24-17_-_pl_16-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2785/proc_24-17_-_pl_16-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “ANTONIO JACONDO PICCOLI”.</t>
   </si>
   <si>
     <t>2786</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Adenir Pinto</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2786/proc_25-17_-_pl_17-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2786/proc_25-17_-_pl_17-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “JOSÉ CONVERSO”</t>
   </si>
   <si>
     <t>2787</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2787/proc_26-17_-_pl_18-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2787/proc_26-17_-_pl_18-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “JOSÉ BENEDITO BRÜNER”.</t>
   </si>
   <si>
     <t>2788</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2788/proc_27-17_-_pl_19-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2788/proc_27-17_-_pl_19-17.pdf</t>
   </si>
   <si>
     <t>2789</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2789/proc_29-17_-_pl_20-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2789/proc_29-17_-_pl_20-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “PERCIO LOURENÇO”.</t>
   </si>
   <si>
     <t>2790</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Carlos Leite</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2790/proc_30-17_-_pl_21-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2790/proc_30-17_-_pl_21-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA DIONYZIO IZEPON”.</t>
   </si>
   <si>
     <t>2791</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2791/proc_31-17_-_pl_22-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2791/proc_31-17_-_pl_22-17.pdf</t>
   </si>
   <si>
     <t>2792</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/</t>
+    <t>http://sapl.leme.sp.leg.br/media/</t>
   </si>
   <si>
     <t>2793</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>Alexandre Leme</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2793/proc_34-17_-_pl_25-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2793/proc_34-17_-_pl_25-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA WALTER APARECIDO DOS SANTOS”.</t>
   </si>
   <si>
     <t>2794</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Marimarcos Muniz Felix</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2794/proc_36-17_-_pl_26-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2794/proc_36-17_-_pl_26-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA SANTO APARECIDO LEME”.</t>
   </si>
   <si>
     <t>2795</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2795/proc_37-17_-_pl_27-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2795/proc_37-17_-_pl_27-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “GABRIELA CRISTINA BALDIN”.</t>
   </si>
   <si>
     <t>2796</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2796/proc_38-17_-_pl_28-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2796/proc_38-17_-_pl_28-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “LUIZ NADIR BAPTISTELLA”.</t>
   </si>
   <si>
     <t>2797</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2797/proc_39-17_-_pl_29-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2797/proc_39-17_-_pl_29-17.pdf</t>
   </si>
   <si>
     <t>2798</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2798/proc_40-17_-_pl_30-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2798/proc_40-17_-_pl_30-17.pdf</t>
   </si>
   <si>
     <t>2799</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>Ricardo de Assis</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2799/proc_41-17_-_pl_31-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2799/proc_41-17_-_pl_31-17.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE VIA PÚBLICA RUA “ANTÔNIO PESCADOR”.</t>
   </si>
   <si>
     <t>2800</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2800/proc_42-17_-_pl_32-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2800/proc_42-17_-_pl_32-17.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO DE VIA PÚBLICA RUA “ALESSANDRO DOS SANTOS MACEDO”</t>
   </si>
   <si>
     <t>2801</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2801/proc_43-17_-_pl_33-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2801/proc_43-17_-_pl_33-17.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A VIA PÚBLICA “RUA ANTÔNIO GIOVANNI PASSARINI".</t>
   </si>
   <si>
     <t>2802</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>Francisco Ferreira da Silva</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2802/proc_44-17_-_pl_34-17.pdf</t>
+    <t>Chico da Rosa</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2802/proc_44-17_-_pl_34-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA MARIA DE FÁTIMA DUARTE".</t>
   </si>
   <si>
     <t>2803</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2803/proc_45-17_-_pl_35-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2803/proc_45-17_-_pl_35-17.pdf</t>
   </si>
   <si>
     <t>“INSTITUI NO CALENDÁRIO MUNICIPAL O DIA 15 DE JUNHO COMO DATA COMEMORATIVA DA CONSCIENTIZAÇÃO E COMBATE À VIOLÊNCIA CONTRA A PESSOA IDOSA E, ALTERA A DATA COMEMORATIVA DO DIA DO IDOSO"</t>
   </si>
   <si>
     <t>2804</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Nivaldo Aparecido Begnamia</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2804/proc_47-17_-_pl_36-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2804/proc_47-17_-_pl_36-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “ANTONIA BAIONI VIEGAS”.</t>
   </si>
   <si>
     <t>2806</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2806/proc_48-17_-_pl_37-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2806/proc_48-17_-_pl_37-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “JOSÉ AUGUSTO DA SILVA”.</t>
   </si>
   <si>
     <t>2807</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2807/proc_49-17_-_pl_38-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2807/proc_49-17_-_pl_38-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA ANTONIO BRANDT”.</t>
   </si>
   <si>
     <t>2808</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2808/proc_50-17_-_pl_39-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2808/proc_50-17_-_pl_39-17.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DE MOTOCICLISTAS MOTOCLUBE KAIOWAS”</t>
   </si>
   <si>
     <t>2809</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2809/proc_51-17_-_pl_40-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2809/proc_51-17_-_pl_40-17.pdf</t>
   </si>
   <si>
     <t>‘‘AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A ANHANGUERA EDUCACIONAL, MANTENEDORA DO CENTRO UNIVERSITÁRIO ANHANGUERA DE PIRASSUNUNGA, OBJETIVANDO A REALIZAÇÃO DE ESTÁGIOS”</t>
   </si>
   <si>
     <t>2810</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2810/proc_52-17_-_pl_41-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2810/proc_52-17_-_pl_41-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "MAURO MONTEIRO DE MORAES’’</t>
   </si>
   <si>
     <t>2811</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2811/proc_53-17_-_pl_42-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2811/proc_53-17_-_pl_42-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ABILIO ZANI”</t>
   </si>
   <si>
     <t>2813</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2813/proc_54-17_-_pl_43-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2813/proc_54-17_-_pl_43-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "MARIA AUGUSTA SARDINHA PULZ”</t>
   </si>
   <si>
     <t>2814</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2814/proc_55-17_-_pl_44-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2814/proc_55-17_-_pl_44-17.pdf</t>
   </si>
   <si>
     <t>Dá denominação a via pública - Rua "THEREZINHA APARECIDA DA SILVA MARDEGAN”</t>
   </si>
   <si>
     <t>2815</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2815/proc_57-17_-_pl_45-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2815/proc_57-17_-_pl_45-17.pdf</t>
   </si>
   <si>
     <t>2816</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2816/proc_58-17_-_pl_46-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2816/proc_58-17_-_pl_46-17.pdf</t>
   </si>
   <si>
     <t>2817</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2817/proc_60-17_-_pl_47-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2817/proc_60-17_-_pl_47-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA “ANTÔNIO APARECIDO GALLO”</t>
   </si>
   <si>
     <t>2818</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Elias Eliel Ferrara</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2818/proc_62-17_-_pl_48-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2818/proc_62-17_-_pl_48-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “AVENIDA JOSÉ DOS SANTOS FERRARA”</t>
   </si>
   <si>
     <t>2819</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2819/proc_63-17_-_pl_49-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2819/proc_63-17_-_pl_49-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ARLINDO DE LIMA”</t>
   </si>
   <si>
     <t>2820</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2820/proc_64-17_-_pl_50-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2820/proc_64-17_-_pl_50-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LUÍS CLÁUDIO BONFOGO JUNIOR”</t>
   </si>
   <si>
     <t>2830</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Ricardo de Moraes Canata</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2830/proc_65-17_-_pl_51-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2830/proc_65-17_-_pl_51-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “AVENIDA JOSÉ JUAN SETTE"</t>
   </si>
   <si>
     <t>2831</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2831/proc_66-17_-_pl_52-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2831/proc_66-17_-_pl_52-17.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 2º, 4º E 13 DA LEI ORDINÁRIA N° 3.543 DE 18 DE JANEIRO DE 2017, QUE INSTITUI O PROGRAMA TEMPORÁRIO DE PAGAMENTO INCENTIVADO DE DÉBITOS II PARA COM A FAZENDA PÚBLICA DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>2832</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2832/proc_67-17_-_pl_53-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2832/proc_67-17_-_pl_53-17.pdf</t>
   </si>
   <si>
     <t>2833</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2833/proc_68-17_-_pl_54-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2833/proc_68-17_-_pl_54-17.pdf</t>
   </si>
   <si>
     <t>2834</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2834/proc_72-17_-_pl_55-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2834/proc_72-17_-_pl_55-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “AVENIDA ÁLVARO KINOCK”</t>
   </si>
   <si>
     <t>2835</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2835/proc_73-17_-_pl_56-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2835/proc_73-17_-_pl_56-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ALEXANDRE LUVIZOTTI”</t>
   </si>
   <si>
     <t>2836</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2836/proc_75-17_-_pl_57-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2836/proc_75-17_-_pl_57-17.pdf</t>
   </si>
   <si>
     <t>INSTITUÍ O "PROJETO DE PREVENÇÃO DA VIOLÊNCIA DOMÉSTICA COM A ESTRATÉGIA DE SAÚDE DA FAMÍLIA", E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2837</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2837/proc_76-17_-_pl_58-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2837/proc_76-17_-_pl_58-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “AVENIDA ALVARO KINOCK”</t>
   </si>
   <si>
     <t>2838</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2838/proc_77-17_-_pl_59-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2838/proc_77-17_-_pl_59-17.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO PARA O EXERCÍCIO DE 2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2839</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Amarílis de Oliveira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2839/proc_79-17_-_pl_60-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2839/proc_79-17_-_pl_60-17.pdf</t>
   </si>
   <si>
     <t>"LEI INSTITUI A SEMANA MUNICIPAL DE INCENTIVO AO ALEITAMENTO MATERNO"</t>
   </si>
   <si>
     <t>2840</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2840/proc_80-17_-_pl_61-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2840/proc_80-17_-_pl_61-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “JAIME POLETTI”</t>
   </si>
   <si>
     <t>2849</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2849/proc_81-17_-_pl_62-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2849/proc_81-17_-_pl_62-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "MARIA QUINELLI"</t>
   </si>
   <si>
     <t>2853</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2853/proc_83-17_-_pl_63-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2853/proc_83-17_-_pl_63-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "JOSÉ ARLE”</t>
   </si>
   <si>
     <t>2854</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2854/proc_84-17_-_pl_64-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2854/proc_84-17_-_pl_64-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ALBINA BALDIN”</t>
   </si>
   <si>
     <t>2855</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2855/proc_85-17_-_pl_65-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2855/proc_85-17_-_pl_65-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA ÁLVARO KINOCK”</t>
   </si>
   <si>
     <t>2856</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2856/proc_86-17_-_pl_66-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2856/proc_86-17_-_pl_66-17.pdf</t>
   </si>
   <si>
     <t>2857</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>Ademir Albano Lopes</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2857/proc_87-17_-_pl_67-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2857/proc_87-17_-_pl_67-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA ANTONIO ADAMI”</t>
   </si>
   <si>
     <t>2858</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2858/proc_88-17_-_pl_68-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2858/proc_88-17_-_pl_68-17.pdf</t>
   </si>
   <si>
     <t>2859</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2859/proc_89-17_-_pl_69-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2859/proc_89-17_-_pl_69-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "ROMMEL MICHAEL”</t>
   </si>
   <si>
     <t>2860</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2860/proc_90-17_-_pl_70-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2860/proc_90-17_-_pl_70-17.pdf</t>
   </si>
   <si>
     <t>2861</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2861/proc_91-17_-_pl_71-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2861/proc_91-17_-_pl_71-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LUIZ DE CARVALHO”</t>
   </si>
   <si>
     <t>2862</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Ellan Ricardo da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2862/proc_93-17_-_pl_72-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2862/proc_93-17_-_pl_72-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O DIREITO DE TODA PESSOA TER UM ACOMPANHANTE NAS CONSULTAS MÉDICAS EM TODA A REDE PÚBLICA E HOSPITAIS DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>2863</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2863/proc_94-17_-_pl_73-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2863/proc_94-17_-_pl_73-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "LOURDES HEIFFIG DELLAI’’</t>
   </si>
   <si>
     <t>2864</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2864/proc_95-17_-_pl_74-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2864/proc_95-17_-_pl_74-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "FRANCISCO HAITHER"</t>
   </si>
   <si>
     <t>2865</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2865/proc_96-17_-_pl_75-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2865/proc_96-17_-_pl_75-17.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAÇÃO DE RUAS E AVENIDAS EXISTENTES NO LOTEAMENTO E/OU DESMEMBRAMENTO, COM OS PATRONÍMICOS DO PROPRIETÁRIO OU DOS PROPRIETÁRIOS DAS RESPECTIVAS TERRAS"</t>
   </si>
   <si>
     <t>2866</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2866/proc_97-17_-_pl_76-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2866/proc_97-17_-_pl_76-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE VIA PÚBLICA RUA “ANTONIO FIALHO DE BRITO”</t>
   </si>
   <si>
     <t>2867</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2867/proc_98-17_-_pl_77-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2867/proc_98-17_-_pl_77-17.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DE BICICLETAS DE PROPULSÃO HUMANA OU ELÉTRICA NO MUNICÍPIO DE LEME/SP.</t>
   </si>
   <si>
     <t>2872</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2872/proc_99-17_-_pl_78-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2872/proc_99-17_-_pl_78-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "GERALDINA CARVALHO FRANCO"</t>
   </si>
   <si>
     <t>2873</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2873/proc_79-17_-_pl_60-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2873/proc_79-17_-_pl_60-17.pdf</t>
   </si>
   <si>
     <t>3020</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3020/proc_102-17_-_pl_80-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3020/proc_102-17_-_pl_80-17.pdf</t>
   </si>
   <si>
     <t>3021</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3021/proc_103-17_-_pl_81-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3021/proc_103-17_-_pl_81-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA FRANCISCO BEZERRA DA SILVA"</t>
   </si>
   <si>
     <t>3022</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3022/proc_104-17_-_pl_82-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3022/proc_104-17_-_pl_82-17.pdf</t>
   </si>
   <si>
     <t>3028</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3028/proc_105-17_-_pl_83-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3028/proc_105-17_-_pl_83-17.pdf</t>
   </si>
   <si>
     <t>3029</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3029/proc_108-17_-_pl_84-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3029/proc_108-17_-_pl_84-17.pdf</t>
   </si>
   <si>
     <t>CRIA O BANCO DO LIVRO NO MUNICÍPIO DE LEME E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3030</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3030/proc_111-17_-_pl_85-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3030/proc_111-17_-_pl_85-17.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O CENTRO UNIVERSITÁRIO DE ARARAS “DR. EDMUNDO ULSON” - UNAR, OBJETIVANDO A REALIZAÇÃO DE ESTÁGIOS</t>
   </si>
   <si>
     <t>3031</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3031/proc_112-17_-_pl_86-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3031/proc_112-17_-_pl_86-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE SISTEMA DE LAZER L NO JARDIM CAMBUHY - PRAÇA “PADRE ADEMIR CHERUBIM”</t>
   </si>
   <si>
     <t>3032</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3032/proc_113-17_-_pl_87-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3032/proc_113-17_-_pl_87-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "PAULO RAMAZZINI”</t>
   </si>
   <si>
     <t>3033</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3033/proc_115-17_-_pl_88-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3033/proc_115-17_-_pl_88-17.pdf</t>
   </si>
   <si>
     <t>3034</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3034/proc_116-17_-_pl_89-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3034/proc_116-17_-_pl_89-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DENOMINAÇÃO DE VIAS PÚBLICAS</t>
   </si>
   <si>
     <t>3035</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3035/proc_117-17_-_pl_90-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3035/proc_117-17_-_pl_90-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA “RUA CARLOS HENRIQUE HABERMANN'</t>
   </si>
   <si>
     <t>3065</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3065/proc_121-17_-_pl_91-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3065/proc_121-17_-_pl_91-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS PENALIDADES PARA OS ESTABELECIMENTOS QUE DISPONIBILIZAREM BEBIDAS ALCÓOLICAS PARA CRIANÇAS E ADOLESCENTES.</t>
   </si>
   <si>
     <t>3066</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3066/proc_126-17_-_pl_92-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3066/proc_126-17_-_pl_92-17.pdf</t>
   </si>
   <si>
     <t>“DÁ NOVA REDAÇÃO AOS ARTIGOS 1º E 6º, E REVOGA O ARTIGO 4° DA LEI ORDINÁRIA N.° 3.493, DE 30 DE JUNHO DE 2016”</t>
   </si>
   <si>
     <t>3067</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3067/proc_128-17_-_pl_93-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3067/proc_128-17_-_pl_93-17.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM O CENTRO UNIVERSITÁRIO HERMÍNIO OMETTO - UNIARARAS, OBJETIVANDO A REALIZAÇÃO DE ESTÁGIOS”</t>
   </si>
   <si>
     <t>3068</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3068/proc_130-17_-_pl_94-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3068/proc_130-17_-_pl_94-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL PARA O QUADRIÊNIO DE 2018/2021 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3069</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3069/proc_131-17_-_pl_95-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3069/proc_131-17_-_pl_95-17.pdf</t>
   </si>
   <si>
     <t>3070</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3070/proc_132-17_-_pl_96-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3070/proc_132-17_-_pl_96-17.pdf</t>
   </si>
   <si>
     <t>3071</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3071/proc_133-17_-_pl_97-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3071/proc_133-17_-_pl_97-17.pdf</t>
   </si>
   <si>
     <t>3072</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3072/proc_134-17_-_pl_98-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3072/proc_134-17_-_pl_98-17.pdf</t>
   </si>
   <si>
     <t>3073</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3073/proc_136-17_-_pl_99-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3073/proc_136-17_-_pl_99-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE SUPERMERCADOS E HIPERMERCADOS, INSTALADOS NO MUNICÍPIO DE LEME, COM CONSTRUÇÃO ACIMA DE 700 M2 (SETECENTOS METROS QUADRADOS), POSSUÍREM 1% (UM POR CENTO) DO TOTAL DE CARRINHOS DE COMPRAS ADAPTADOS PARA CRIANÇAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>3074</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>3075</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3075/proc_138-17_-_pl_101-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3075/proc_138-17_-_pl_101-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DA LUTA DA POPULAÇÃO EM SITUAÇÃO DE RUA” NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3076</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3076/proc_140-17_-_pl_102-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3076/proc_140-17_-_pl_102-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DO PROFESSOR DE EDUCAÇÃO FÍSICA” NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3077</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3077/proc_141-17_-_pl_103-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3077/proc_141-17_-_pl_103-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ARTIGO 3º, DA LEI N° 2.233, DE 29 DE OUTUBRO DE 1996”</t>
   </si>
   <si>
     <t>3082</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3082/proc_143-17_-_pl_104-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3082/proc_143-17_-_pl_104-17.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE COLABORAÇÃO COM ENTIDADE DO TERCEIRO SETOR, OBJETIVANDO A CONJUGAÇÃO DE ESFORÇOS PARA A COLETA SELETIVA DE MATERIAIS RECICLÁVEIS E DESTINAÇÃO AMBIENTAL ADEQUADA NA CIDADE DE LEME.</t>
   </si>
   <si>
     <t>3083</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3083/proc_145-17_-_pl_105-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3083/proc_145-17_-_pl_105-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DE COMBATE AO CÂNCER” NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3084</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3084/proc_147-17_-_pl_106-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3084/proc_147-17_-_pl_106-17.pdf</t>
   </si>
   <si>
     <t>3085</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3085/proc_148-17_-_pl_107-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3085/proc_148-17_-_pl_107-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DO PROFISSIONAL DE EDUCAÇÃO FÍSICA" NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3086</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3086/proc_149-17_-_pl_108-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3086/proc_149-17_-_pl_108-17.pdf</t>
   </si>
   <si>
     <t>3087</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3087/proc_151-17_-_pl_109-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3087/proc_151-17_-_pl_109-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O “DIA DA CONSCIENTIZAÇÃO E LUTA PELA INCLUSÃO DAS PESSOAS COM DEFICIÊNCIA AUDITIVA /SURDOS” NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3088</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3088/proc_153-17_-_pl_110-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3088/proc_153-17_-_pl_110-17.pdf</t>
   </si>
   <si>
     <t>3089</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3089/proc_154-17_-_pl_111-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3089/proc_154-17_-_pl_111-17.pdf</t>
   </si>
   <si>
     <t>“DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO DESPORTIVA, RECREATIVA, EDUCACIONAL E CULTURAL VILLA MENEZES”</t>
   </si>
   <si>
     <t>3090</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3090/proc_155-17_-_pl_112-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3090/proc_155-17_-_pl_112-17.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A DECLARAÇÃO DE UTILIDADE PÚBLICA NO MUNICÍPIO DE LEME, DÁ PROVIDÊNCIAS CORRELATAS</t>
   </si>
   <si>
     <t>3091</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3091/proc_156-17_-_pl_113-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3091/proc_156-17_-_pl_113-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DO PERDÃO.</t>
   </si>
   <si>
     <t>3092</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3092/proc_157-17_-_pl_114-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3092/proc_157-17_-_pl_114-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA DO EMPREENDEDORISMO FEMININO.</t>
   </si>
   <si>
     <t>3093</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3093/proc_158-17_-_pl_115-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3093/proc_158-17_-_pl_115-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI A “SEMANA MUNICIPAL DE CONSCIENTIZAÇÃO SOBRE DOAÇÃO DE SANGUE” E ESTABELECE PROCEDIMENTOS QUE VISAM DIVULGAR, CONSCIENTIZAR E INCENTIVAR A DOAÇÃO DE SANGUE, NO MUNICÍPIO DE LEME/SP.</t>
   </si>
   <si>
     <t>3094</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3094/proc_159-17_-_pl_116-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3094/proc_159-17_-_pl_116-17.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2018”</t>
   </si>
   <si>
     <t>3095</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3095/proc_162-17_-_pl_117-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3095/proc_162-17_-_pl_117-17.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAÇÃO DE VIAS PÚBLICAS”</t>
   </si>
   <si>
     <t>3096</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3096/proc_163-17_-_pl_118-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3096/proc_163-17_-_pl_118-17.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE NOVA REDAÇÃO DO ARTIGO 1º, DA LEI ORDINÁRIA N° 3.282, DE 06 DE MARÇO DE 2013”</t>
   </si>
   <si>
     <t>3097</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3097/proc_165-17_-_pl_119-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3097/proc_165-17_-_pl_119-17.pdf</t>
   </si>
   <si>
     <t>ACRESCE E ALTERA DISPOSITIVOS DA LEI 2.701, 28 DE AGOSTO DE 2003 E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>3098</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3098/proc_166-17_-_pl_120-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3098/proc_166-17_-_pl_120-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A COBRANÇA DE DESPESAS MÉDICAS E HOSPITALARES DAS CONCESSIONÁRIAS DE ESTRADAS E RODOVIAS EM RAZÃO DE ATENDIMENTO ÀS PESSOAS REMOVIDAS NAS SITUAÇÕES QUE ESPECIFICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>3099</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3099/proc_167-17_-_pl_121-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3099/proc_167-17_-_pl_121-17.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE LEME A CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>3100</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3100/proc_168-17_-_pl_122-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3100/proc_168-17_-_pl_122-17.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE AUTORIZAÇÃO AO PODER EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A FUNDAÇÃO UNIVERSIDADE VIRTUAL DO ESTADO DE SÃO PAULO - UNIVESP, OBJETIVANDO O DESENVOLVIMENTO, À EXPANSÃO E À UNIVERSALIZAÇÃO DO ACESSO AO ENSINO SUPERIOR PÚBLICO DO ESTADO DE SÃO PAULO, CONFORME ESPECIFICA.”</t>
   </si>
   <si>
     <t>3101</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3101/proc_171-17_-_pl_123-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3101/proc_171-17_-_pl_123-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI O NOVEMBRO DOURADO</t>
   </si>
   <si>
     <t>3102</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3102/proc_169-17_-_pl_124-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3102/proc_169-17_-_pl_124-17.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO DE COOPERAÇÃO COM A AGÊNCIA REGULADORA DOS SERVIÇOS DE SANEAMENTO DAS BACIAS DOS RIOS PIRACICABA, CAPIVARI E JUNDIAÍ - ARES-PCJ, PARA DELEGAÇÃO DAS COMPETÊNCIAS MUNICIPAIS DE REGULAÇÃO E FISCALIZAÇÃO DOS SERVIÇOS DE SANEAMENTO BÁSICO, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>3103</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3103/proc_174-17_-_pl_125-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3103/proc_174-17_-_pl_125-17.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O ‘PROGRAMA DE PARCELAMENTO DE DÉBITOS’ JUNTO À SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME”</t>
   </si>
   <si>
     <t>3104</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3104/proc_175-17_-_pl_126-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3104/proc_175-17_-_pl_126-17.pdf</t>
   </si>
   <si>
     <t>3105</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3105/proc_176-17_-_pl_127-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3105/proc_176-17_-_pl_127-17.pdf</t>
   </si>
   <si>
     <t>3106</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3106/proc_177-17_-_pl_128-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3106/proc_177-17_-_pl_128-17.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA - RUA "JOSÉ LUIZ DE MATTOS”</t>
   </si>
   <si>
     <t>3107</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3107/proc_178-17_-_pl_129-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3107/proc_178-17_-_pl_129-17.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ARTIGO 7O, DA LEI N° 3.495 DE 04 DE AGOSTO DE 2016”</t>
   </si>
   <si>
     <t>3108</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3108/proc_181-17_-_pl_130-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3108/proc_181-17_-_pl_130-17.pdf</t>
   </si>
   <si>
     <t>"ESTABELECE DIRETRIZES PARA "INFÂNCIA SEM PORNOGRAFIA" NO ÂMBITO DO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>3109</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3109/proc_183-17_-_pl_131-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3109/proc_183-17_-_pl_131-17.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO AO “PÁTIO” DO PRÉDIO ONDE ESTÁ INSTALADO O TIRO DE GUERRA 02-074 LEME “JOÃO ARRAIS SERÓDIO FILHO”.</t>
   </si>
   <si>
     <t>3110</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3110/proc_185-17_-_pl_132-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3110/proc_185-17_-_pl_132-17.pdf</t>
   </si>
   <si>
     <t>3111</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3111/proc_190-17_-_pl_133-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3111/proc_190-17_-_pl_133-17.pdf</t>
   </si>
   <si>
     <t>3112</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3112/proc_191-17_-_pl_134-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3112/proc_191-17_-_pl_134-17.pdf</t>
   </si>
   <si>
     <t>INSTITUI A CAMPANHA "SETEMBRO VERDE" OBJETIVANDO A INCLUSÃO SOCIAL DAS PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>3113</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3113/proc_194-17_-_pl_135-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3113/proc_194-17_-_pl_135-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O AGENDAMENTO DE CONSULTAS POR TELEFONES ÀS PESSOAS IDOSAS E/OU PORTADORAS DE DEFICIÊNCIAS NAS UNIDADES DE SAÚDE DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>3114</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3114/proc_197-17_-_pl_136-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3114/proc_197-17_-_pl_136-17.pdf</t>
   </si>
   <si>
     <t>3115</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3115/proc_198-17_-_pl_137-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3115/proc_198-17_-_pl_137-17.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL ÀS ORGANIZAÇÕES DA SOCIEDADE CIVIL DO MUNICÍPIO DE LEME.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1228/proc_23-17_-_pd_01-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1228/proc_23-17_-_pd_01-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE "MEDALHA NEWTON PRADO" SRA.MARIA JOSEFINA ZACCARIOTTO DE MORAES.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1229/proc_35-17_-_pd_02-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1229/proc_35-17_-_pd_02-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “TÍTULO DE CIDADÃO LEMENSE " AO SR. ANTÔNIO LUIZ TUCHMANTEL.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1230/proc_110-17_-_pd_03-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1230/proc_110-17_-_pd_03-17.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA A “DANIELA RODRIGUES DA CRUZ ARAÚJO”.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1231/proc_120-17_-_pd_04-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1231/proc_120-17_-_pd_04-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO DR. LUIZ FERNANDO LOPES.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OUTORGA DE MEDALHA “NEWTON PRADO” A CORINA GODOY CUNHA.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Constitui Comissão de Assuntos Relevantes.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1142/proc_28-17_-_pr_02-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1142/proc_28-17_-_pr_02-17.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE ASSUNTOS RELEVANTES.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1143/proc_46-17_-_pr_03-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1143/proc_46-17_-_pr_03-17.pdf</t>
   </si>
   <si>
     <t>CONSTITUI COMISSÃO DE ASSUNTOS RELENVANTES.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1144/proc_56-17_-_pr_04-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1144/proc_56-17_-_pr_04-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO APÓS SEU TÉRMINO, DO PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DE ASSUNTOS RELEVANTES - RESOLUÇÃO Nº 340, DE 07 DE FEVEREIRO DE 2017.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1145/proc_107-17_-_pr_05-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1145/proc_107-17_-_pr_05-17.pdf</t>
   </si>
   <si>
     <t>PRORROGA PRAZO DE COMISSÃO CONVÊNIO COM O MINISTÉRIO DO ESPORTE.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1146/proc_119-17_-_pr_06-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1146/proc_119-17_-_pr_06-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO APÓS SEU TÉRMINO, DO PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DE ASSUNTOS RELEVANTES - RESOLUÇÃO Nº 340, DE 07 DE FEVEREIRO DE 2017, PRORROGADO PELA RESOLUÇÃO Nº 343, DE 25 DE ABRIL DE 2017.</t>
   </si>
   <si>
     <t>3123</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3123/proc_170-17_-_pr_07-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3123/proc_170-17_-_pr_07-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO DO PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DE ASSUNTOS RELEVANTES PARA APURAR E ESTUDAR A DEVOLUÇÃO DE APORTE DE RECURSOS FEDERAIS DO CONVÊNIO N° 811159/2014, POR INTERMÉDIO DO MINISTÉRIO DO ESPORTE E A PREFEITURA MUNICIPAL DE LEME E POSTERIORMENTE TOMAR AS MEDIDAS CABÍVEIS SE NECESSÁRIO.</t>
   </si>
   <si>
     <t>3124</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3124/proc_173-17_-_pr_08-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3124/proc_173-17_-_pr_08-17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PRORROGAÇÃO APÓS SEU TÉRMINO, DO PRAZO PARA CONCLUSÃO DOS TRABALHOS DA COMISSÃO DE ASSUNTOS RELEVANTES - RESOLUÇÃO N° 340, DE 07 DE FEVEREIRO DE 2017, PRORROGADA PELA RESOLUÇÃO 343, DE 25 DE ABRIL DE 2017 E RESOLUÇÃO 345, DE 08 DE AGOSTO DE 2017.</t>
   </si>
   <si>
     <t>3125</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3125/proc_196-17_-_pr_09-17.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3125/proc_196-17_-_pr_09-17.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O SISTEMA DE REGISTRO DE PREÇOS PREVISTO NO ART. 15 DA LEI N° 8.666, DE 21 DE JUNHO DE 1993, NO ÂMBITO DA CÂMARA MUNICIPAL DE LEME.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2118,67 +2118,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3120/proc_78-17_-_pelom_01-17.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3121/proc_82-17_-_pelom_02-17.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3122/proc_172-17_-_pelom_03-17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2764/proc_01-17_-_pl_01-17.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2765/proc_02-17_-_pl_02-17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2766/proc_04-17_-_pl_03-17.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2767/proc_08-17_-_pl_04-17.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2768/proc_11-17_-_pl_05-17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2769/proc_12-17_-_pl_06-17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2770/proc_13-17_-_pl_07-17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2771/proc_14-17_-_pl_08-17.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2772/proc_15-17_-_pl_09-17.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2773/proc_16-17_-_pl_10-17.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2774/proc_17-17_-_pl_11-17.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2775/proc_19-17_-_pl_12-17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2782/proc_20-17_-_pl_13-17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2783/proc_21-17_-_pl_14-17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2784/proc_22-17_-_pl_15-17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2785/proc_24-17_-_pl_16-17.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2786/proc_25-17_-_pl_17-17.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2787/proc_26-17_-_pl_18-17.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2788/proc_27-17_-_pl_19-17.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2789/proc_29-17_-_pl_20-17.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2790/proc_30-17_-_pl_21-17.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2791/proc_31-17_-_pl_22-17.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2793/proc_34-17_-_pl_25-17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2794/proc_36-17_-_pl_26-17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2795/proc_37-17_-_pl_27-17.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2796/proc_38-17_-_pl_28-17.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2797/proc_39-17_-_pl_29-17.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2798/proc_40-17_-_pl_30-17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2799/proc_41-17_-_pl_31-17.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2800/proc_42-17_-_pl_32-17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2801/proc_43-17_-_pl_33-17.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2802/proc_44-17_-_pl_34-17.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2803/proc_45-17_-_pl_35-17.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2804/proc_47-17_-_pl_36-17.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2806/proc_48-17_-_pl_37-17.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2807/proc_49-17_-_pl_38-17.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2808/proc_50-17_-_pl_39-17.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2809/proc_51-17_-_pl_40-17.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2810/proc_52-17_-_pl_41-17.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2811/proc_53-17_-_pl_42-17.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2813/proc_54-17_-_pl_43-17.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2814/proc_55-17_-_pl_44-17.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2815/proc_57-17_-_pl_45-17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2816/proc_58-17_-_pl_46-17.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2817/proc_60-17_-_pl_47-17.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2818/proc_62-17_-_pl_48-17.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2819/proc_63-17_-_pl_49-17.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2820/proc_64-17_-_pl_50-17.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2830/proc_65-17_-_pl_51-17.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2831/proc_66-17_-_pl_52-17.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2832/proc_67-17_-_pl_53-17.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2833/proc_68-17_-_pl_54-17.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2834/proc_72-17_-_pl_55-17.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2835/proc_73-17_-_pl_56-17.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2836/proc_75-17_-_pl_57-17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2837/proc_76-17_-_pl_58-17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2838/proc_77-17_-_pl_59-17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2839/proc_79-17_-_pl_60-17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2840/proc_80-17_-_pl_61-17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2849/proc_81-17_-_pl_62-17.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2853/proc_83-17_-_pl_63-17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2854/proc_84-17_-_pl_64-17.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2855/proc_85-17_-_pl_65-17.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2856/proc_86-17_-_pl_66-17.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2857/proc_87-17_-_pl_67-17.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2858/proc_88-17_-_pl_68-17.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2859/proc_89-17_-_pl_69-17.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2860/proc_90-17_-_pl_70-17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2861/proc_91-17_-_pl_71-17.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2862/proc_93-17_-_pl_72-17.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2863/proc_94-17_-_pl_73-17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2864/proc_95-17_-_pl_74-17.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2865/proc_96-17_-_pl_75-17.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2866/proc_97-17_-_pl_76-17.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2867/proc_98-17_-_pl_77-17.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2872/proc_99-17_-_pl_78-17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2873/proc_79-17_-_pl_60-17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3020/proc_102-17_-_pl_80-17.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3021/proc_103-17_-_pl_81-17.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3022/proc_104-17_-_pl_82-17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3028/proc_105-17_-_pl_83-17.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3029/proc_108-17_-_pl_84-17.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3030/proc_111-17_-_pl_85-17.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3031/proc_112-17_-_pl_86-17.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3032/proc_113-17_-_pl_87-17.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3033/proc_115-17_-_pl_88-17.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3034/proc_116-17_-_pl_89-17.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3035/proc_117-17_-_pl_90-17.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3065/proc_121-17_-_pl_91-17.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3066/proc_126-17_-_pl_92-17.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3067/proc_128-17_-_pl_93-17.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3068/proc_130-17_-_pl_94-17.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3069/proc_131-17_-_pl_95-17.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3070/proc_132-17_-_pl_96-17.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3071/proc_133-17_-_pl_97-17.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3072/proc_134-17_-_pl_98-17.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3073/proc_136-17_-_pl_99-17.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3075/proc_138-17_-_pl_101-17.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3076/proc_140-17_-_pl_102-17.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3077/proc_141-17_-_pl_103-17.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3082/proc_143-17_-_pl_104-17.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3083/proc_145-17_-_pl_105-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3084/proc_147-17_-_pl_106-17.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3085/proc_148-17_-_pl_107-17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3086/proc_149-17_-_pl_108-17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3087/proc_151-17_-_pl_109-17.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3088/proc_153-17_-_pl_110-17.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3089/proc_154-17_-_pl_111-17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3090/proc_155-17_-_pl_112-17.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3091/proc_156-17_-_pl_113-17.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3092/proc_157-17_-_pl_114-17.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3093/proc_158-17_-_pl_115-17.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3094/proc_159-17_-_pl_116-17.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3095/proc_162-17_-_pl_117-17.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3096/proc_163-17_-_pl_118-17.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3097/proc_165-17_-_pl_119-17.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3098/proc_166-17_-_pl_120-17.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3099/proc_167-17_-_pl_121-17.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3100/proc_168-17_-_pl_122-17.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3101/proc_171-17_-_pl_123-17.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3102/proc_169-17_-_pl_124-17.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3103/proc_174-17_-_pl_125-17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3104/proc_175-17_-_pl_126-17.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3105/proc_176-17_-_pl_127-17.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3106/proc_177-17_-_pl_128-17.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3107/proc_178-17_-_pl_129-17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3108/proc_181-17_-_pl_130-17.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3109/proc_183-17_-_pl_131-17.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3110/proc_185-17_-_pl_132-17.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3111/proc_190-17_-_pl_133-17.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3112/proc_191-17_-_pl_134-17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3113/proc_194-17_-_pl_135-17.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3114/proc_197-17_-_pl_136-17.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3115/proc_198-17_-_pl_137-17.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1228/proc_23-17_-_pd_01-17.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1229/proc_35-17_-_pd_02-17.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1230/proc_110-17_-_pd_03-17.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1231/proc_120-17_-_pd_04-17.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1142/proc_28-17_-_pr_02-17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1143/proc_46-17_-_pr_03-17.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1144/proc_56-17_-_pr_04-17.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1145/proc_107-17_-_pr_05-17.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1146/proc_119-17_-_pr_06-17.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3123/proc_170-17_-_pr_07-17.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3124/proc_173-17_-_pr_08-17.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3125/proc_196-17_-_pr_09-17.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3120/proc_78-17_-_pelom_01-17.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3121/proc_82-17_-_pelom_02-17.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3122/proc_172-17_-_pelom_03-17.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2764/proc_01-17_-_pl_01-17.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2765/proc_02-17_-_pl_02-17.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2766/proc_04-17_-_pl_03-17.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2767/proc_08-17_-_pl_04-17.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2768/proc_11-17_-_pl_05-17.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2769/proc_12-17_-_pl_06-17.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2770/proc_13-17_-_pl_07-17.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2771/proc_14-17_-_pl_08-17.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2772/proc_15-17_-_pl_09-17.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2773/proc_16-17_-_pl_10-17.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2774/proc_17-17_-_pl_11-17.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2775/proc_19-17_-_pl_12-17.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2782/proc_20-17_-_pl_13-17.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2783/proc_21-17_-_pl_14-17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2784/proc_22-17_-_pl_15-17.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2785/proc_24-17_-_pl_16-17.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2786/proc_25-17_-_pl_17-17.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2787/proc_26-17_-_pl_18-17.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2788/proc_27-17_-_pl_19-17.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2789/proc_29-17_-_pl_20-17.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2790/proc_30-17_-_pl_21-17.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2791/proc_31-17_-_pl_22-17.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2793/proc_34-17_-_pl_25-17.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2794/proc_36-17_-_pl_26-17.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2795/proc_37-17_-_pl_27-17.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2796/proc_38-17_-_pl_28-17.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2797/proc_39-17_-_pl_29-17.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2798/proc_40-17_-_pl_30-17.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2799/proc_41-17_-_pl_31-17.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2800/proc_42-17_-_pl_32-17.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2801/proc_43-17_-_pl_33-17.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2802/proc_44-17_-_pl_34-17.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2803/proc_45-17_-_pl_35-17.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2804/proc_47-17_-_pl_36-17.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2806/proc_48-17_-_pl_37-17.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2807/proc_49-17_-_pl_38-17.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2808/proc_50-17_-_pl_39-17.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2809/proc_51-17_-_pl_40-17.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2810/proc_52-17_-_pl_41-17.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2811/proc_53-17_-_pl_42-17.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2813/proc_54-17_-_pl_43-17.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2814/proc_55-17_-_pl_44-17.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2815/proc_57-17_-_pl_45-17.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2816/proc_58-17_-_pl_46-17.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2817/proc_60-17_-_pl_47-17.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2818/proc_62-17_-_pl_48-17.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2819/proc_63-17_-_pl_49-17.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2820/proc_64-17_-_pl_50-17.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2830/proc_65-17_-_pl_51-17.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2831/proc_66-17_-_pl_52-17.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2832/proc_67-17_-_pl_53-17.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2833/proc_68-17_-_pl_54-17.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2834/proc_72-17_-_pl_55-17.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2835/proc_73-17_-_pl_56-17.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2836/proc_75-17_-_pl_57-17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2837/proc_76-17_-_pl_58-17.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2838/proc_77-17_-_pl_59-17.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2839/proc_79-17_-_pl_60-17.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2840/proc_80-17_-_pl_61-17.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2849/proc_81-17_-_pl_62-17.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2853/proc_83-17_-_pl_63-17.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2854/proc_84-17_-_pl_64-17.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2855/proc_85-17_-_pl_65-17.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2856/proc_86-17_-_pl_66-17.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2857/proc_87-17_-_pl_67-17.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2858/proc_88-17_-_pl_68-17.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2859/proc_89-17_-_pl_69-17.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2860/proc_90-17_-_pl_70-17.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2861/proc_91-17_-_pl_71-17.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2862/proc_93-17_-_pl_72-17.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2863/proc_94-17_-_pl_73-17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2864/proc_95-17_-_pl_74-17.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2865/proc_96-17_-_pl_75-17.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2866/proc_97-17_-_pl_76-17.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2867/proc_98-17_-_pl_77-17.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2872/proc_99-17_-_pl_78-17.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/2873/proc_79-17_-_pl_60-17.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3020/proc_102-17_-_pl_80-17.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3021/proc_103-17_-_pl_81-17.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3022/proc_104-17_-_pl_82-17.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3028/proc_105-17_-_pl_83-17.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3029/proc_108-17_-_pl_84-17.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3030/proc_111-17_-_pl_85-17.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3031/proc_112-17_-_pl_86-17.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3032/proc_113-17_-_pl_87-17.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3033/proc_115-17_-_pl_88-17.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3034/proc_116-17_-_pl_89-17.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3035/proc_117-17_-_pl_90-17.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3065/proc_121-17_-_pl_91-17.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3066/proc_126-17_-_pl_92-17.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3067/proc_128-17_-_pl_93-17.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3068/proc_130-17_-_pl_94-17.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3069/proc_131-17_-_pl_95-17.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3070/proc_132-17_-_pl_96-17.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3071/proc_133-17_-_pl_97-17.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3072/proc_134-17_-_pl_98-17.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3073/proc_136-17_-_pl_99-17.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3075/proc_138-17_-_pl_101-17.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3076/proc_140-17_-_pl_102-17.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3077/proc_141-17_-_pl_103-17.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3082/proc_143-17_-_pl_104-17.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3083/proc_145-17_-_pl_105-17.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3084/proc_147-17_-_pl_106-17.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3085/proc_148-17_-_pl_107-17.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3086/proc_149-17_-_pl_108-17.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3087/proc_151-17_-_pl_109-17.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3088/proc_153-17_-_pl_110-17.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3089/proc_154-17_-_pl_111-17.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3090/proc_155-17_-_pl_112-17.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3091/proc_156-17_-_pl_113-17.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3092/proc_157-17_-_pl_114-17.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3093/proc_158-17_-_pl_115-17.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3094/proc_159-17_-_pl_116-17.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3095/proc_162-17_-_pl_117-17.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3096/proc_163-17_-_pl_118-17.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3097/proc_165-17_-_pl_119-17.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3098/proc_166-17_-_pl_120-17.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3099/proc_167-17_-_pl_121-17.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3100/proc_168-17_-_pl_122-17.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3101/proc_171-17_-_pl_123-17.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3102/proc_169-17_-_pl_124-17.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3103/proc_174-17_-_pl_125-17.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3104/proc_175-17_-_pl_126-17.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3105/proc_176-17_-_pl_127-17.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3106/proc_177-17_-_pl_128-17.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3107/proc_178-17_-_pl_129-17.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3108/proc_181-17_-_pl_130-17.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3109/proc_183-17_-_pl_131-17.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3110/proc_185-17_-_pl_132-17.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3111/proc_190-17_-_pl_133-17.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3112/proc_191-17_-_pl_134-17.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3113/proc_194-17_-_pl_135-17.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3114/proc_197-17_-_pl_136-17.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3115/proc_198-17_-_pl_137-17.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1228/proc_23-17_-_pd_01-17.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1229/proc_35-17_-_pd_02-17.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1230/proc_110-17_-_pd_03-17.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1231/proc_120-17_-_pd_04-17.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1142/proc_28-17_-_pr_02-17.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1143/proc_46-17_-_pr_03-17.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1144/proc_56-17_-_pr_04-17.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1145/proc_107-17_-_pr_05-17.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/1146/proc_119-17_-_pr_06-17.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3123/proc_170-17_-_pr_07-17.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3124/proc_173-17_-_pr_08-17.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2017/3125/proc_196-17_-_pr_09-17.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H154"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="26.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="97.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="96.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>