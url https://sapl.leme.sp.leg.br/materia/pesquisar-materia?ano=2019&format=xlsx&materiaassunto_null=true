--- v0 (2025-12-18)
+++ v1 (2026-03-27)
@@ -51,1416 +51,1416 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>3117</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica do Município</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3117/proc_453-19_-_pelom_01-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3117/proc_453-19_-_pelom_01-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA O PARÁGRAFO 3º DO ARTIGO 96 DA LEI ORGÂNICA DO MUNICÍPIO DE LEME E O ARTIGO 2° DAS DISPOSIÇÕES TRANSITÓRIAS DA LEI ORGÂNICA DO MUNICÍPIO DE LEME.”</t>
   </si>
   <si>
     <t>3118</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3118/proc_534-19_-_pelom_02-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3118/proc_534-19_-_pelom_02-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA O ARTIGO 90 DA LEI ORGÂNICA DO MUNICÍPIO DE LEME PARA ATENDER A EMENDA CONSTITUCIONAL N° 103/2019”.</t>
   </si>
   <si>
     <t>2922</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Wagner Ricardo Antunes Filho</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2922/proc_529-19_-_plc_37-19_compressed.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2922/proc_529-19_-_plc_37-19_compressed.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano de Cargos, Carreira e Vencimento dos Profissionais do Magistério Público do Município de Leme e dá outras providências.</t>
   </si>
   <si>
     <t>2423</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2423/proc_07-20_-_pl_01-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2423/proc_07-20_-_pl_01-20.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONTRATAR OPERAÇÃO DE CRÉDITO JUNTO À CAIXA ECONÔMICA FEDERAL, NO ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM DESPESA DE CAPITAL E A OFERECER GARANTIAS E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2424</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2424/proc_08-20_-_pl_02-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2424/proc_08-20_-_pl_02-20.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE DENOMINAÇÃO DE VIAS PÚBLICAS".</t>
   </si>
   <si>
     <t>2425</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2425/proc_12-20_-_pl_03-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2425/proc_12-20_-_pl_03-20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2426</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2426/proc_13-20_-_pl_04-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2426/proc_13-20_-_pl_04-20.pdf</t>
   </si>
   <si>
     <t>2427</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2427/proc_14-20_-_pl_05-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2427/proc_14-20_-_pl_05-20.pdf</t>
   </si>
   <si>
     <t>2428</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2428/proc_15-20_-_pl_06-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2428/proc_15-20_-_pl_06-20.pdf</t>
   </si>
   <si>
     <t>2429</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2429/proc_16-20_-_pl_07-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2429/proc_16-20_-_pl_07-20.pdf</t>
   </si>
   <si>
     <t>2430</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2430/proc_17-20_-_pl_08-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2430/proc_17-20_-_pl_08-20.pdf</t>
   </si>
   <si>
     <t>2433</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2433/proc_18-20_-_pl_09-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2433/proc_18-20_-_pl_09-20.pdf</t>
   </si>
   <si>
     <t>2434</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2434/proc_23-20_-_pl_10-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2434/proc_23-20_-_pl_10-20.pdf</t>
   </si>
   <si>
     <t>2435</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2435/proc_25-20_-_pl_11-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2435/proc_25-20_-_pl_11-20.pdf</t>
   </si>
   <si>
     <t>2436</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2436/proc_26-20_-_pl_12-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2436/proc_26-20_-_pl_12-20.pdf</t>
   </si>
   <si>
     <t>2439</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2439/proc_27-20_-_pl_13-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2439/proc_27-20_-_pl_13-20.pdf</t>
   </si>
   <si>
     <t>2440</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2440/proc_28-20_-_pl_14-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2440/proc_28-20_-_pl_14-20.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA COM A ESCOLA SENAI “IVAN FÁBIO ZURITA”, OBJETIVANDO DISPONIBILIZAR O TRANSPORTE PÚBLICO DE ALUNOS”</t>
   </si>
   <si>
     <t>2441</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2441/proc_29-20_-_pl_15-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2441/proc_29-20_-_pl_15-20.pdf</t>
   </si>
   <si>
     <t>2442</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2442/proc_30-20_-_pl_-_16-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2442/proc_30-20_-_pl_-_16-20.pdf</t>
   </si>
   <si>
     <t>2443</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2443/proc_34-20_-_pl_17-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2443/proc_34-20_-_pl_17-20.pdf</t>
   </si>
   <si>
     <t>2444</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2444/proc_243-19_-_pl_18-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2444/proc_243-19_-_pl_18-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL À CORPORAÇÃO MUSICAL MAESTRO ÂNGELO CONSENTINO”</t>
   </si>
   <si>
     <t>2445</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2445/proc_36-20_-_pl_19-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2445/proc_36-20_-_pl_19-20.pdf</t>
   </si>
   <si>
     <t>2446</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2446/proc_43-20_-_pl_20-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2446/proc_43-20_-_pl_20-20.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA TEMPORÁRIO DE PAGAMENTO INCENTIVADO DE DÉBITOS PARA COM A FAZENDA PÚBLICA DO MUNICÍPIO DE LEME, BEM COMO A DAÇÃO EM PAGAMENTO E A COMPENSAÇÃO DE DÍVIDAS NOS CASOS CORRELATOS.</t>
   </si>
   <si>
     <t>2447</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2447/proc_44-20_-_pl_21-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2447/proc_44-20_-_pl_21-20.pdf</t>
   </si>
   <si>
     <t>2448</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2448/proc_46-20_-_pl_22-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2448/proc_46-20_-_pl_22-20.pdf</t>
   </si>
   <si>
     <t>2449</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2449/proc_47-20_-_pl_23-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2449/proc_47-20_-_pl_23-20.pdf</t>
   </si>
   <si>
     <t>2450</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2450/proc_50-20_-_pl_24-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2450/proc_50-20_-_pl_24-20.pdf</t>
   </si>
   <si>
     <t>2451</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2451/proc_51-20_-_pl_25-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2451/proc_51-20_-_pl_25-20.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 1O E 8O DA LEI ORDINÁRIA N° 3520, DE 01 DE DEZEMBRO DE 2016 QUE “AUTORIZA O PODER EXECUTIVO, NAS CONDIÇÕES QUE ESPECIFICA, A NÃO PROPOR AÇÕES OU DESISTIR DAS AJUIZADAS, A FIRMAR CONVÊNIO COM INSTITUIÇÕES PROTETIVAS DE CRÉDITO E COM AS SERVENTIAS EXTRAJUDICIAIS, E DÁ PROVIDÊNCIAS CORRELATAS”.</t>
   </si>
   <si>
     <t>2452</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Alexandre Leme</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2452/proc_53-20_-_pl_26-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2452/proc_53-20_-_pl_26-20.pdf</t>
   </si>
   <si>
     <t>ESTABELECE OBRIGATORIEDADE DE IDENTIFICAÇÃO DOS VEÍCULOS OFICIAIS DA ADMINISTRAÇÃO DIRETA E INDIRETA DO MUNICÍPIO, COM O BRASÃO OFICIAL DO MUNICÍPIO DE LEME E NUMERAÇÃO ESPECÍFICA.</t>
   </si>
   <si>
     <t>2453</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2453/proc_54-20_-_pl_27-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2453/proc_54-20_-_pl_27-20.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL À CASA DO MENOR FRANCISCO DE ASSIS LEME”</t>
   </si>
   <si>
     <t>2454</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2454/proc_56-20_-_pl_28-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2454/proc_56-20_-_pl_28-20.pdf</t>
   </si>
   <si>
     <t>“DÁ NOVA REDAÇÃO AO ARTIGO 4º DA LEI ORDINÁRIA N° 2478 DE 13 DE SETEMBRO DE 2000, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DO MEIO AMBIENTE - COSEMA E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2460</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2460/proc_57-20_-_pl_29-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2460/proc_57-20_-_pl_29-20.pdf</t>
   </si>
   <si>
     <t>2461</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2461/proc_61-20_-_pl_30-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2461/proc_61-20_-_pl_30-20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA COM A EMPRESA ELEKTRO ELETRICIDADE E SERVIÇOS S. A., PARA ESTABELECER TERMOS E CONDIÇÕES DA PARCERIA PARA IMPLANTAÇÃO DO PROJETO DENOMINADO "ESCOLA DE ELETRICISTA"</t>
   </si>
   <si>
     <t>2462</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2462/proc_62-20_-_pl_31-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2462/proc_62-20_-_pl_31-20.pdf</t>
   </si>
   <si>
     <t>2463</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2463/proc_63-20_-_pl_32-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2463/proc_63-20_-_pl_32-20.pdf</t>
   </si>
   <si>
     <t>2464</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2464/proc_64-20_-_pl_33-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2464/proc_64-20_-_pl_33-20.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A SAECIL A ABRIR CRÉDITO ADICIONAL ESPECIAL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2465</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2465/proc_66-20_-_pl_34-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2465/proc_66-20_-_pl_34-20.pdf</t>
   </si>
   <si>
     <t>2466</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2466/proc_67-20_-_pl_35-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2466/proc_67-20_-_pl_35-20.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A INCLUSÃO EM LOCAIS DE FREQUÊNCIA INFANTIL PLACA REFERENTE A DENÚNCIA DE CRIME DE ABUSO E EXPLORAÇÃO SEXUAL DE CRIANÇAS E ADOLESCENTES E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>2467</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2467/proc_69-20_-_pl_36-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2467/proc_69-20_-_pl_36-20.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA BANCO DE RAÇÃO DO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2468</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2468/proc_70-20_-_pl_37-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2468/proc_70-20_-_pl_37-20.pdf</t>
   </si>
   <si>
     <t>2469</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2469/proc_73-20_-_pl_38-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2469/proc_73-20_-_pl_38-20.pdf</t>
   </si>
   <si>
     <t>2470</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2470/proc_74-20_-_pl_39-20.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2470/proc_74-20_-_pl_39-20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR ACORDO DE COOPERAÇÃO COM O COMANDO DO EXÉRCITO, POR INTERMÉDIO DA 2A REGIÃO MILITAR, TENDO POR OBJETO O FUNCIONAMENTO DO TIRO-DE-GUERRA 02-074, NO MUNICÍPIO DE LEME - SP.</t>
   </si>
   <si>
     <t>2471</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2471/proc_428-19_-_pl_40-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2471/proc_428-19_-_pl_40-19.pdf</t>
   </si>
   <si>
     <t>ESTABELECE AS DIRETRIZES A SEREM OBSERVADAS NA ELABORAÇÃO DA LEI ORÇAMENTÁRIA DO MUNICÍPIO PARA O EXERCÍCIO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2472</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>Amarílis de Oliveira Ribeiro</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2472/proc_428-19_-_pl_41-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2472/proc_428-19_-_pl_41-19.pdf</t>
   </si>
   <si>
     <t>CRIA A CARTEIRA DE IDENTIFICAÇÃO DO AUTISTA (CIA), PARA A PESSOA DIAGNOSTICADA COM TRANSTORNO DO ESPECTRO AUTISTA (TEA).</t>
   </si>
   <si>
     <t>2473</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2473/proc_425-19_-_pl_42-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2473/proc_425-19_-_pl_42-19.pdf</t>
   </si>
   <si>
     <t>2474</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2474/proc_426-19_-_pl_43-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2474/proc_426-19_-_pl_43-19.pdf</t>
   </si>
   <si>
     <t>2590</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>Ellan Ricardo da Paixão</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2590/proc_1014-19_-_pl_44-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2590/proc_1014-19_-_pl_44-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE RESERVA DE ESPAÇO EM EVENTOS ARTÍSTICOS NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2475</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2475/proc_432-19_-_pl_45-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2475/proc_432-19_-_pl_45-19.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRÓPRIOS MUNICIPAIS</t>
   </si>
   <si>
     <t>2476</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2476/proc_436-19_-_pl_46-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2476/proc_436-19_-_pl_46-19.pdf</t>
   </si>
   <si>
     <t>2477</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2477/proc_439-19_-_pl_47-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2477/proc_439-19_-_pl_47-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI ORDINÁRIA N° 3.806, DE 02 DE MAIO DE 2019, QUE “INSTITUI O PROGRAMA BANCO DE RAÇÃO DO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2478</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2478/proc_440-19_-_pl_48-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2478/proc_440-19_-_pl_48-19.pdf</t>
   </si>
   <si>
     <t>2479</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2479/proc_442-19_-_pl_49-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2479/proc_442-19_-_pl_49-19.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO A VIAS PÚBLICAS”</t>
   </si>
   <si>
     <t>2480</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2480/proc_443-19_-_pl_50-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2480/proc_443-19_-_pl_50-19.pdf</t>
   </si>
   <si>
     <t>2481</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2481/proc_444-19_-_pl_51-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2481/proc_444-19_-_pl_51-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI ORDINÁRIA N° 3.629 DE 23 DE AGOSTO DE 2017, ALTERADO PELA LEI ORDINÁRIA N° 3.685, DE 06 DE MARÇO DE 2018”.</t>
   </si>
   <si>
     <t>2482</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2482/proc_451-19_-_pl_52-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2482/proc_451-19_-_pl_52-19.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRÓPRIO MUNICIPAL - ESCOLA MUNICIPAL DE EDUCAÇÃO BÁSICA “PROFª ZULMIRA PEDRO SAWAYA DONADELLI”</t>
   </si>
   <si>
     <t>2483</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2483/proc_452-19_-_pl_53-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2483/proc_452-19_-_pl_53-19.pdf</t>
   </si>
   <si>
     <t>2484</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/</t>
+    <t>http://sapl.leme.sp.leg.br/media/</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CELEBRAR CONVÊNIO COM A UNIÃO, POR INTERMÉDIO DA SECRETARIA DA RECEITA FEDERAL DO BRASIL, PARA FINS DE COMPARTILHAMENTO DA ESCRITURAÇÃO CONTÁBIL DIGITAL - ECD NO AMBIENTE DO SISTEMA PÚBLICO DE ESCRITURAÇÃO DIGITAL - SPED”</t>
   </si>
   <si>
     <t>2485</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2485/proc_455-19_-_pl_55-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2485/proc_455-19_-_pl_55-19.pdf</t>
   </si>
   <si>
     <t>EXTINGUE A FUNDAÇÃO EDUCACIONAL LEMENSE</t>
   </si>
   <si>
     <t>2486</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2486/proc_456-19_-_pl_56-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2486/proc_456-19_-_pl_56-19.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO AO CENTRO DE CONVIVÊNCIA DO IDOSO II.”</t>
   </si>
   <si>
     <t>2487</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2487/proc_457-19_-_pl_57-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2487/proc_457-19_-_pl_57-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A REALIZAÇÃO DE CONCURSO PÚBLICO PARA FORMAÇÃO DE CADASTRO DE RESERVA</t>
   </si>
   <si>
     <t>2488</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2488/proc_458-19_-_pl_58-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2488/proc_458-19_-_pl_58-19.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O ‘PROGRAMA DE PARCELAMENTO DE DÉBITOS’ JUNTO À SAECIL - SUPERINTENDÊNCIA DE ÁGUA E ESGOTOS DA CIDADE DE LEME”</t>
   </si>
   <si>
     <t>2489</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2489/proc_459-19_-_pl_59-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2489/proc_459-19_-_pl_59-19.pdf</t>
   </si>
   <si>
     <t>2490</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2490/proc_460-19_-_pl_60-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2490/proc_460-19_-_pl_60-19.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRÓPRIO MUNICIPAL UNIDADE DE SAÚDE DA FAMÍLIA "DR. NORBERTO MARCONDES DOS SANTOS”</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2534/proc_461-19_-_pl_61-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2534/proc_461-19_-_pl_61-19.pdf</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Ademir Albano Lopes</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2535/proc_465-19_-_pl_62-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2535/proc_465-19_-_pl_62-19.pdf</t>
   </si>
   <si>
     <t>INCLUI NO CALENDÁRIO OFICIAL DE EVENTOS DO MUNICÍPIO DE LEME O PROJETO QUEBRANDO O SILÊNCIO</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2536/proc_464-19_-_pl_63-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2536/proc_464-19_-_pl_63-19.pdf</t>
   </si>
   <si>
     <t>“INSTITUIU O ‘PROGRAMA TEMPORÁRIO DE PARCELAMENTO INCENTIVADO DE DÉBITOS - PTPI IV’ HAVIDOS COM A FAZENDA PÚBLICA MUNICIPAL NAS CONDIÇÕES QUE ESPECIFICA”</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2537/proc_467-19_-_pl_64-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2537/proc_467-19_-_pl_64-19.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA CARTEIRA MUNICIPAL DE IDENTIFICAÇÃO DA PESSOA COM DEFICIÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2538/proc_468-19_-_pl_65-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2538/proc_468-19_-_pl_65-19.pdf</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2539/proc_469-19_-_pl_66-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2539/proc_469-19_-_pl_66-19.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À PRÓPRIO MUNICIPAL UNIDADE DE SAÚDE DA FAMÍLIA "DR. DARIO MARINELLI”</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2540/proc_473-19_-_pl_67-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2540/proc_473-19_-_pl_67-19.pdf</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
     <t>Claudemir Borges</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2541/proc_474-19_-_pl_68-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2541/proc_474-19_-_pl_68-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE REDUÇÃO DE JORNADA DE TRABALHO EM 25% AOS SERVIDORES PÚBLICOS MUNICIPAIS QUE TENHAM CÔNJUGE, FILHO OU DEPENDENTE SOB SUA GUARDA COM DEFICIÊNCIA</t>
   </si>
   <si>
     <t>2544</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2544/proc_475-19_-_pl_69-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2544/proc_475-19_-_pl_69-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O BANCO DE IDEIAS LEGISLATIVAS NA CÂMARA MUNICIPAL DE LEME</t>
   </si>
   <si>
     <t>2545</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Ricardo de Moraes Canata</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2545/proc_478-19_-_pl_70-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2545/proc_478-19_-_pl_70-19.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A OBRIGATORIEDADE DOS ESTABELECIMENTOS COMERCIAIS EM DISPONIBILIZAREM NAS SUAS CAIXAS REGISTRADORAS VISOR DE PREÇOS ACESSÍVEIS AO CAMPO DE VISÃO DOS CONSUMIDORES.”</t>
   </si>
   <si>
     <t>2546</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2546/proc_479-19_-_pl_71-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2546/proc_479-19_-_pl_71-19.pdf</t>
   </si>
   <si>
     <t>2547</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2547/proc_480-19_-_pl_72-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2547/proc_480-19_-_pl_72-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A AMPLIAÇÃO DO TEMPO DESTINADO AOS IDOSOS NO ESTACIONAMENTO ROTATIVO “ZONA AZUL” NO MUNICÍPIO DE LEME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2548</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2548/proc_483-19_-_pl_73-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2548/proc_483-19_-_pl_73-19.pdf</t>
   </si>
   <si>
     <t>“ESTIMA A RECEITA E FIXA A DESPESA PARA O EXERCÍCIO DE 2020”</t>
   </si>
   <si>
     <t>2549</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2549/proc_485-19_-_pl_74-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2549/proc_485-19_-_pl_74-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA O VALOR DA SUBVENÇÃO CONCEDIDA À IRMANDADE DA SANTA CASA DE MISERICÓRDIA DE LEME."</t>
   </si>
   <si>
     <t>2550</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2550/proc_486-19_-_pl_75-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2550/proc_486-19_-_pl_75-19.pdf</t>
   </si>
   <si>
     <t>2551</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Rodrigo Ramalho</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2551/proc_489-19_-_pl_76-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2551/proc_489-19_-_pl_76-19.pdf</t>
   </si>
   <si>
     <t>“INSTITUI O DIA MUNICIPAL DA “CAMINHADA PASSOS QUE SALVAM”.</t>
   </si>
   <si>
     <t>2552</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2552/proc_492-19_-_pl_77-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2552/proc_492-19_-_pl_77-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA A ADESÃO DO MUNICÍPIO DE LEME À ASSOCIAÇÃO DOS AMIGOS DO CAMINHO DA FÉ”</t>
   </si>
   <si>
     <t>2553</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2553/proc_494-19_-_pl_78-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2553/proc_494-19_-_pl_78-19.pdf</t>
   </si>
   <si>
     <t>2554</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2554/proc_495-19_-_pl_79-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2554/proc_495-19_-_pl_79-19.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A VIA PÚBLICA</t>
   </si>
   <si>
     <t>2555</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2555/proc_496-19_-_pl_80-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2555/proc_496-19_-_pl_80-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O PODER EXECUTIVO A CELEBRAR ACORDO DE COOPERAÇÃO TÉCNICA COM O INSTITUTO NACIONAL DE SEGURO SOCIAL - INSS, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>2592</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2592/proc_497-19_-_pl_81-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2592/proc_497-19_-_pl_81-19.pdf</t>
   </si>
   <si>
     <t>2593</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2593/proc_498-19_-_pl_82-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2593/proc_498-19_-_pl_82-19.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE LEME, SÃO PAULO, CONTRATAR COM A DESENVOLVE SP - AGÊNCIA DE FOMENTO DO ESTADO DE SÃO PAULO, OPERAÇÕES DE CRÉDITO COM OUTORGA DE GARANTIA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2594</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>Elias Eliel Ferrara</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2594/proc_499-19_-_pl_83-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2594/proc_499-19_-_pl_83-19.pdf</t>
   </si>
   <si>
     <t>REVOGA A LEI ORDINÁRIA 2.950, DE 06 DE DEZEMBRO DE 2.007</t>
   </si>
   <si>
     <t>2595</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2595/proc_500-19_-_pl_84-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2595/proc_500-19_-_pl_84-19.pdf</t>
   </si>
   <si>
     <t>2598</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2598/proc_507-19_-_pl_85-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2598/proc_507-19_-_pl_85-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A POLÍTICA MUNICIPAL DA JUVENTUDE E ESTRUTURA O CONSELHO MUNICIPAL DA JUVENTUDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2599</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2599/proc_509-19_-_pl_86-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2599/proc_509-19_-_pl_86-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA MUNICIPAL DE POLÍTICAS PARA AS MULHERES, SEUS FINS E MECANISMOS DE FORMULAÇÃO E APLICAÇÃO, O CONSELHO MUNICIPAL DE DIREITOS DA MULHER, O CENTRO DE REFERÊNCIA DA MULHER, A PATRULHA MARIA DA PENHA, OS. PROJETOS PSICOEDUCATIVOS, DISCIPLINA O USO DE ESPAÇOS PÚBLICOS OU DE PUBLICIDADE PARA CAMPANHAS EDUCATIVAS CONTRA A VIOLÊNCIA À MULHER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2606</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2606/proc_510-19_-_pl_87-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2606/proc_510-19_-_pl_87-19.pdf</t>
   </si>
   <si>
     <t>“ALTERA O VALOR DA SUBVENÇÃO CONCEDIDA À CASA DO MENOR FRANCISCO DE ASSIS DE LEME.”</t>
   </si>
   <si>
     <t>2607</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2607/proc_511-19_-_pl_88-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2607/proc_511-19_-_pl_88-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CONCEDER SUBVENÇÃO SOCIAL À ORGANIZAÇÃO DA SOCIEDADE CIVIL DO MUNICÍPIO DE LEME.”</t>
   </si>
   <si>
     <t>2608</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2608/proc_512-19_-_pl_89-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2608/proc_512-19_-_pl_89-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O VALOR DA SUBVENÇÃO CONCEDIDA À AVIVIL - ASSOCIAÇÃO VIVA A VIDA DE LEME.</t>
   </si>
   <si>
     <t>2609</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2609/proc_514-19_-_pl_90-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2609/proc_514-19_-_pl_90-19.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 1º DA LEI N° 3106, DE 05 DE AGOSTO DE 2010, QUE AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A CASA DA CRIANÇA "CECÍLIA DE SOUZA QUEIROZ" OBJETIVANDO O DESENVOLVIMENTO DE ATIVIDADES RELATIVAS AO ATENDIMENTO DE CRIANÇAS, NA ÁREA DA EDUCAÇÃO.</t>
   </si>
   <si>
     <t>2610</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2610/proc_518-19_-_pl_91-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2610/proc_518-19_-_pl_91-19.pdf</t>
   </si>
   <si>
     <t>2611</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2611/proc_520-19_-_pl_92-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2611/proc_520-19_-_pl_92-19.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO AO AMBULATÓRIO DA MELHOR IDADE.”</t>
   </si>
   <si>
     <t>2612</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2612/proc_521-19_-_pl_93-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2612/proc_521-19_-_pl_93-19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE VIGILÂNCIA, PREVENÇÃO, COMBATE E CONTROLE DA TRANSMISSÃO DA DENGUE, ZIKA, CHIKUNGUNYA, FEBRE AMARELA, FEBRE DO NYLO, FEBRE MAUYARO E DEMAIS ARBOVIROSES NO MUNICÍPIO DE LEME E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2613</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2613/proc_523-19_-_pl_94-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2613/proc_523-19_-_pl_94-19.pdf</t>
   </si>
   <si>
     <t>2614</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2614/proc_524-19_-_pl_95-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2614/proc_524-19_-_pl_95-19.pdf</t>
   </si>
   <si>
     <t>2615</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2615/proc_535-19_-_pl_96-29.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2615/proc_535-19_-_pl_96-29.pdf</t>
   </si>
   <si>
     <t>FACULTADO O FECHAMENTO DAS SALAS DE VELÓRIOS MUNICIPAIS NO PERÍODO DAS 23:00 HORAS ÀS 06:00 HORAS DO DIA SEGUINTE, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2616</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Marimarcos Muniz Felix</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2616/proc_539-19_-_pl_97-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2616/proc_539-19_-_pl_97-19.pdf</t>
   </si>
   <si>
     <t>ESTABELECE PRIORIDADE DE MATRÍCULA E DE TRANSFERÊNCIA AS CRIANÇAS E ADOLESCENTES, QUE ESTEJAM SOB A GUARDA DE MULHERES VÍTIMAS DE VIOLÊNCIA DOMÉSTICA E FAMILIAR, NAS ESCOLAS MUNICIPAIS DE ENSINO INFANTIL E FUNDAMENTAL DE LEME/SP</t>
   </si>
   <si>
     <t>2617</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2617/proc_538-19_-_pl_98-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2617/proc_538-19_-_pl_98-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO COM A FUNDAÇÃO UNIVERSIDADE VIRTUAL DO ESTADO DE SÃO PAULO - UNIVESP, OBJETIVANDO A REALIZAÇÃO DE ESTÁGIOS”.</t>
   </si>
   <si>
     <t>2618</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2618/proc_541-19_-_pl_99-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2618/proc_541-19_-_pl_99-19.pdf</t>
   </si>
   <si>
     <t>2619</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2619/proc_547-19_-_pl_100-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2619/proc_547-19_-_pl_100-19.pdf</t>
   </si>
   <si>
     <t>2620</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2620/proc_548-19_-_pl_101-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2620/proc_548-19_-_pl_101-19.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA O EXECUTIVO MUNICIPAL A CELEBRAR TERMO DE CONVÊNIO E RESPECTIVOS TERMOS ADITIVOS E DE RE-RATIFICAÇÃO, COM A IRMANDADE SANTA CASA DE MISERICÓRDIA DE LEME.”</t>
   </si>
   <si>
     <t>2621</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2621/proc_549-19_-_pl_102-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2621/proc_549-19_-_pl_102-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE PARCERIAS PÚBLICO PRIVADAS NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA MUNICIPAL DE LEME, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1250/proc_415-19_-_pd_01-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1250/proc_415-19_-_pd_01-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO DR. PAULO GRINGE BARCELOS FERREIRA.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1251/proc_421-19_-_pd_02-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1251/proc_421-19_-_pd_02-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA A IRMÃ AURORA TENFEN.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>Lourdes Silva Camacho</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1252/proc_448-19_-_pd_03-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1252/proc_448-19_-_pd_03-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” DR. ELTON VINÍCIUS STERZO.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>Ricardo de Assis</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1253/proc_463-19_-_pd_04-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1253/proc_463-19_-_pd_04-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO SR. RENATO VALENTIN VIEIRA DE BRITO.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1254/proc_481-19_-_pd_05-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1254/proc_481-19_-_pd_05-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO CAPITÃO DA POLÍCIA MILITAR DO ESTADO DE SP SR. RONEY ALEXANDRE LIMA.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1255/proc_487-19_-_pd_06-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1255/proc_487-19_-_pd_06-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “TÍTULO DE CIDADÃO LEMENSE” AO SR. DIOGO ALVES DE MIRANDA.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1256/proc_488-19_-_pd_07-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1256/proc_488-19_-_pd_07-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA A JOSÉ RICARDO MATTOS VARZONE.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>Nivaldo Aparecido Begnamia</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1257/proc_508-19_-_pd_08-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1257/proc_508-19_-_pd_08-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “TÍTULO DE CIDADÃO LEMENSE” AO SR. ANTÔNIO BENEDITO BRUNO.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1258/proc_517-19_-_pd_09-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1258/proc_517-19_-_pd_09-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO SR. JOSÉ CARLOS CREMASCO.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1259/proc_522-19_-_pd_10-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1259/proc_522-19_-_pd_10-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO CABO PM DALTON DA SILVA PORTO.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/proc_527-19_-_pd_11-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/proc_527-19_-_pd_11-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OUTORGA DE “MEDALHA NEWTON PRADO” AO PROFESSOR FABIO ROBERTO DA SILVA LEME.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1261/proc_542-19_-_pd_12-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1261/proc_542-19_-_pd_12-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO ILMO. SECRETÁRIO DE DESENVOLVIMENTO REGIONAL DO ESTADO DE SÃO PAULO SR. MARCO ANTÔNIO SCARASATI VINHOLI.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1262/proc_543-19_-_pd_13-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1262/proc_543-19_-_pd_13-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO SR. ANDRÉ LUIZ HABERMANN.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1263/proc_545-19_-_pd_14-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1263/proc_545-19_-_pd_14-19.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA AO DR. DAVID PEDRÃO DA SILVA.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Osvair Antunes da Silva</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/proc_420-19_-_pr_01-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/proc_420-19_-_pr_01-19.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO “CAPUT” E AO PARÁGRAFO 1º E 2º DO ARTIGO 162 DA RESOLUÇÃO N° 144, DE 10 DE ABRIL DE 1995 ALTERADA PELA RESOLUÇÃO N° 337, DE 17 DE MAIO DE 2016.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/proc_466-19_-_pr_02-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/proc_466-19_-_pr_02-19.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AOS §§ 2º E 3º DO ARTIGO 8º DA RESOLUÇÃO N° 352 DE 21 DE MAIO DE 2.018.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/proc_516-19_-_pr_03-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/proc_516-19_-_pr_03-19.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE DECISÃO DE RECURSO ADMINISTRATIVO IMPETRADO SOBRE DECISÃO DO PRESIDENTE DA CÂMARA MUNICIPAL DE LEME/SP.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>Adenir Pinto</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1158/proc_544-19_-_pr_04-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1158/proc_544-19_-_pr_04-19.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 156 DA RESOLUÇÃO N° 144 DE 10 DE ABRIL DE 1.995.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1159/proc_546-19_-_pr_05-19.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1159/proc_546-19_-_pr_05-19.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO ARTIGO 4º DA RESOLUÇÃO N° 144 DE 10 DE ABRIL DE 1.995.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>OFLEG</t>
   </si>
   <si>
     <t>Ofício Legislativo</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/436/novo_tempo_-_resp_req.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/436/novo_tempo_-_resp_req.pdf</t>
   </si>
   <si>
     <t>Ref.: Ofício nº 735/19-JR - Requerimento nº 330/19.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1767,67 +1767,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3117/proc_453-19_-_pelom_01-19.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3118/proc_534-19_-_pelom_02-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2922/proc_529-19_-_plc_37-19_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2423/proc_07-20_-_pl_01-20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2424/proc_08-20_-_pl_02-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2425/proc_12-20_-_pl_03-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2426/proc_13-20_-_pl_04-20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2427/proc_14-20_-_pl_05-20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2428/proc_15-20_-_pl_06-20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2429/proc_16-20_-_pl_07-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2430/proc_17-20_-_pl_08-20.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2433/proc_18-20_-_pl_09-20.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2434/proc_23-20_-_pl_10-20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2435/proc_25-20_-_pl_11-20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2436/proc_26-20_-_pl_12-20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2439/proc_27-20_-_pl_13-20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2440/proc_28-20_-_pl_14-20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2441/proc_29-20_-_pl_15-20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2442/proc_30-20_-_pl_-_16-20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2443/proc_34-20_-_pl_17-20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2444/proc_243-19_-_pl_18-19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2445/proc_36-20_-_pl_19-20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2446/proc_43-20_-_pl_20-20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2447/proc_44-20_-_pl_21-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2448/proc_46-20_-_pl_22-20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2449/proc_47-20_-_pl_23-20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2450/proc_50-20_-_pl_24-20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2451/proc_51-20_-_pl_25-20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2452/proc_53-20_-_pl_26-20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2453/proc_54-20_-_pl_27-20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2454/proc_56-20_-_pl_28-20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2460/proc_57-20_-_pl_29-20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2461/proc_61-20_-_pl_30-20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2462/proc_62-20_-_pl_31-20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2463/proc_63-20_-_pl_32-20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2464/proc_64-20_-_pl_33-20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2465/proc_66-20_-_pl_34-20.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2466/proc_67-20_-_pl_35-20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2467/proc_69-20_-_pl_36-20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2468/proc_70-20_-_pl_37-20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2469/proc_73-20_-_pl_38-20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2470/proc_74-20_-_pl_39-20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2471/proc_428-19_-_pl_40-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2472/proc_428-19_-_pl_41-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2473/proc_425-19_-_pl_42-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2474/proc_426-19_-_pl_43-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2590/proc_1014-19_-_pl_44-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2475/proc_432-19_-_pl_45-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2476/proc_436-19_-_pl_46-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2477/proc_439-19_-_pl_47-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2478/proc_440-19_-_pl_48-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2479/proc_442-19_-_pl_49-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2480/proc_443-19_-_pl_50-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2481/proc_444-19_-_pl_51-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2482/proc_451-19_-_pl_52-19.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2483/proc_452-19_-_pl_53-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2485/proc_455-19_-_pl_55-19.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2486/proc_456-19_-_pl_56-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2487/proc_457-19_-_pl_57-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2488/proc_458-19_-_pl_58-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2489/proc_459-19_-_pl_59-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2490/proc_460-19_-_pl_60-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2534/proc_461-19_-_pl_61-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2535/proc_465-19_-_pl_62-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2536/proc_464-19_-_pl_63-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2537/proc_467-19_-_pl_64-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2538/proc_468-19_-_pl_65-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2539/proc_469-19_-_pl_66-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2540/proc_473-19_-_pl_67-19.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2541/proc_474-19_-_pl_68-19.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2544/proc_475-19_-_pl_69-19.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2545/proc_478-19_-_pl_70-19.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2546/proc_479-19_-_pl_71-19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2547/proc_480-19_-_pl_72-19.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2548/proc_483-19_-_pl_73-19.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2549/proc_485-19_-_pl_74-19.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2550/proc_486-19_-_pl_75-19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2551/proc_489-19_-_pl_76-19.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2552/proc_492-19_-_pl_77-19.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2553/proc_494-19_-_pl_78-19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2554/proc_495-19_-_pl_79-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2555/proc_496-19_-_pl_80-19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2592/proc_497-19_-_pl_81-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2593/proc_498-19_-_pl_82-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2594/proc_499-19_-_pl_83-19.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2595/proc_500-19_-_pl_84-19.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2598/proc_507-19_-_pl_85-19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2599/proc_509-19_-_pl_86-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2606/proc_510-19_-_pl_87-19.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2607/proc_511-19_-_pl_88-19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2608/proc_512-19_-_pl_89-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2609/proc_514-19_-_pl_90-19.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2610/proc_518-19_-_pl_91-19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2611/proc_520-19_-_pl_92-19.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2612/proc_521-19_-_pl_93-19.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2613/proc_523-19_-_pl_94-19.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2614/proc_524-19_-_pl_95-19.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2615/proc_535-19_-_pl_96-29.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2616/proc_539-19_-_pl_97-19.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2617/proc_538-19_-_pl_98-19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2618/proc_541-19_-_pl_99-19.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2619/proc_547-19_-_pl_100-19.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2620/proc_548-19_-_pl_101-19.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2621/proc_549-19_-_pl_102-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1250/proc_415-19_-_pd_01-19.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1251/proc_421-19_-_pd_02-19.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1252/proc_448-19_-_pd_03-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1253/proc_463-19_-_pd_04-19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1254/proc_481-19_-_pd_05-19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1255/proc_487-19_-_pd_06-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1256/proc_488-19_-_pd_07-19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1257/proc_508-19_-_pd_08-19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1258/proc_517-19_-_pd_09-19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1259/proc_522-19_-_pd_10-19.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/proc_527-19_-_pd_11-19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1261/proc_542-19_-_pd_12-19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1262/proc_543-19_-_pd_13-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1263/proc_545-19_-_pd_14-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/proc_420-19_-_pr_01-19.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/proc_466-19_-_pr_02-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/proc_516-19_-_pr_03-19.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1158/proc_544-19_-_pr_04-19.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1159/proc_546-19_-_pr_05-19.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/436/novo_tempo_-_resp_req.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3117/proc_453-19_-_pelom_01-19.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/3118/proc_534-19_-_pelom_02-19.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2922/proc_529-19_-_plc_37-19_compressed.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2423/proc_07-20_-_pl_01-20.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2424/proc_08-20_-_pl_02-20.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2425/proc_12-20_-_pl_03-20.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2426/proc_13-20_-_pl_04-20.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2427/proc_14-20_-_pl_05-20.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2428/proc_15-20_-_pl_06-20.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2429/proc_16-20_-_pl_07-20.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2430/proc_17-20_-_pl_08-20.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2433/proc_18-20_-_pl_09-20.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2434/proc_23-20_-_pl_10-20.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2435/proc_25-20_-_pl_11-20.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2436/proc_26-20_-_pl_12-20.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2439/proc_27-20_-_pl_13-20.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2440/proc_28-20_-_pl_14-20.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2441/proc_29-20_-_pl_15-20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2442/proc_30-20_-_pl_-_16-20.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2443/proc_34-20_-_pl_17-20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2444/proc_243-19_-_pl_18-19.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2445/proc_36-20_-_pl_19-20.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2446/proc_43-20_-_pl_20-20.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2447/proc_44-20_-_pl_21-20.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2448/proc_46-20_-_pl_22-20.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2449/proc_47-20_-_pl_23-20.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2450/proc_50-20_-_pl_24-20.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2451/proc_51-20_-_pl_25-20.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2452/proc_53-20_-_pl_26-20.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2453/proc_54-20_-_pl_27-20.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2454/proc_56-20_-_pl_28-20.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2460/proc_57-20_-_pl_29-20.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2461/proc_61-20_-_pl_30-20.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2462/proc_62-20_-_pl_31-20.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2463/proc_63-20_-_pl_32-20.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2464/proc_64-20_-_pl_33-20.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2465/proc_66-20_-_pl_34-20.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2466/proc_67-20_-_pl_35-20.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2467/proc_69-20_-_pl_36-20.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2468/proc_70-20_-_pl_37-20.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2469/proc_73-20_-_pl_38-20.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2470/proc_74-20_-_pl_39-20.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2471/proc_428-19_-_pl_40-19.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2472/proc_428-19_-_pl_41-19.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2473/proc_425-19_-_pl_42-19.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2474/proc_426-19_-_pl_43-19.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2590/proc_1014-19_-_pl_44-19.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2475/proc_432-19_-_pl_45-19.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2476/proc_436-19_-_pl_46-19.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2477/proc_439-19_-_pl_47-19.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2478/proc_440-19_-_pl_48-19.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2479/proc_442-19_-_pl_49-19.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2480/proc_443-19_-_pl_50-19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2481/proc_444-19_-_pl_51-19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2482/proc_451-19_-_pl_52-19.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2483/proc_452-19_-_pl_53-19.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2485/proc_455-19_-_pl_55-19.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2486/proc_456-19_-_pl_56-19.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2487/proc_457-19_-_pl_57-19.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2488/proc_458-19_-_pl_58-19.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2489/proc_459-19_-_pl_59-19.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2490/proc_460-19_-_pl_60-19.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2534/proc_461-19_-_pl_61-19.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2535/proc_465-19_-_pl_62-19.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2536/proc_464-19_-_pl_63-19.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2537/proc_467-19_-_pl_64-19.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2538/proc_468-19_-_pl_65-19.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2539/proc_469-19_-_pl_66-19.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2540/proc_473-19_-_pl_67-19.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2541/proc_474-19_-_pl_68-19.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2544/proc_475-19_-_pl_69-19.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2545/proc_478-19_-_pl_70-19.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2546/proc_479-19_-_pl_71-19.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2547/proc_480-19_-_pl_72-19.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2548/proc_483-19_-_pl_73-19.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2549/proc_485-19_-_pl_74-19.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2550/proc_486-19_-_pl_75-19.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2551/proc_489-19_-_pl_76-19.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2552/proc_492-19_-_pl_77-19.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2553/proc_494-19_-_pl_78-19.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2554/proc_495-19_-_pl_79-19.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2555/proc_496-19_-_pl_80-19.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2592/proc_497-19_-_pl_81-19.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2593/proc_498-19_-_pl_82-19.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2594/proc_499-19_-_pl_83-19.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2595/proc_500-19_-_pl_84-19.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2598/proc_507-19_-_pl_85-19.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2599/proc_509-19_-_pl_86-19.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2606/proc_510-19_-_pl_87-19.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2607/proc_511-19_-_pl_88-19.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2608/proc_512-19_-_pl_89-19.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2609/proc_514-19_-_pl_90-19.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2610/proc_518-19_-_pl_91-19.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2611/proc_520-19_-_pl_92-19.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2612/proc_521-19_-_pl_93-19.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2613/proc_523-19_-_pl_94-19.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2614/proc_524-19_-_pl_95-19.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2615/proc_535-19_-_pl_96-29.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2616/proc_539-19_-_pl_97-19.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2617/proc_538-19_-_pl_98-19.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2618/proc_541-19_-_pl_99-19.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2619/proc_547-19_-_pl_100-19.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2620/proc_548-19_-_pl_101-19.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/2621/proc_549-19_-_pl_102-19.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1250/proc_415-19_-_pd_01-19.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1251/proc_421-19_-_pd_02-19.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1252/proc_448-19_-_pd_03-19.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1253/proc_463-19_-_pd_04-19.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1254/proc_481-19_-_pd_05-19.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1255/proc_487-19_-_pd_06-19.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1256/proc_488-19_-_pd_07-19.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1257/proc_508-19_-_pd_08-19.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1258/proc_517-19_-_pd_09-19.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1259/proc_522-19_-_pd_10-19.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1260/proc_527-19_-_pd_11-19.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1261/proc_542-19_-_pd_12-19.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1262/proc_543-19_-_pd_13-19.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1263/proc_545-19_-_pd_14-19.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1155/proc_420-19_-_pr_01-19.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1156/proc_466-19_-_pr_02-19.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1157/proc_516-19_-_pr_03-19.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1158/proc_544-19_-_pr_04-19.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/1159/proc_546-19_-_pr_05-19.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2019/436/novo_tempo_-_resp_req.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="27.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>