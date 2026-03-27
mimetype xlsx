--- v0 (2026-02-01)
+++ v1 (2026-03-27)
@@ -10,713 +10,9112 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="422" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6497" uniqueCount="3018">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>7706</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>REESP</t>
+  </si>
+  <si>
+    <t>Requerimento Especial</t>
+  </si>
+  <si>
+    <t>Andrea Navarro Mondin</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7706/requer_especial_retirar_mocao.doc</t>
+  </si>
+  <si>
+    <t>Requer a retirada de tramitação da MOÇÃO DE APELO Nº 06 / 2026.</t>
+  </si>
+  <si>
+    <t>7713</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7713/requer_especial_cameras_interna_camara.doc</t>
+  </si>
+  <si>
+    <t>Requer que sejam disponibilizadas as filmagens captadas pelas câmeras de segurança interna desta Câmara Municipal</t>
+  </si>
+  <si>
+    <t>7714</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Cintia Cristina Grossklauss</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7714/12-requerimento_especial_assinatura_eletronica.doc</t>
+  </si>
+  <si>
+    <t>Requer cópia em vídeo das minhas falas na tribuna livre desta Casa de Leis, até a última Sessão Ordinária do corrente ano</t>
+  </si>
+  <si>
+    <t>7715</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7715/12-requerimento_especial_assinatura_eletronica.doc</t>
+  </si>
+  <si>
+    <t>Requer retirada de tramitação os requerimentos 08, 09 e 11 de 2026</t>
+  </si>
+  <si>
+    <t>7716</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7716/12-requerimento_especial_assinatura_eletronica_-_copia.doc</t>
+  </si>
+  <si>
+    <t>Requer retirada de tramitação do Projeto de Lei nº 05/2026</t>
+  </si>
+  <si>
+    <t>7821</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>David Pedrão da Silva</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7821/requerimento_especial_de_retirada__projeto_14_2026_29_29_01_2026.doc</t>
+  </si>
+  <si>
+    <t>REQUERER A RETIRADA do Projeto de Lei nº 14/2026, que “Dispõe sobre a prioridade de matrícula de crianças e adolescentes com deficiência ou Transtorno do Espectro Autista (TEA) na rede municipal de ensino, em unidades próximas à residência ou ao local de trabalho dos responsáveis legais, e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>7871</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Cristiano Ailton Boff</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7871/requerimento_especial_farmacia.docx</t>
+  </si>
+  <si>
+    <t>Requer retirada de tramitação do Projeto de Lei nº  12 /2026._x000D_
+REQUERER retirada de tramitação do Projeto de Lei nº  12 /2026, por motivos de que ao analisar junto ao jurídico encontramos um projeto parecido sobre o mesmo assunto.</t>
+  </si>
+  <si>
+    <t>7884</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7884/requerimento_especial_1.doc</t>
+  </si>
+  <si>
+    <t>Requer retirada de tramitação do requerimento nº 41/2026</t>
+  </si>
+  <si>
+    <t>7890</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7890/requerimento_especial_fala_tribuna_18_02_2026.doc</t>
+  </si>
+  <si>
+    <t>Requer cópia em vídeo das minhas falas em todas as Sessões de 2026 bem como minhas duas (2) falas na 3ª Sessão ordinária de 2026.</t>
+  </si>
+  <si>
+    <t>7908</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>João Carlos Cerbi</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7908/requerinto_especial.doc</t>
+  </si>
+  <si>
+    <t>Copias de documentos</t>
+  </si>
+  <si>
+    <t>7967</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7967/requer_especial_lei_ordinaria_18.2026.doc</t>
+  </si>
+  <si>
+    <t>Requer a retirada de tramitação do Projeto de lei ordinária 312 / 2026.</t>
+  </si>
+  <si>
+    <t>7991</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>João Arrais Serodio Neto</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7991/12-requerimento_especial_copia_video_uso_tribuna.doc</t>
+  </si>
+  <si>
+    <t>Requer cópia em vídeo das minhas falas na tribuna livre desta Casa de Leis, até a última Sessão Ordinária do corrente ano.</t>
+  </si>
+  <si>
+    <t>8057</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8057/requeremento_especial_retirar_projeto_tramitacao.doc</t>
+  </si>
+  <si>
+    <t>Requer a retirada de tramitação de projeto de resolução N° 01/2026 que constitui Comissão de Assuntos relevantes para analisar assuntos ligados à saúde do município da pauta da ordem do dia da 5ª sessão ordinária.</t>
+  </si>
+  <si>
+    <t>8069</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8069/12-requerimento_especial_assinatura_eletronica_-_copia.doc</t>
+  </si>
+  <si>
+    <t>Requer retirada de tramitação da Moção de Aplausos nº 19/2026</t>
+  </si>
+  <si>
+    <t>8167</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8167/requer_especial_retirar_indica_314.2026_ventilador.doc</t>
+  </si>
+  <si>
+    <t>Requer a retirada da indicação de número 314/2026 da pauta.</t>
+  </si>
+  <si>
+    <t>8390</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8390/reqesp16-26.pdf</t>
+  </si>
+  <si>
+    <t>O vereador ao final assinado, vem respeitosamente аpresença Vossa Excelência, requerer a juntada ao Projeto de Lel Complementar nº 03/2026, "Que Autoriza o Poder Executivo a proceder a concessão de direito real de uso de área pública em favor do Lions Clube de Leme Cooperação e dá_x000D_
+outras providencias" do anexo ofício resposta ao Requerimento de autoria dо Vereador David Pedrão da Silva, viabilizando assim uma melhor compreensão_x000D_
+dos objetivos tratados no referido projeto.</t>
+  </si>
+  <si>
+    <t>8393</t>
+  </si>
+  <si>
+    <t>PELOM</t>
+  </si>
+  <si>
+    <t>Proposta de Emenda à Lei Orgânica do Município</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8393/proposta_emenda_lei_organica.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta dispositivo à Lei Orgânica do Município de Leme, para instituir a execução obrigatória das emendas parlamentares individuais ao orçamento anual e dá outras providências.</t>
+  </si>
+  <si>
     <t>7580</t>
   </si>
   <si>
-    <t>2026</t>
-[...4 lines deleted...]
-  <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Claudemir Aparecido Borges</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do Artigo 1º da Lei Complementar Municipal nº 574, de 16 de junho de 2010, para retificar a descrição da área desafetada, em atendimento à solicitação registral, e dá outras providências.”</t>
   </si>
   <si>
+    <t>7893</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7893/oficio_no_11.2026.pdf</t>
+  </si>
+  <si>
+    <t>“Revoga integralmente os artigos 7º, 8º, 9º e 10º do Capítulo II da Lei Complementar nº 874, de 10 de março de 2023 no âmbito da Administração Pública Municipal.”</t>
+  </si>
+  <si>
+    <t>7894</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7894/oficio_no_12.2026__snj.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a proceder à concessão de direito real de uso de área pública em favor do Lions Clube de Leme Cooperação, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>7876</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7876/emissao_f941c1fb2e4d4a9725622ccf_ato-oficial-projeto-de-lei---009-2026_assinado_versaoimpressao.pdf</t>
+  </si>
+  <si>
+    <t>"Autoriza o Poder Executivo a proceder, mediante processo licitatório, à permissão de uso, a título oneroso, de imóvel público localizado na antiga Faixa de Domínio da FEPASA – Ferrovia Paulista S.A., atual Rede Ferroviária Federal S.A., e dá outras providências."</t>
+  </si>
+  <si>
+    <t>8056</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8056/plc_cargos.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o acréscimo de cargos no Quadro Geral do Pessoal do Executivo.”</t>
+  </si>
+  <si>
+    <t>8070</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8070/plc_06-26_altera_lc_624.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Lei Complementar nº 624, de 14 de dezembro de 2011, reestrutura a Secretaria Municipal de Finanças, cria coordenadorias e funções de confiança e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>8071</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8071/plc_07-26_cria_nucleo_de_pericia.pdf</t>
+  </si>
+  <si>
+    <t>“Cria o Núcleo Técnico de Perícia Médica Oficial na Secretaria Municipal de Administração”.</t>
+  </si>
+  <si>
+    <t>8072</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8072/plc_08-26_piso_salarial_dos_agentes.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre o piso salarial dos Agentes Comunitários de Saúde, Agentes de Saúde e Agente de Controle de Vetores.”</t>
+  </si>
+  <si>
+    <t>8202</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8202/plc_gabinete_formacao_treinamento_qualificacao_gcm.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação do Gabinete de Formação, Treinamento e Qualificação da Guarda Civil Municipal de Leme, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8389</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8389/oficio_n_36.2026_pl_smf.pdf</t>
+  </si>
+  <si>
+    <t>“Altera a Lei Complementar nº 624, de 14 de dezembro de 2011, reestrutura a Secretaria Municipal de Finanças, institui unidades organizacionais, cria funções de confiança e dá outras providências.”</t>
+  </si>
+  <si>
     <t>7582</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Airton Candido da Silva</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a promoção, segurança, manutenção e fiscalização de playgrounds destinados a crianças nas escolas da rede municipal de ensino, parques e praças públicas do Município de Leme, e dá outras providências.</t>
   </si>
   <si>
     <t>7583</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc</t>
   </si>
   <si>
     <t>Institui no âmbito do Município de Leme/SP, a Semana Municipal do Flash Back, e dá outras providências.</t>
   </si>
   <si>
     <t>7585</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$ 4.252,53)</t>
   </si>
   <si>
     <t>7625</t>
   </si>
   <si>
-    <t>4</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a garantia de prioridade na matrícula, rematrícula e transferência escolar de crianças e adolescentes em situação de vulnerabilidade ou acompanhados pelo Conselho Tutelar no âmbito do Município de Leme/SP e dá outras providências.</t>
   </si>
   <si>
+    <t>7707</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7707/projeto_de_lei_ordinaria_empreendedorismo_feminino.doc</t>
+  </si>
+  <si>
+    <t>“Institui Semana do Empreendedorismo Feminino no Calendário de Eventos do município de Leme e das outras providencias”</t>
+  </si>
+  <si>
+    <t>7708</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7708/projeto_de_lei_ordinaria_incentivo_a_doacao_de_cabelo.doc</t>
+  </si>
+  <si>
+    <t>“Cria a Campanha Municipal de Incentivo à Doação de Cabelo, voltada a pessoas em tratamento contra o câncer e vítimas de escalpelamento, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>7709</t>
+  </si>
+  <si>
+    <t>Ellan Ricardo da Paixão</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7709/plo_fogos-2_1.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da queima, soltura, comercialização e armazenamento de fogos de artifício de efeito sonoro ruidoso no Município de Leme, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7717</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7717/oficio_no_003.2026_altera_a_denominacao_da_faculdade.pdf</t>
+  </si>
+  <si>
+    <t>Altera a denominação do próprio municipal de que trata a Lei nº 2.082, de 10 de novembro de 1993, alterada pela Lei nº 2.089, de 10 de dezembro de 1993.</t>
+  </si>
+  <si>
+    <t>7718</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7718/oficio_no_004.2026_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências” (R$ 289.921,22)</t>
+  </si>
+  <si>
+    <t>7753</t>
+  </si>
+  <si>
+    <t>Amarílis de Oliveira Ribeiro</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7753/projeto_piscina_231.docx</t>
+  </si>
+  <si>
+    <t>Projeto de Lei dispõe sobre a instalação de dispositivos de proteção em motores de sucção de piscina para fins de segurança e proteção dos seus usuários e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7789</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7789/oficio_no_005.2026__snj._projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_06_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$ 10.880.000,00)</t>
+  </si>
+  <si>
+    <t>7796</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7796/projeto_de_lei_app_farmacia.docx</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a divulgação eletrônica da disponibilidade de medicamentos nas farmácias da rede pública municipal de saúde do Município de Leme, e dá outras providências</t>
+  </si>
+  <si>
+    <t>7802</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7802/plo_animais_pet-_2_.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o sepultamento de animais domésticos de estimação em jazigos, sepulturas e mausoléus de propriedade familiar, nos cemitérios públicos e privados do Município de Leme, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7803</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7803/projeto_lei_prioridade_maestea_ok.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a prioridade de matrícula de crianças e adolescentes com deficiência ou Transtorno do Espectro Autista (TEA) na rede municipal de ensino, em unidades próximas à residência ou ao local de trabalho dos responsáveis legais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7853</t>
+  </si>
+  <si>
+    <t>Fabiele de Souza Trevisan Bergamin</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7853/projeto_de_lei_cao_orelha.doc</t>
+  </si>
+  <si>
+    <t>Lei “Cão Orelha” - Dispõe sobre a responsabilização administrativa por maus-tratos a animais praticados por crianças e adolescentes no âmbito do Município de Leme e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7875</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7875/emissao_7212110215cc45d1a9be5008_ato-oficial-projeto-de-lei---008-2026_assinado_versaoimpressao_1.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$ 5.217.250,58 )</t>
+  </si>
+  <si>
+    <t>7892</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7892/projeto_de_lei_pessoas_desaparecidas.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre tornar obrigatória a disponibilização, nos sítios eletrônicos oficiais da administração pública municipal de Leme, de espaço virtual específico para divulgação de informações e imagens de pessoas desaparecidas, com prioridade para crianças e adolescentes, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7954</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7954/oficio_no_15.2026___snj_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências. (R$ 5.013.841,41)</t>
+  </si>
+  <si>
+    <t>7955</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7955/oficio_no_16.2026_merged_unsigned.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências. (R$ 6.218.388,76)</t>
+  </si>
+  <si>
+    <t>7956</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7956/oficio_17.26_merged_unsigned.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências. (R$ 1.207.007,39)</t>
+  </si>
+  <si>
+    <t>7968</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7968/projeto_de_lei_alteracao_orcamento_2026_alteracao_09_eti_fundeb_superavit__25_02_26.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$  5.972.385,54)</t>
+  </si>
+  <si>
+    <t>7992</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7992/oficio_no_19.2026__snj.__projeto_de_lei_alteracao_orcamento.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$ 224.638,78)</t>
+  </si>
+  <si>
+    <t>8176</t>
+  </si>
+  <si>
+    <t>24</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8176/fiscalizacao_colaborativa_de_residuos_solidos..docx</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Leme, o Programa Municipal de Fiscalização Colaborativa de Resíduos Sólidos e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8192</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8192/pl_programa_adote_um_campeao.pdf</t>
+  </si>
+  <si>
+    <t>“Institui no âmbito do Município de Leme o programa adote um campeão, de incentivo ao patrocínio de atletas e paratletas locais por pessoas jurídicas de direito privado, e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>8193</t>
+  </si>
+  <si>
+    <t>26</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8193/oficio_no_29.2026___snj_projeto_de_lei_alteracao_orcamento_2026_subvencao_social_gacc_merged_unsigned.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências” (180.000,00)</t>
+  </si>
+  <si>
+    <t>8205</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8205/plo_11.03.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proteção da memória em homenagens públicas e estabelece critérios para a alteração de denominação de próprios, vias e logradouros públicos no Município de Leme/SP, instituindo a obrigatoriedade de consentimento da família do homenageado e dá outras providências.</t>
+  </si>
+  <si>
+    <t>8262</t>
+  </si>
+  <si>
+    <t>28</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8262/pl_28-26_-_credito_1.906.53376.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências. (R$ 1.906.533,76)</t>
+  </si>
+  <si>
+    <t>8265</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8265/pl_29-26_-_esf_paulo_macarenco.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Unidade de Saúde da Família - ESF Saulo, que passa a denominar-se "ESF PAULO MACARENCO", no Município de Leme.</t>
+  </si>
+  <si>
+    <t>8310</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8310/projeto_de_lei_praticas_integrativas.docx</t>
+  </si>
+  <si>
+    <t>“Institui o Programa Municipal de Promoção da Saúde Integral por meio de Práticas Integrativas e Complementares em Saúde (PICS) e estabelece diretrizes.”</t>
+  </si>
+  <si>
+    <t>8377</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8377/oficio_no_34.2026_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro_a_atletas_amadores_e_profissionais_que_participem_de_eventos_e_competicoes_esportivas_representando_o_municiipio_de_leme.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo Municipal a conceder auxílio financeiro a atletas amadores e profissionais que participem de eventos e competições esportivas representando o Município de Leme e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>8378</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8378/projeto_de_lei_alteracao_orcamento_2026_alteracao_12_cultura_assistencia_devolucoes_trator_e_obras_18_03_26.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.” (R$ 793.924,53).</t>
+  </si>
+  <si>
+    <t>8382</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8382/projeto_de_lei_ordinaria_1.doc</t>
+  </si>
+  <si>
+    <t>“Institui o Programa “Aluno Amigo dos Animais” no Município de Leme e dá outras providências”.</t>
+  </si>
+  <si>
+    <t>8391</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8391/projeto_de_lei_alteracao_orcamento_2026_obras_ubs_vanessa_cmi2_anulacao_ex_anteriores_xlsx.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências” (R$ 554.490,85)</t>
+  </si>
+  <si>
+    <t>8392</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8392/projeto_de_lei_m-chat.doc</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a aplicação do questionário M-CHAT    (Modified Checklist for Autism in Toddlers) para rastreamento de sinais precoces do Transtorno do Espectro Autista (TEA) nas unidades públicas de saúde do Município de Leme e dá outras providências.</t>
+  </si>
+  <si>
     <t>7578</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf</t>
   </si>
   <si>
     <t>Concede licença de 22 (vinte e dois) dias ao Prefeito Municipal.</t>
   </si>
   <si>
+    <t>7739</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7739/projeto_cicdadao_lemense_dra_ana_maria.docx</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Lemense a Sra. Ana Maria Lopes Medeiros</t>
+  </si>
+  <si>
+    <t>8388</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8388/titulo_cidadao_baleia_22.3.docx</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadão Lemense ao Sr. Luiz Felipe Baleia Tenuto.</t>
+  </si>
+  <si>
+    <t>7958</t>
+  </si>
+  <si>
+    <t>PR</t>
+  </si>
+  <si>
+    <t>Projeto de Resolução</t>
+  </si>
+  <si>
+    <t>Andrea Navarro Mondin, João Carlos Cerbi</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7958/comissao_assntos_relevantes_saude.pdf</t>
+  </si>
+  <si>
+    <t>Constitui Comissão de Assuntos Relevantes para analisar assuntos ligados à Saúde no Município</t>
+  </si>
+  <si>
+    <t>8102</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8102/plr_institui_o_premio_mulher_destaque.doc</t>
+  </si>
+  <si>
+    <t>Institui o Prêmio ''MULHER DESTAQUE'' no Município de Leme, e dá outras providências</t>
+  </si>
+  <si>
+    <t>7798</t>
+  </si>
+  <si>
+    <t>SUB</t>
+  </si>
+  <si>
+    <t>Substitutivo</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7798/projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_substitutivo_11_02_2026.pdf</t>
+  </si>
+  <si>
+    <t>SUBSTITUTIVO AO PL Nº 11/2026.</t>
+  </si>
+  <si>
+    <t>8031</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8031/emissa_1.pdf</t>
+  </si>
+  <si>
+    <t>Substitutivo ao Projeto de Lei nº 23/2026, que “Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências”</t>
+  </si>
+  <si>
+    <t>8275</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8275/pl_28-26_-_substitutivo.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências.</t>
+  </si>
+  <si>
     <t>7579</t>
   </si>
   <si>
     <t>PARC</t>
   </si>
   <si>
     <t>Parecer de Comissão</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf</t>
   </si>
   <si>
     <t>Parecer das comissões PDL 01/2026</t>
   </si>
   <si>
     <t>7584</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf</t>
   </si>
   <si>
     <t>Parecer das comissões PL 173/2025</t>
   </si>
   <si>
+    <t>7793</t>
+  </si>
+  <si>
+    <t>CCJR - Comissão de Constituição, Justiça e Redação</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7793/brnb422007e9271_009472.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL09/2026.</t>
+  </si>
+  <si>
+    <t>7795</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7795/brnb422007e9271_009476.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL03/2026.</t>
+  </si>
+  <si>
+    <t>7804</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7804/parecer_das_comissoes_ao_pdl35-25.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PDL 35/2025.</t>
+  </si>
+  <si>
+    <t>7877</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7877/pl11.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 011/2026</t>
+  </si>
+  <si>
+    <t>7879</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7879/pl01.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 01/2026</t>
+  </si>
+  <si>
+    <t>7880</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7880/pl179.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões pl 179/2025</t>
+  </si>
+  <si>
+    <t>7881</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7881/pl02.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões 02/2026</t>
+  </si>
+  <si>
+    <t>7882</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7882/pl2.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões  PL 02/2025</t>
+  </si>
+  <si>
+    <t>7883</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7883/pl04.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões  PL 04/2026</t>
+  </si>
+  <si>
+    <t>7889</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL16/2026.</t>
+  </si>
+  <si>
+    <t>7964</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7964/brnb422007e9271_009507.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PLO 20/2026.</t>
+  </si>
+  <si>
+    <t>7966</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7966/brnb422007e9271_009513.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PLO 21/2026.</t>
+  </si>
+  <si>
+    <t>7993</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7993/pl180.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 180/2025</t>
+  </si>
+  <si>
+    <t>7998</t>
+  </si>
+  <si>
+    <t>COFC - Comissão de Orçamento, Finanças e Contabilidade</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7998/brnb422007e9271_009568.pdf</t>
+  </si>
+  <si>
+    <t>Parecer DESFAVORÁVEL da Comissão de Orçamento, Finanças e Contabilidade ao PL 140/2025._x000D_
+2 Votos DESFAVORÁVEIS_x000D_
+1 Voto FAVORÁVEL.</t>
+  </si>
+  <si>
+    <t>7999</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>CSECLT - Comissão de Saúde e Educação, Cultura, Lazer e Turismo</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7999/brnb422007e9271_009571.pdf</t>
+  </si>
+  <si>
+    <t>Parecer FAVORAVEL da Comissão de Saúde, Educação, Cultura, Lazer e Turismo ao PL 140/2025_x000D_
+2 votos favoráveis e 1 voto contra.</t>
+  </si>
+  <si>
+    <t>8059</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8059/brnb422007e9271_009618.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL22/2026.</t>
+  </si>
+  <si>
+    <t>8061</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8061/brnb422007e9271_009622.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL23/2026.</t>
+  </si>
+  <si>
+    <t>8073</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8073/brnb422007e9271_009629.pdf</t>
+  </si>
+  <si>
+    <t>PARECER DESFAVORAVEL DA COMISSÃO OFC AO PL 159/2025.</t>
+  </si>
+  <si>
+    <t>8074</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8074/brnb422007e9271_009631.pdf</t>
+  </si>
+  <si>
+    <t>PARECER FAVORÁVEL DA COMISSÃO SECLT AO PL 159/2025.</t>
+  </si>
+  <si>
+    <t>8083</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8083/plc01.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PLC 01/2026</t>
+  </si>
+  <si>
+    <t>8084</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8084/pl07.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões  PL 07/2026</t>
+  </si>
+  <si>
+    <t>8085</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8085/plc05.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PLC 05/2026</t>
+  </si>
+  <si>
+    <t>8178</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8178/pl06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 06/2026</t>
+  </si>
+  <si>
+    <t>8181</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8181/parecer_conjunto_comissoes_plc08-26.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PLC 08/2026.</t>
+  </si>
+  <si>
+    <t>8182</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8182/parecer_conjunto_comissoes_pl19-26.pdf</t>
+  </si>
+  <si>
+    <t>PARECER CONJUNTO DAS COMISSÕES AO PL19/2026.</t>
+  </si>
+  <si>
+    <t>8187</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8187/plc02.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PLC 02/2026</t>
+  </si>
+  <si>
+    <t>8188</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8188/pl10.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões  PL 10/2026</t>
+  </si>
+  <si>
+    <t>8191</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8191/img20260311_17203486.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões do processo de julgamento das contas do Executivo 01/2026</t>
+  </si>
+  <si>
+    <t>8283</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8283/img20260317_14293660.pdf</t>
+  </si>
+  <si>
+    <t>parecer das comissões PL 28/2026</t>
+  </si>
+  <si>
+    <t>8285</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8285/img20260317_14372583.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 26/2026</t>
+  </si>
+  <si>
+    <t>8288</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8288/pc_33_ao_plc02.pdf</t>
+  </si>
+  <si>
+    <t>Parecer da Comissão de Saúde, Educação, Cultura, Lazer e Turismo ao PLC02/26.</t>
+  </si>
+  <si>
+    <t>8384</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8384/brnb422007e9271_009722.pdf</t>
+  </si>
+  <si>
+    <t>Parecer Conjunto das Comissões ao PL32/2026.</t>
+  </si>
+  <si>
+    <t>8396</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8396/pdl36.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PDL 36/2025</t>
+  </si>
+  <si>
+    <t>8397</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8397/pl133.pdf</t>
+  </si>
+  <si>
+    <t>Parecer das comissões PL 133/2026</t>
+  </si>
+  <si>
     <t>7589</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>João Carlos Cerbi</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf</t>
   </si>
   <si>
     <t>Requer o envio de profundo pesar pelo falecimento da servidora pública Rosana Aparecida da Silva;</t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
-    <t>Fabiele de Souza Trevisan Bergamin</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf</t>
   </si>
   <si>
     <t>Requer o envio de profundo pesar pelo falecimento do SRa Cristiane Santos de Oliveira</t>
   </si>
   <si>
     <t>7604</t>
   </si>
   <si>
-    <t>João Arrais Serodio Neto</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc</t>
   </si>
   <si>
     <t>Requer informações do Sr. Superintendente de Água e Esgoto de Leme (SAECIL) sobre consumo e gastos com energia elétrica pela Autarquia.</t>
   </si>
   <si>
     <t>7624</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf</t>
   </si>
   <si>
     <t>Requer informações do Sr. Prefeito Municipal e Secretaria Saúde sobre atendimento médico no PAM.</t>
   </si>
   <si>
+    <t>7626</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7626/requerimento_informacoes_5.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações do Prefeito Municipal de Leme.</t>
+  </si>
+  <si>
+    <t>7627</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7627/votos_de_pesar_mauro.doc</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento do Sr. Mauro Camargo.</t>
+  </si>
+  <si>
+    <t>7630</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7630/voto_de_pesar_02_cristina.doc</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento da Sra. Cristiane Aparecida Freitas Bertini.</t>
+  </si>
+  <si>
+    <t>7648</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7648/requerimento_informacoes_4.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro ao Excelentíssimo Senhor Prefeito Municipal, nos termos regimentais, que sejam prestadas informações e adotadas providências urgentes em relação aos problemas recorrentes de falta de energia elétrica e ausência de sinal de telefonia móvel no bairro Jardim Angélica.</t>
+  </si>
+  <si>
+    <t>7650</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7650/requerimento_informacoes_7.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro ao Excelentíssimo Senhor Prefeito Municipal, nos termos regimentais, que preste as seguintes informações acerca da aplicação da Lei nº 15.235/2025, que instituiu a isenção total da conta de energia elétrica para consumidores de baixa renda com consumo mensal de até 80 kWh, no âmbito do município.</t>
+  </si>
+  <si>
+    <t>7652</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7652/pesar__luis_carlos_papesso.doc</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. Luis Carlos Papesso</t>
+  </si>
+  <si>
+    <t>7658</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7658/requerimento_informacoes_6.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro ao Excelentíssimo Senhor Prefeito Municipal, nos termos regimentais, que informe a esta Casa Legislativa sobre a possibilidade de adesão do Município ao Pacto Cidades Antirracistas, iniciativa do Ministério Público do Estado de São Paulo.</t>
+  </si>
+  <si>
+    <t>7666</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7666/requerimento_psicologo.docx</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre a implantação de serviços de psicologia e assistência social na rede pública municipal de educação, conforme a Lei Federal nº 13.935/2019.</t>
+  </si>
+  <si>
+    <t>7669</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7669/requerimento_malha_viaria.doc</t>
+  </si>
+  <si>
+    <t>Requer Informações ao Prefeito Municipal sobre a manutenção e recuperação da malha viária do município.</t>
+  </si>
+  <si>
+    <t>7670</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7670/requerimento_pediatria_ginecologia.doc</t>
+  </si>
+  <si>
+    <t>Requer informações à Secretaria Municipal de Saúde sobre atendimento em pediatria, ginecologia, agendamento de consultas, cobertura da atenção básica e ampliação do acesso à saúde no Município de Leme.</t>
+  </si>
+  <si>
+    <t>7671</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7671/requerimento_exames_rede.doc</t>
+  </si>
+  <si>
+    <t>Requer informações à Secretaria Municipal de Saúde sobre filas, prazos e oferta de exames na Rede Municipal de Saúde de Leme.</t>
+  </si>
+  <si>
+    <t>7703</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7703/voto_de_pesar_02_fatima.doc</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento da Sra. Fatima Aparecida Leme da Silva.</t>
+  </si>
+  <si>
+    <t>7705</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7705/requer_congratulcoes_casa_mulher.docx</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações a toda equipe técnica de enfermagem e à equipe da Casa da Mulher</t>
+  </si>
+  <si>
+    <t>7723</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7723/aniversario_juliano_costa_de_souza.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações pelo aniversário do Pastor Juliano Costa de Souza da Igreja presbiteriana do  cambuhy, no dia 08 de Fevereiro .</t>
+  </si>
+  <si>
+    <t>7729</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7729/requer_cumprimento_lei_atend_preferencial_cancer.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre o cumprimento da Lei Municipal nº 4.389, de 17 de abril de 2025, que assegura prioridade de atendimento a pessoas com câncer na rede pública de saúde, e solicita providências.</t>
+  </si>
+  <si>
+    <t>7735</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7735/voto_de_pesar_02_.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento da Sra. Luzia Aparecida Fantin Fehr.</t>
+  </si>
+  <si>
+    <t>7737</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7737/requerimento_saecil_borda_bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações à SAECIL – sobre os serviços realizados nas bordas dos bueiros , que vêm apresentando cedimento.</t>
+  </si>
+  <si>
+    <t>7738</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7738/reforma_de_calcadas_acessibilidade_2026.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Sr. Prefeito Municipal sobre serviços contratados para instalação de guias rebaixadas para acessibilidade no Município de Leme.</t>
+  </si>
+  <si>
+    <t>7740</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7740/requer_informacoes_do_prefeito_municipal..pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Prefeito Municipal.</t>
+  </si>
+  <si>
+    <t>7741</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7741/requer_informacoes_do_prefeito_municipal._1.pdf</t>
+  </si>
+  <si>
+    <t>7742</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7742/voto_de_pesar_02_olga.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento da Sra. Olga _x000D_
+Rister Brandt.</t>
+  </si>
+  <si>
+    <t>7744</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7744/requer_informacoes_do_diretor_presidente_da_saecil._1.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações do Diretor Presidente da Saecil.</t>
+  </si>
+  <si>
+    <t>7752</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7752/voto_sr_arlindo_carreira_231_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer Voto de Congratulação ao Sr. Arlindo Carreira, pela celebração de seus 80 (oitenta) anos de vida.</t>
+  </si>
+  <si>
+    <t>7764</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7764/votos_de_congratulacoes.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações a atleta lemense Thalita Melisnsk, que conquistou uma vaga para disputa da tradicional maratona de Boston.</t>
+  </si>
+  <si>
+    <t>7768</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7768/requerimento_santacasa_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre contratos, convênios e prestação de contas da Santa Casa de Misericórdia de Leme.</t>
+  </si>
+  <si>
+    <t>7775</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7775/4-voto_de_pesar_09-02-2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. João Carlos Cherbo.</t>
+  </si>
+  <si>
+    <t>7787</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7787/requerimento_adesao_maisacessoespecialistas_ok.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a adesão e execução do Programa Mais Acesso a Especialistas.</t>
+  </si>
+  <si>
+    <t>7788</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7788/requerimento_cemmil_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca da contratação de servidores por intermédio do CEMMIL – Consórcio Intermunicipal para o Desenvolvimento Sustentável</t>
+  </si>
+  <si>
+    <t>7805</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7805/voto_pesar__0902.pdf</t>
+  </si>
+  <si>
+    <t>Requer Votos de pesar pelo falecimento do Pastor Antônio Batista</t>
+  </si>
+  <si>
+    <t>7826</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7826/pesar__antonio_dos_santos_jose_mais_conhecido_como_pele_do_gas.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. Antônio dos Santos José mais conhecido popularmente como Pelé do gás</t>
+  </si>
+  <si>
+    <t>7828</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7828/voto_sr_arlindo_carreira_231.pdf</t>
+  </si>
+  <si>
+    <t>7839</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7839/votos_de_pesar_julio_klaus.doc</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento da Sr. Júlio Klaus Neto.</t>
+  </si>
+  <si>
+    <t>7847</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7847/req_neurologista_cirurgia.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal, sobre a demora no atendimento e na realização de procedimentos cirúrgicos na especialidade de Neurologia</t>
+  </si>
+  <si>
+    <t>7854</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7854/req_neurologista_oncologia.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal, sobre a demora no atendimento e na realização de procedimentos cirúrgicos na especialidade de Oncologia</t>
+  </si>
+  <si>
+    <t>7856</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7856/req_neurologista_endovascular.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal, sobre a demora no atendimento e na realização de procedimentos cirúrgicos na especialidade de Endovascular.</t>
+  </si>
+  <si>
+    <t>7861</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7861/req_lampadas_queinmadas_em_pracas.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre lâmpadas queimadas em praças públicas em Leme</t>
+  </si>
+  <si>
+    <t>7873</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7873/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. José Roberto di Camillo</t>
+  </si>
+  <si>
+    <t>7874</t>
+  </si>
+  <si>
+    <t>42</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7874/voto_de_pesar__sr._jorge_porto._2.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de voto de profundo pesar pelo falecimento do Sr. Marcos Cozar.</t>
+  </si>
+  <si>
+    <t>7898</t>
+  </si>
+  <si>
+    <t>43</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7898/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.doc</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. José Roberto Di Camillo</t>
+  </si>
+  <si>
+    <t>7901</t>
+  </si>
+  <si>
+    <t>44</t>
+  </si>
+  <si>
+    <t>Carina Aparecida Blascke Mudinutti</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7901/voto_de_pesar.doc</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento _x000D_
+da jovem Leticia Gabriele Vaz da Silva.</t>
+  </si>
+  <si>
+    <t>7902</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7902/2-requerimento.doc</t>
+  </si>
+  <si>
+    <t>Requer Informações ao Prefeito Municipal sobre a Patrulha Maria da Penha.</t>
+  </si>
+  <si>
+    <t>7905</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7905/requer_ponto_de_onibus.docx</t>
+  </si>
+  <si>
+    <t>Requer informações acerca dos pontos de ônibus no Município</t>
+  </si>
+  <si>
+    <t>7910</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7910/req_mpox.docx</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a situação epidemiológica da MPOX e as providências adotadas pela administração municipal</t>
+  </si>
+  <si>
+    <t>7913</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7913/requer_informacoes_do_prefeito_municipal.doc</t>
+  </si>
+  <si>
+    <t>Requer informações do Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>7919</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>Ademir Albano Lopes</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7919/2_-requerimento_nuroginecologista.doc</t>
+  </si>
+  <si>
+    <t>Requer Informações sobre relativas ao atendimento na especialidade de neuroginecologia no âmbito da rede pública municipal</t>
+  </si>
+  <si>
+    <t>7920</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7920/req_ace.docx</t>
+  </si>
+  <si>
+    <t>Requer informações ao Prefeito Municipal e à Secretaria Municipal de Saúde de Leme sobre o cumprimento da Portaria GM/MS nº 10.132/2026, referente aos recursos da Assistência Financeira Complementar (AFC) e do Incentivo Financeiro (IF) destinados ao piso salarial e ao fortalecimento das ações dos Agentes de Combate às Endemias (ACE)</t>
+  </si>
+  <si>
+    <t>7940</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7940/requerimento_cargos_comissionados.doc</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas acerca dos cargos comissionados e dos cargos vinculados ao setor de licitações.</t>
+  </si>
+  <si>
+    <t>7957</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7957/req_plano_hapvida.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações junto ao Prefeito Municipal e à Secretaria Municipal de Saúde de Leme acerca de eventual prática da operadora de plano de saúde Hapvida consistente na negativa de transporte a beneficiários, com orientação para que busquem atendimento junto ao SUS municipal, bem como sobre as medidas administrativas e judiciais cabíveis para resguardar o erário e evitar sobrecarga da rede pública.</t>
+  </si>
+  <si>
+    <t>7974</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7974/requerimento_valetao_ibicatu.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre situação atual e providências tomadas sobre o “VALETÃO” instalado no acostamento da Estrada Municipal Prefeito Doutor Sebastião Jair Mourão, logo após a Ponte do Rio Mogi Guaçu.</t>
+  </si>
+  <si>
+    <t>7982</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7982/voto_de_pesar__sra._luzia__fontes_de_moraes_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de voto de profundo pesar pelo falecimento do Sra. Luzia Fontes de Moraes.</t>
+  </si>
+  <si>
+    <t>7983</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7983/requerimento_aquisicao_de_ambulancia_uti_pam.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a requisição n° 24/2025, datada de 11/02/2025, do Pronto Atendimento Municipal, solicitando 1(uma) Ambulância Tipo “D”(UTI Móvel).</t>
+  </si>
+  <si>
+    <t>7994</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7994/requer_informacao_colheita_lixeira.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca do cronograma de limpeza das lixeiras públicas do município</t>
+  </si>
+  <si>
+    <t>7995</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7995/2_-requerimento_uroginecologica.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado expediente ao Departamento Regional de Saúde de Piracicaba – DRS X, solicitando as seguintes informações relacionadas à especialidade de Uroginecologia no âmbito de sua regional</t>
+  </si>
+  <si>
+    <t>8001</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8001/requer_cobranca_exame_sta_casa.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca dos relatos de cobrança para fornecimento de exames médicos na Santa Casa de Misericórdia.</t>
+  </si>
+  <si>
+    <t>8007</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8007/votos_de_pesar_lolete.pdf</t>
+  </si>
+  <si>
+    <t>Requer Voto de Profundo Pesar pelo falecimento da Sra. Lolete da Silveira Bertin.</t>
+  </si>
+  <si>
+    <t>8010</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8010/3-voto_de_congratulacoes_ao_sr__waldemar_da_costa_neto.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações ao Senhor VALDEMAR DA COSTA NETO pela outorga do COLAR DE HONRA AO MÉRITO LEGISLATIVO DO ESTADO DE SÃO PAULO.</t>
+  </si>
+  <si>
+    <t>8016</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8016/voto_de_pesar_02_nicanor.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento do Sr. Nicanor Fernandes.</t>
+  </si>
+  <si>
+    <t>8045</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8045/requerimento_monitoramento_descartelixo.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas acerca da utilização do sistema de monitoramento por câmeras instalado na Rua Alfredo Lopes, nas proximidades da rotatória da EMEB “Dr. Raul Schwinden”, especialmente quanto à fiscalização de descarte irregular de lixo.</t>
+  </si>
+  <si>
+    <t>8046</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8046/requerimento_robotica_reforma_escolas.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas acerca dos investimentos em manutenção e reformas das unidades escolares da Rede Municipal de Ensino, bem como sobre os gastos com serviços de robótica educacional.</t>
+  </si>
+  <si>
+    <t>8047</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8047/requerimento_lions.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre cessão de imóvel público – Projeto de Lei Complementar nº 03/2026</t>
+  </si>
+  <si>
+    <t>8110</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8110/requerimento_locacao__de_gasometro_para_o_pam_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações sobre a requisição n° 23/2025, datada de 29/04/2025, do Pronto Atendimento Municipal, solicitando a locação de um analisador de gases sanguíneos, com capacidade de medições de parâmetros essenciais para a avaliação clínica rápida de pacientes em estado crítico.</t>
+  </si>
+  <si>
+    <t>8152</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8152/votos_de_pesar_-1-_1_-_1_.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de pesar pelo falecimento do Sr. Milton Ranieri.</t>
+  </si>
+  <si>
+    <t>8154</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8154/requerimento_informacoes.pdf</t>
+  </si>
+  <si>
+    <t>Requeiro ao Excelentíssimo Senhor Prefeito Municipal, solicitando informações, por meio da Secretaria Municipal competente, acerca dos procedimentos adotados pelo Município para fiscalização, monitoramento e manejo de árvores que apresentam risco iminente de queda, especialmente em períodos de chuvas intensas e ventos fortes.</t>
+  </si>
+  <si>
+    <t>8159</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8159/requer_votos_de_congratulacoes_para_o_chefe_de_instrucao_do_tiro_de_guerra_02-074_subtenente_marcelo_jeronimo_de_carvalho_e_a_todos_os_atiradores_da_ativa_e_da_reserva..pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações para o chefe de instrução do Tiro de Guerra 02-074, Subtenente Marcelo Jerônimo de Carvalho e a todos os atiradores da ativa e da reserva.</t>
+  </si>
+  <si>
+    <t>8210</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8210/requerimento_qual_setor_responsavel_por_animais_de_grande_porte.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal sobre responsabilidade e local adequado para recolhimento de animais de grande porte soltos no município.</t>
+  </si>
+  <si>
+    <t>8211</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8211/requerimento_sobre_a_manutencao_da_maquina_exames_do_cavet.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal sobre a situação da máquina utilizada para exames laboratoriais no CAVET – Centro de Atendimento Veterinário.</t>
+  </si>
+  <si>
+    <t>8215</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8215/3-voto_de_congratulacoes_-_iran_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações ao SD PM 156134-A IRAN MARCOS VALÉRIO, do 16.GB, pela concessão da Láurea de Mérito Pessoal em 2º Grau.</t>
+  </si>
+  <si>
+    <t>8267</t>
+  </si>
+  <si>
+    <t>72</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8267/requerimento_72.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações à ICPI – Igreja de Cristo Pentecostal Internacional de Leme, pela celebração de 21 anos na cidade de Leme.</t>
+  </si>
+  <si>
+    <t>8268</t>
+  </si>
+  <si>
+    <t>73</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8268/requerimento_73.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações acerca do cumprimento da Lei Ordinária nº 4.494, de 04 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>8269</t>
+  </si>
+  <si>
+    <t>74</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8269/requerimento_74.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. Francisco Pedro Joest.</t>
+  </si>
+  <si>
+    <t>8270</t>
+  </si>
+  <si>
+    <t>75</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8270/requerimento_75.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações a respeito do acompanhamento pós-operatório dos pacientes que realizaram cirurgia bariátrica.</t>
+  </si>
+  <si>
+    <t>8304</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8304/requer_votos_de_congratulacoes__pr_joais.pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações pelo aniversário do Pastor Joais Francisco Oliveira da Igreja Assembleia de Deus ministério Ipiranga, no dia 28 de Março.</t>
+  </si>
+  <si>
+    <t>8305</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8305/4-voto_de_pesar.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. AUGUSTO DE LIMA SANTOS</t>
+  </si>
+  <si>
+    <t>8306</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8306/requer_artes_marciais.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações ao Poder Executivo sobre as políticas públicas de fomento às artes marciais e as medidas de apoio aos seus praticantes no âmbito do Município.</t>
+  </si>
+  <si>
+    <t>8307</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8307/2-requerimento_poste_tombado_1.pdf</t>
+  </si>
+  <si>
+    <t>Requer informações detalhadas sobre poste de energia tombado e falhas na iluminação pública na Av. João Pinto de Azevedo.</t>
+  </si>
+  <si>
+    <t>8371</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8371/req_licenca_premio.pdf</t>
+  </si>
+  <si>
+    <t>Requer Informações junto ao Prefeito Municipal</t>
+  </si>
+  <si>
+    <t>8372</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8372/requer_votos_de_congratulacoes_ao_major_pm_ricardo_anversa..pdf</t>
+  </si>
+  <si>
+    <t>Requer votos de congratulações ao Major PM Ricardo Anversa.</t>
+  </si>
+  <si>
     <t>7588</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>Andrea Navarro Mondin</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf</t>
   </si>
   <si>
     <t>Indica implementação de mais postes ou pontos de iluminação na Rua Hormindo Boy, no bairro Jardim Serelepe.</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf</t>
   </si>
   <si>
     <t>Indica a realização de uma forte  campanha para prevenção à dengue e outras providências de combate à doença.</t>
   </si>
   <si>
     <t>7591</t>
   </si>
   <si>
-    <t>Carina Aparecida Blascke</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf</t>
   </si>
   <si>
     <t>Indica poda de arvores localizadas na Rua Ângelo Consentino.</t>
   </si>
   <si>
     <t>7592</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf</t>
   </si>
   <si>
     <t>Indica reforma e ampliação do Posto de Saúde Geraldina Caetano  Mengue no Bairro Caju.</t>
   </si>
   <si>
     <t>7593</t>
   </si>
   <si>
-    <t>5</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf</t>
   </si>
   <si>
     <t>Indica poda de arvores localizadas na Av. Visconde de Nova Granada, em frente ao Centro de Referência da Criança.</t>
   </si>
   <si>
     <t>7594</t>
   </si>
   <si>
-    <t>6</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf</t>
   </si>
   <si>
     <t>Indica o chamamento de Técnicos para o retorno do CRAS Itinerante do bairro Caju.</t>
   </si>
   <si>
     <t>7595</t>
   </si>
   <si>
-    <t>7</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf</t>
   </si>
   <si>
     <t>Indica o chamamento público de técnicos para atuar na Secretaria de Assistência e Desenvolvimento Social.</t>
   </si>
   <si>
     <t>7596</t>
   </si>
   <si>
-    <t>8</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc</t>
   </si>
   <si>
     <t>Indica a substituição da van utilizada no transporte de pacientes que realizam tratamento de hemodiálise.</t>
   </si>
   <si>
     <t>7597</t>
   </si>
   <si>
-    <t>9</t>
-[...5 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf</t>
   </si>
   <si>
     <t>Indico a retirada dos lixos acumulados na Avenida Joaquim Lopes Aguila, nº 8101.</t>
   </si>
   <si>
     <t>7598</t>
   </si>
   <si>
-    <t>10</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf</t>
   </si>
   <si>
     <t>Indica a contratação de Neuropediatra para atuar no SOS Bebê.</t>
   </si>
   <si>
     <t>7600</t>
   </si>
   <si>
-    <t>11</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf</t>
   </si>
   <si>
     <t>Indica manutenção e a troca de brinquedos em todas as praças municipais.</t>
   </si>
   <si>
     <t>7601</t>
   </si>
   <si>
-    <t>12</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf</t>
   </si>
   <si>
     <t>Indica a avaliação técnica para retirada de árvore localizada na Av. Maria Aparecida Arrais Kock em frente ao número 545.</t>
   </si>
   <si>
     <t>7602</t>
   </si>
   <si>
-    <t>13</t>
-[...5 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf</t>
   </si>
   <si>
     <t>Indica Anteprojeto que dispõe sobre a isenção de IPTU para idosos, aposentados e pensionistas.</t>
   </si>
   <si>
     <t>7603</t>
   </si>
   <si>
-    <t>14</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf</t>
   </si>
   <si>
     <t>Indica novamente instalação de aduelas(pontes)  sobre o Córrego Batinga, na Rua Luiz Da Roz e no acesso à Rua Cantidiano Moreira de Queiroz.</t>
   </si>
   <si>
     <t>7605</t>
   </si>
   <si>
-    <t>15</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf</t>
   </si>
   <si>
     <t>Indica a adoção de medidas efetivas de monitoramento, patrulhamento e intensificação da fiscalização em áreas do município que apresentam maior incidência ou suscetibilidade ao descarte irregular de lixo, entulho e resíduos sólidos em terrenos baldios, calçadas, vias públicas e áreas verdes.</t>
   </si>
   <si>
     <t>7606</t>
   </si>
   <si>
-    <t>16</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf</t>
   </si>
   <si>
     <t>Indica a implantação de mini rotatória e reforço da sinalização viária no cruzamento das ruas Hormindo Boy, Angelina Zapacosta e Márcio Rodrigo de Menezes, no bairro Jardim Serelepe.</t>
   </si>
   <si>
     <t>7610</t>
   </si>
   <si>
-    <t>17</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf</t>
   </si>
   <si>
     <t>Indico retirada dos lixos acumulados na Rua Ida Morales, altura do nº 199, no bairro Jardim Amália,</t>
   </si>
   <si>
     <t>7612</t>
   </si>
   <si>
-    <t>18</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf</t>
   </si>
   <si>
     <t>Indica a realização de estudos técnicos e consulta à população para melhoria do fluxo de veículos e da segurança viária na Rua Victor Curioni, no bairro Jardim Santa Paula.</t>
   </si>
   <si>
     <t>7613</t>
   </si>
   <si>
-    <t>19</t>
-[...5 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Leme, para que, por meio da Secretaria Municipal de Saúde, seja realizado um Mutirão de Fonoaudiologia, com foco no atendimento de pacientes que aguardam consulta, avaliação ou acompanhamento especializado</t>
   </si>
   <si>
     <t>7614</t>
   </si>
   <si>
-    <t>20</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf</t>
   </si>
   <si>
     <t>Indica com urgência, a revitalização de pinturas e sinalizações de segurança, como também a realização de tapação asfáltica de buracos existentes na Avenida Hermínio Ometto, em frente ao Posto de Saúde Municipal João Leme.</t>
   </si>
   <si>
     <t>7615</t>
   </si>
   <si>
-    <t>21</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf</t>
   </si>
   <si>
     <t>Indica retirada de lixos acumulados e entulhos em toda a extensão da Avenida Maria Helena, no bairro Jardim Capitólio, mais especificamente no trecho compreendido entre as residências de números 600 ao 133.</t>
   </si>
   <si>
     <t>7617</t>
   </si>
   <si>
-    <t>22</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Municipal de Leme, para que, por meio da Secretaria Municipal de Saúde, seja promovido um mutirão de consultas e exames oftalmológicos, visando atender a demanda reprimida existente no município como miopia, astigmatismo, catarata, glaucoma e doenças da retina.</t>
   </si>
   <si>
     <t>7618</t>
   </si>
   <si>
-    <t>23</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf</t>
   </si>
   <si>
     <t>Indica regulamentação dos transportes por aplicativos.</t>
   </si>
   <si>
     <t>7620</t>
   </si>
   <si>
-    <t>24</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf</t>
   </si>
   <si>
     <t>Indica adoção de providências para a retirada do lixo acumulado e de entulhos descartados de forma irregular ao longo da Rua Manoel Vieira Sardinha, localizada no bairro Jardim Isabel Cristina.</t>
   </si>
   <si>
     <t>7621</t>
   </si>
   <si>
-    <t>25</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf</t>
   </si>
   <si>
     <t>Indica a retirada de lixo acumulado e entulhos descartados irregularmente na Rua Nelson Gonçalves dos Santos, no bairro Jardim Isabel Cristina.</t>
   </si>
   <si>
     <t>7622</t>
   </si>
   <si>
-    <t>26</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf</t>
   </si>
   <si>
     <t>Indica realização de poda técnica, criteriosa e ambientalmente responsável das árvores localizadas em Área de Preservação Permanente (APP) situada na Rua João Ricardo Carraro, no bairro Jardim do Parque, cujos galhos e raízes avançam sobre uma residência, causando riscos estruturais, de prejuízos materiais e insegurança aos moradores.</t>
   </si>
   <si>
     <t>7623</t>
   </si>
   <si>
-    <t>27</t>
-[...2 lines deleted...]
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf</t>
   </si>
   <si>
     <t>Indica realização de limpeza geral, roçagem e manutenção da área localizada na Rua Dr. Prof. Antônio Roversi, em frente ao número 1037 e adjacências</t>
   </si>
   <si>
+    <t>7628</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7628/indicacao_1_02.doc</t>
+  </si>
+  <si>
+    <t>Indica colocação de ar-condicionado no velório municipal.</t>
+  </si>
+  <si>
+    <t>7629</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7629/indica_zeladoria_jardimprimavera.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de amplo serviço de zeladoria urbana no bairro Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>7631</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7631/indica_limpeza_ruapedroalvarescabral_novasantarita.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza e remoção de lixo descartado irregularmente na Rua Pedro Álvares Cabral, no Jardim Nova Santa Rita.</t>
+  </si>
+  <si>
+    <t>7632</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7632/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por intermédio da Secretaria Municipal de Saúde, em parceria com a Secretaria Municipal de Assistência Social e/ou Esportes, a criação e implementação de um projeto de exercícios físicos voltado às pessoas idosas residentes nos bairros Taquari e Taquari Ponte, na zona rural do nosso município.</t>
+  </si>
+  <si>
+    <t>7633</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7633/indica_passarela_rodovia_02.02.26.docx</t>
+  </si>
+  <si>
+    <t>Indica realização de estudo técnico para implantação de passarela para pedestres nas proximidades da Rodovia Anhanguera.</t>
+  </si>
+  <si>
+    <t>7634</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7634/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, por intermédio da Secretaria Municipal de Obras e Planejamento, em parceria com as Secretarias Municipais de Educação, Saúde e Assistência Social, a criação de um playground adaptado e inclusivo, direcionado às crianças com Transtorno do Espectro Autista (TEA), a ser implantado em área tranquila e adequada do município.</t>
+  </si>
+  <si>
+    <t>7635</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7635/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, por intermédio da Secretaria Municipal de Saúde, em parceria com as Secretarias Municipais de Assistência Social e Educação, a criação da “Casa da Mãe Atípica” no município de Leme.</t>
+  </si>
+  <si>
+    <t>7636</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que encaminhe a esta Casa Legislativa Projeto de Lei que disponha sobre a isenção do Imposto Predial e Territorial Urbano (IPTU) para imóveis localizados em vias públicas onde não exista pavimentação asfáltica, no âmbito do município.</t>
+  </si>
+  <si>
+    <t>7637</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7637/ind__ortopedista_24h.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Leme, com ciência à Secretaria Municipal de Saúde, que sejam adotadas as providências necessárias para a implantação de médico ortopedista plantonista em regime de 24 (vinte e quatro) horas no PAM – Pronto Atendimento Municipal de Leme</t>
+  </si>
+  <si>
+    <t>7638</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7638/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por intermédio da Secretaria Municipal de Saúde, em articulação com a Santa Casa de Misericórdia, estude e promova a implementação do Programa “Saúde Total”, um conceito que integra estrutura, tecnologia, profissionais e acesso, com o objetivo de garantir um atendimento mais rápido, humano e eficiente à população.</t>
+  </si>
+  <si>
+    <t>7639</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7639/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio das Secretarias competentes, promova a realização de uma campanha de conscientização voltada ao respeito à vida animal e à atenção no trânsito, com ações educativas desenvolvidas em diferentes pontos da cidade.</t>
+  </si>
+  <si>
+    <t>7640</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7640/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio das Secretarias Municipais competentes, estude a implementação do Projeto “Estação Preço de Fábrica”, uma iniciativa voltada à promoção da economia circular, que propõe que o valor pago pelas usinas de reciclagem seja repassado diretamente ao cidadão, sem a atuação de atravessadores.</t>
+  </si>
+  <si>
+    <t>7641</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7641/ind__sala_tematica_ondontologica_infantil.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Leme, a adoção e/ou implantação do Consultório Odontopediátrico Dolphin, desenvolvido especialmente para oferecer conforto, praticidade e segurança no atendimento odontológico infantil em Leme</t>
+  </si>
+  <si>
+    <t>7642</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7642/ind__segunda_fase_muralha_digital.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo do Município de Leme que seja realizado estudo de viabilidade para a implantação da Fase 2 da Muralha Digital no Município de Leme, contemplando a integração dos sistemas de monitoramento externo de residências e estabelecimentos comerciais ao Centro de Operações Integradas (COI), com o objetivo de fortalecer a identificação de criminosos e o combate a ações criminosas</t>
+  </si>
+  <si>
+    <t>7643</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7643/indica_reparo_canteiro_central_carlo_bonfanti.docx</t>
+  </si>
+  <si>
+    <t>Indica a necessidade urgente de fiscalização, reparos e manutenção no canteiro central localizado na Avenida Carlo Bonfanti, em confluência com a Avenida João Arrais Seródio Filho.</t>
+  </si>
+  <si>
+    <t>7644</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7644/ind__criacao_de_bolsa_atleta.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo do Município de Leme a criação do Programa Bolsa Atleta, destinado à formação, incentivo e apoio a atletas do município, com o objetivo de representarem Leme em competições de nível estadual, nacional e internacional</t>
+  </si>
+  <si>
+    <t>7645</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7645/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Educação, implemente a plataforma digital, denominada “Educa Leme”, que seria uma ferramenta integrada que conecta escola, família e gestão educacional em um único ambiente digital.</t>
+  </si>
+  <si>
+    <t>7646</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7646/indicacao_anteprojeto01.doc</t>
+  </si>
+  <si>
+    <t>Indica Anteprojeto ‘Paraoficina Móvel' no Município de Leme, destinado à manutenção gratuita de equipamentos de mobilidade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>7647</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7647/ind__reforma_de_canatela_na_padre_juliao_com_n_p.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Sr. Prefeito Municipal reforma na canaleta existente no cruzamento da Rua Padre Julião com a Rua Newton Prado</t>
+  </si>
+  <si>
+    <t>7649</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7649/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio do órgão competente de trânsito, seja realizada fiscalização na Rua Cezino Mardegam, em razão da presença de carretas estacionadas irregularmente no local.</t>
+  </si>
+  <si>
+    <t>7651</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Meio Ambiente, em parceria com as Secretarias de Obras e Serviços Públicos, estude e promova a implementação do programa “Plantio de Árvores nas Calçadas”, no qual o morador solicita o plantio e o Município realiza o serviço gratuitamente.</t>
+  </si>
+  <si>
+    <t>7653</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, determine à SAECIL, a instalação de reservatórios de água nos bairros Jardim Bomsucesso e Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>7654</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7654/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, seja implantado atendimento psicológico às famílias de crianças e adolescentes diagnosticados com Diabetes Mellitus Tipo 1, integrando a saúde mental ao tratamento da condição desde o momento do diagnóstico.</t>
+  </si>
+  <si>
+    <t>7655</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7655/ind__programa_clik_arvores.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Sr. Prefeito Municipal a criação e implantação do Programa “CLIK ÁRVORES”, com o objetivo de realizar o plantio de árvores frutíferas e de espécies que proporcionem boa sombra, atendendo a população diretamente em suas residências, visando uma cidade mais verde, sustentável e ambientalmente equilibrada</t>
+  </si>
+  <si>
+    <t>7656</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7656/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme que, por meio das Secretarias Municipais competentes, estude e promova a implementação de ações voltadas à organização, identificação e proteção dos animais no município.</t>
+  </si>
+  <si>
+    <t>7657</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7657/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, sejam implantadas campanhas de ações preventivas e de conscientização sobre o câncer de pâncreas no âmbito do município.</t>
+  </si>
+  <si>
+    <t>7659</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7659/ind_pagamentos_retroativos_de_anuenio_trienio_quinquenio_sexta-parte_licenca-premio.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Sr. Prefeito Municipal que adote as medidas necessárias para a implementação e aplicação da Lei Complementar nº 226, de 12 de janeiro de 2026, no que se refere à concessão de pagamentos retroativos de anuênio, triênio, quinquênio, sexta-parte, licença-prêmio e demais mecanismos equivalentes, em benefício dos servidores públicos municipais</t>
+  </si>
+  <si>
+    <t>7660</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7660/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, estude e promova a construção de uma academia ao ar livre para a prática de exercícios físicos no bairro Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>7661</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7661/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, sejam implantadas campanhas de ações preventivas e de conscientização sobre o câncer de rim, no âmbito do município.</t>
+  </si>
+  <si>
+    <t>7662</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7662/ind_poda_de_arvores_herminio_ometto.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Sr. Prefeito Municipal poda de árvores na Avenida Hermínio Ometto</t>
+  </si>
+  <si>
+    <t>7663</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7663/ind__mais_medicos_nos_psfs.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo do Município de Leme que viabilize através da secretaria competente, um estudo para aumento do número de médicos nos Postos de Saúde da Família (PSF’s)</t>
+  </si>
+  <si>
+    <t>7664</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7664/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, execute melhorias na iluminação pública do campo localizado no bairro Sumaré.</t>
+  </si>
+  <si>
+    <t>7665</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7665/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, sejam adotadas medidas emergenciais e permanentes para zerar as filas de exames represados no âmbito do sistema público de saúde do município.</t>
+  </si>
+  <si>
+    <t>7667</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7667/ind__zerar_fila_de_aparelho_auditivo.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Poder Executivo do Município de Leme que viabilize, através da secretaria competente, zerar a fila de espera por aparelhos auditivos na Rede Municipal de Saúde</t>
+  </si>
+  <si>
+    <t>7668</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7668/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria competente, determine a limpeza de terrenos abandonados, calçadas, guias e sarjetas, localizadas na Rua Quaresmeira – Jardim Presidente.</t>
+  </si>
+  <si>
+    <t>7672</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7672/indica_ampliacao_guiasrebaixadas.doc</t>
+  </si>
+  <si>
+    <t>Indica providências para a ampliação da acessibilidade urbana no município, por meio da implantação de guias rebaixadas em conformidade com a NBR 9050, bem como da melhoria das condições das calçadas</t>
+  </si>
+  <si>
+    <t>7673</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7673/indica_campanhas_educativas.doc</t>
+  </si>
+  <si>
+    <t>Indica políticas públicas permanentes de educação, conscientização e prevenção no trânsito no município de Leme.</t>
+  </si>
+  <si>
+    <t>7674</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7674/indica_estudo_melhorias_entregasexames.doc</t>
+  </si>
+  <si>
+    <t>Indica estudo técnico visando à ampliação e melhoria do sistema de entrega de exames realizados no CMI</t>
+  </si>
+  <si>
+    <t>7675</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7675/indica_fiscalizacao_cavalos_ruasantacecilia.doc</t>
+  </si>
+  <si>
+    <t>Indica providências quanto à presença de animal solto (cavalo) na Rua Santa Cecília, entre os números 329 e 386.</t>
+  </si>
+  <si>
+    <t>7676</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7676/indica_fumacas_ferrovelhoquaglia.doc</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada, com urgência, vistoria técnica no ferro-velho localizado na Rua Armando Scaggion, no Jardim Quaglia, a fim de apurar possíveis irregularidades e promover as adequações necessárias.</t>
+  </si>
+  <si>
+    <t>7677</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7677/indica_limpeza_acoescontraerosa_avjoaquimlopesaguila_centroeducacional.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza do leito e das margens do rio localizado na Avenida Joaquim Lopes Águila, bem como para a contenção do processo de erosão existente no local.</t>
+  </si>
+  <si>
+    <t>7678</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7678/indica_limpeza_aoredor_ginasiosantamarta.doc</t>
+  </si>
+  <si>
+    <t>Indica serviços de limpeza e zeladoria urbana nas imediações do Ginásio de Esportes “Plínio Apparecido da Silva Leme”, localizado no Jardim Santa Marta.</t>
+  </si>
+  <si>
+    <t>7679</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7679/indica_limpeza_av7set_angelica_praasaojoaquim.doc</t>
+  </si>
+  <si>
+    <t>Indica serviços de limpeza e zeladoria urbana no final da Avenida 7 de Setembro, no bairro Jardim Angélica e na Praça São Joaquim.</t>
+  </si>
+  <si>
+    <t>7680</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7680/indica_limpeza_jardimempyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica serviços de limpeza e zeladoria urbana em toda a extensão do Jardim Empyreo, bem como a realização de campanha de conscientização sobre descarte irregular de lixo e divulgação dos serviços municipais.</t>
+  </si>
+  <si>
+    <t>7681</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7681/indica_limpeza_jd_empyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes no Jardim Empyreo, com especial atenção à Avenida Cícera Sueli de Andrade.</t>
+  </si>
+  <si>
+    <t>7682</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7682/indica_limpeza_jdsol.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza e organização dos serviços de poda de árvores realizados na Rua Gilberto Magalhães e na Praça do Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>7683</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7683/indica_limpeza_manutencao_praa_somanoel_chapado.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a manutenção, revitalização e limpeza da Praça localizada no Jardim São Joaquim/São Manoel, na Avenida 7 de Setembro, próximo ao Chapadão Bebidas, bem como para o combate ao descarte irregular de lixo no local.</t>
+  </si>
+  <si>
+    <t>7684</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7684/indica_limpeza_prediotelesp.doc</t>
+  </si>
+  <si>
+    <t>Indica providências quanto ao estado de abandono do antigo prédio da Telesp, localizado na Rua Major Arthur Franco Mourão, com notificação dos responsáveis para limpeza e manutenção do imóvel.</t>
+  </si>
+  <si>
+    <t>7685</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7685/indica_limpeza_rua_ricardohildebrand.doc</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada, com urgência, a limpeza e retirada de entulhos acumulados na Rua Ricardo Hildebrand, nas proximidades do Escritório Visão.</t>
+  </si>
+  <si>
+    <t>7686</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7686/indica_limpeza_ruajoaquimadolfoamadeu_jdadelina.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza e o combate ao descarte irregular de lixo na Rua Joaquim Adolfo Amadeu, no Jardim Adelina.</t>
+  </si>
+  <si>
+    <t>7687</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7687/indica_limpeza_ruanatalremunho.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza e combate ao descarte irregular de lixo e entulho na Rua Natal Remunhão, no Jardim Santa Paula.</t>
+  </si>
+  <si>
+    <t>7688</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7688/indica_limpeza_zeladoria_jardimempyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a limpeza e o combate ao descarte irregular de lixo na Rua Raul Schwinden, próximo ao número 850, no Jardim Empyreo, bem como em outros pontos do referido bairro</t>
+  </si>
+  <si>
+    <t>7689</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7689/indica_lombada_ruateobaldocastromeira.doc</t>
+  </si>
+  <si>
+    <t>Indica implantação de lombada (redutor de velocidade) na Rua Teobaldo Castro Meira, nº 415, visando maior segurança viária.</t>
+  </si>
+  <si>
+    <t>7690</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7690/indica_manutencao_praca_jdquaglia.doc</t>
+  </si>
+  <si>
+    <t>Indica melhorias, serviços de zeladoria urbana e manutenção de iluminação e brinquedos na praça do Jardim Quaglia.</t>
+  </si>
+  <si>
+    <t>7691</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7691/indica_manutencao_ruacabreuva.doc</t>
+  </si>
+  <si>
+    <t>Indica ações de zeladoria urbana e recapeamento asfáltico na Rua Cabreúva, especialmente na ponte e em seu entorno, entre os bairros Jardim Presidente e Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>7692</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7692/indica_melhorias_calada_postosomanoel.doc</t>
+  </si>
+  <si>
+    <t>Indica que seja realizado o reparo, regularização e adequação da calçada da Unidade de Saúde do Jardim São Manoel, com a devida implantação de critérios de acessibilidade.</t>
+  </si>
+  <si>
+    <t>7693</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7693/indica_melhorias_lago_municipal.doc</t>
+  </si>
+  <si>
+    <t>Indica providências para a melhoria, manutenção e revitalização do Lago Municipal “Dr. Enni Jorge Draib”.</t>
+  </si>
+  <si>
+    <t>7694</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7694/indica_melhorias_limpeza_ruaaoladodoasilo.doc</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada, com urgência, a limpeza, roçagem e manutenção dos bueiros na Rua Sebastião da Silva Leme, no Jardim Nova Era, via lateral ao Abrigo São Vicente de Paulo.</t>
+  </si>
+  <si>
+    <t>7695</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7695/indica_melhorias_praa_jdsantarita.doc</t>
+  </si>
+  <si>
+    <t>Indica melhorias estruturais, de iluminação, equipamentos de lazer e ações integradas de segurança e assistência social na Praça Dr. Custódio Ângelo de Lima, localizada na Avenida Dom Pedro I, no Jardim Santa Rita.</t>
+  </si>
+  <si>
+    <t>7696</t>
+  </si>
+  <si>
+    <t>87</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7696/indica_melhorias_rotatoriapaoprata.doc</t>
+  </si>
+  <si>
+    <t>Indica providências para a melhoria da segurança e da organização do trânsito na rotatória da Padaria Pão de Prata, localizada na Avenida Hermínio Ometto</t>
+  </si>
+  <si>
+    <t>7697</t>
+  </si>
+  <si>
+    <t>88</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7697/indica_projetolei_reenquadramento_educacaoinfantil.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a realização de estudo técnico e o envio de Projeto de Lei à Câmara Municipal, com base na Lei Federal nº 15.326/2026, para estabelecer critérios e regras para o reenquadramento dos profissionais da Educação Infantil como integrantes do magistério.</t>
+  </si>
+  <si>
+    <t>7698</t>
+  </si>
+  <si>
+    <t>89</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7698/indica_recape_tapaburaco.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a ampliação dos serviços de recapeamento asfáltico e de operação tapa-buracos em todos os bairros do município de Leme.</t>
+  </si>
+  <si>
+    <t>7699</t>
+  </si>
+  <si>
+    <t>90</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7699/indica_recapeamento_ruajospiccolo.doc</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico da Rua José Piccolo, em razão das péssimas condições da via e do aumento do fluxo de veículos.</t>
+  </si>
+  <si>
+    <t>7700</t>
+  </si>
+  <si>
+    <t>91</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7700/indica_reforma_emeb_isabelcristina.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal a realização de ampla manutenção e reforma na EMEB “Isabel Cristina Penteado”, localizada no Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>7701</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7701/indica_revitalizao_praa_taquariponte.doc</t>
+  </si>
+  <si>
+    <t>Indica providências para a manutenção, limpeza e revitalização da Praça do Taquari Ponte, localizada na zona rural do município.</t>
+  </si>
+  <si>
+    <t>7702</t>
+  </si>
+  <si>
+    <t>93</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7702/indica_seguranatransito_rua_vitrio_tomazzoti.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes quanto à segurança viária na Rua Vitório Tomazzoti, na travessa com a Rua Constantino Afonso Pinck</t>
+  </si>
+  <si>
+    <t>7704</t>
+  </si>
+  <si>
+    <t>94</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7704/indicacao_1_02___01.doc</t>
+  </si>
+  <si>
+    <t>Indica a aplicação da Lei Complementar nº 226/2026 (antigo PLP 21/2023) para o restabelecimento da contagem de tempo de serviço no município.</t>
+  </si>
+  <si>
+    <t>7710</t>
+  </si>
+  <si>
+    <t>95</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7710/indica_limpezaterreno_jduniversitario.doc</t>
+  </si>
+  <si>
+    <t>Indica notificação para limpeza de terreno localizado no Jardim Universitário.</t>
+  </si>
+  <si>
+    <t>7711</t>
+  </si>
+  <si>
+    <t>96</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7711/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, estude e viabilize a implantação de um Projeto Municipal de Atenção Primária à Saúde, com a criação/estruturação de um Ambulatório de Atenção Primária, visando ampliar, qualificar e humanizar o atendimento à população.</t>
+  </si>
+  <si>
+    <t>7719</t>
+  </si>
+  <si>
+    <t>97</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7719/indica_recape_asfaltico_na_rua_maria_forcem.pdf</t>
+  </si>
+  <si>
+    <t>Indica recape asfáltico na Rua Maria Forcem</t>
+  </si>
+  <si>
+    <t>7720</t>
+  </si>
+  <si>
+    <t>98</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7720/indico_a_construcao_de_calcada_na_rotatoria_do_caic_localizada_na_praca_nove_de_julho_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico a construção de calçada na rotatória do CAIC, localizada na Praça Nove de Julho.</t>
+  </si>
+  <si>
+    <t>7721</t>
+  </si>
+  <si>
+    <t>99</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7721/indico_a_ampliacao_da_sala_de_espera_da_farmacia_de_alto_custo..pdf</t>
+  </si>
+  <si>
+    <t>Indico a ampliação da sala de espera da Farmácia de Alto Custo.</t>
+  </si>
+  <si>
+    <t>7722</t>
+  </si>
+  <si>
+    <t>100</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7722/indico_a_retirada_de_lixo_r._rua_antonio_roversi_71_jardim_empyreo.doc</t>
+  </si>
+  <si>
+    <t>Indico a retirada de lixo R. Rua Antônio Roversi 71 jardim Empyreo</t>
+  </si>
+  <si>
+    <t>7724</t>
+  </si>
+  <si>
+    <t>101</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_mudanca_estacionamento_cs_ii.pdf</t>
+  </si>
+  <si>
+    <t>INDICA a mudança no sistema de estacionamento e itinerário de deslocamento de veículos dentro do CS II, para segurança dos usuários das farmácias lá existentes, como também abertura do Portão Principal do prédio.</t>
+  </si>
+  <si>
+    <t>7725</t>
+  </si>
+  <si>
+    <t>102</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_providencias_distribuicao_remedios_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA melhoria no atendimento e agilização na distribuição de remédios no CS II, com o aumento de servidores para atendimento.</t>
+  </si>
+  <si>
+    <t>7726</t>
+  </si>
+  <si>
+    <t>103</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao_ampliacao_da_farmacia_de_alto_custo_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ampliação na área de atendimento na Farmácia de Alto Custo para retirar nossos cidadãos do sol e chuva, quando da espera nas filas.</t>
+  </si>
+  <si>
+    <t>7727</t>
+  </si>
+  <si>
+    <t>104</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7727/42._retirada_de_arvores_2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica estudo para retirada de árvore na Avenida Dom Pedro I, em frente ao numeral 163</t>
+  </si>
+  <si>
+    <t>7728</t>
+  </si>
+  <si>
+    <t>105</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7728/19.indicacao_-_recapeamento_travaguim.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico do Jardim Travagin na sua totalidade</t>
+  </si>
+  <si>
+    <t>7730</t>
+  </si>
+  <si>
+    <t>106</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_1_09.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de Casa de Apoio no município de Jaú para pacientes de Leme.</t>
+  </si>
+  <si>
+    <t>7731</t>
+  </si>
+  <si>
+    <t>107</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7731/indica_zeladoria_melhorias_eugeniodellai_arenazealmir_ok.pdf</t>
+  </si>
+  <si>
+    <t>Indica serviços de zeladoria, limpeza e manutenção no Estádio Municipal Eugênio Dellai, bem como a troca do gramado e o conserto do telhado dos vestiários da Arena Zé Almir.</t>
+  </si>
+  <si>
+    <t>7732</t>
+  </si>
+  <si>
+    <t>108</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7732/indica_melhorias_whastscmi_telefone_ubs_ok_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências para a melhoria do atendimento via WhatsApp e telefônico no CMI e nas Unidades de Saúde do município, bem como a padronização e divulgação clara dos procedimentos de agendamento de consultas.</t>
+  </si>
+  <si>
+    <t>7733</t>
+  </si>
+  <si>
+    <t>109</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7733/indica_melhorias_centro_autismo_ok.doc</t>
+  </si>
+  <si>
+    <t>Indica medidas para agilizar o acesso ao acompanhamento especializado no Centro do Autismo destinado às pessoas com Transtorno do Espectro Autista (TEA).</t>
+  </si>
+  <si>
+    <t>7734</t>
+  </si>
+  <si>
+    <t>110</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7734/indica_limpeza_terreno_aolado_ubsvanessa.pdf</t>
+  </si>
+  <si>
+    <t>Indica ações de limpeza do terreno localizado ao lado da Unidade de Saúde do Jardim Vanessa, situada na Avenida Joaquim Adolfo Amadeu, nº 470.</t>
+  </si>
+  <si>
+    <t>7736</t>
+  </si>
+  <si>
+    <t>111</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7736/indica_rocagem_retirada_de_mato_alto_e_limpeza_geral_da_area_do_campo_de_futebol_localizado_na_rua_salgado_filho_no_150_no_bairro_bom_jesus..pdf</t>
+  </si>
+  <si>
+    <t>Indica roçagem, retirada de mato alto e limpeza geral da área do campo de futebol localizado na Rua Salgado Filho, nº 150, no bairro Bom Jesus.</t>
+  </si>
+  <si>
+    <t>7743</t>
+  </si>
+  <si>
+    <t>112</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7743/ind_limpeza_praca_francisco_coelho.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza e manutenção geral na Praça localizada na Rua Sebastião de Carli no Bairro Francisco Coelho</t>
+  </si>
+  <si>
+    <t>7745</t>
+  </si>
+  <si>
+    <t>113</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7745/indica_implantacao_de_bicicletario_nas_imediacoes_da_casa_da_mulher_yolanda_penteado.pdf</t>
+  </si>
+  <si>
+    <t>Indica implantação de bicicletário nas imediações da Casa da Mulher “Yolanda Penteado”</t>
+  </si>
+  <si>
+    <t>7746</t>
+  </si>
+  <si>
+    <t>114</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7746/ind_tapa_rua_amelio_boff-_55.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por intermédio da Secretaria Municipal de Obras e Serviços Públicos, que seja realizada operação tapa-buraco na Rua Amélio Boff em frente ao numeral 55, localizado no Jardim. Serelepe</t>
+  </si>
+  <si>
+    <t>7747</t>
+  </si>
+  <si>
+    <t>115</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7747/ind_recapeamento_rua_vitorio_loppi.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por meio da Secretaria Municipal de Obras e Serviços Públicos, que sejam realizadas obras de recapeamento asfáltico e implantação de nova sinalização viária na Rua Vitório Luppi ao lado da Sorveteria Bambi</t>
+  </si>
+  <si>
+    <t>7749</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_ponte_corrego_constantino_2026_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica construção de ponte sobre o Córrego Constantino, formador do Ribeirão do Meio, na área urbana de Leme, a qual ligará os dois lados da Rua Lourenço Leme.</t>
+  </si>
+  <si>
+    <t>7750</t>
+  </si>
+  <si>
+    <t>117</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7750/ind_tapa_rua_amelio_boff_-_35_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por intermédio da Secretaria Municipal de Obras e Serviços Públicos, que seja realizada operação tapa-buraco na Rua Amélio Boff em frente ao numeral 35, localizado no Jardim. Serelepe</t>
+  </si>
+  <si>
+    <t>7751</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7751/indica_limpeza_rua_zocoler.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e remoção de entulhos e galhos na Rua Pedro Zocoler, no bairro Jardim Letícia.</t>
+  </si>
+  <si>
+    <t>7754</t>
+  </si>
+  <si>
+    <t>119</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7754/indica_rua_ozanan_quaglia.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buraco na Rua Antônio Frederico Ozanan, no bairro Jardim Residencial Quaglia.</t>
+  </si>
+  <si>
+    <t>7757</t>
+  </si>
+  <si>
+    <t>120</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7757/indica_omar_travagin_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de roçagem de toda a extensão da rua Omar Travagin, adjacente à residência de N°10 no bairro Jardim imperial</t>
+  </si>
+  <si>
+    <t>7758</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7758/ind_sala_de_usg_casa_da_mulher.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, a implantação de mais salas de Ultrassom na Casa da Mulher Yolanda Penteado</t>
+  </si>
+  <si>
+    <t>7759</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7759/indica_raspa_asfalto.pdf</t>
+  </si>
+  <si>
+    <t>Indica a colocação de raspa de asfalto em toda a extensão da Estrada municipal Luiz Rosim, localizado no bairro Jardim Graminha</t>
+  </si>
+  <si>
+    <t>7760</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7760/ind_poda_de_arvores.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, que determine ao setor competente que realize um estudo para a realização de poda de árvores em Leme</t>
+  </si>
+  <si>
+    <t>7761</t>
+  </si>
+  <si>
+    <t>124</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7761/indica_camera_inteligente_gcm.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implementação de um sistema de câmeras inteligentes integradas as viaturas de motocicletas de patrulhamento da guarda civil municipal</t>
+  </si>
+  <si>
+    <t>7762</t>
+  </si>
+  <si>
+    <t>125</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7762/mit_0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica esforços no sentido da efetivação da conquista do MIT município Interesse Turístico</t>
+  </si>
+  <si>
+    <t>7763</t>
+  </si>
+  <si>
+    <t>126</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7763/recap_em_todos_os_bairros_0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica Recapeamento em todos os bairros</t>
+  </si>
+  <si>
+    <t>7765</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7765/serviores_unvesp_0902_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica regulamentação do quadro de servidores da Univesp conforme a lei pertinente</t>
+  </si>
+  <si>
+    <t>7766</t>
+  </si>
+  <si>
+    <t>128</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7766/reform_posto_caju0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica reforma do Posto de saúde Bairro Caju</t>
+  </si>
+  <si>
+    <t>7767</t>
+  </si>
+  <si>
+    <t>129</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7767/reform_posto_taquari_0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica reforma do Posto de saúde Taquari</t>
+  </si>
+  <si>
+    <t>7769</t>
+  </si>
+  <si>
+    <t>130</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7769/revitalizacao_vieiro_02.pdf</t>
+  </si>
+  <si>
+    <t>Indica a revitalização do viveiro municipal</t>
+  </si>
+  <si>
+    <t>7770</t>
+  </si>
+  <si>
+    <t>131</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7770/casa_a_juv_0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Casa da Juventude</t>
+  </si>
+  <si>
+    <t>7771</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7771/contratacao_medic_002_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica contratação médico oncologista pra rede municipal</t>
+  </si>
+  <si>
+    <t>7772</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7772/semafaro_0902.pdf</t>
+  </si>
+  <si>
+    <t>Indica instalação de semáforos em locais estratégicos e necessários de Leme</t>
+  </si>
+  <si>
+    <t>7773</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7773/indica_canteiro_carlo_bonfanti_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza do canteiro central e de todos os bueiros situados ao longo de toda Avenida Carlo Bonfanti,</t>
+  </si>
+  <si>
+    <t>7774</t>
+  </si>
+  <si>
+    <t>135</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7774/reforma_cmi_002.pdf</t>
+  </si>
+  <si>
+    <t>Indica reforma  telhado CMI</t>
+  </si>
+  <si>
+    <t>7776</t>
+  </si>
+  <si>
+    <t>136</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7776/ind_chafariz.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal de Leme, com cópia à Secretaria Municipal competente, que sejam realizados estudos técnicos e administrativos visando à implantação de um chafariz no Parque Ecológico “Mourão”</t>
+  </si>
+  <si>
+    <t>7777</t>
+  </si>
+  <si>
+    <t>137</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7777/indica_troca_poste_joao_bozza.pdf</t>
+  </si>
+  <si>
+    <t>Indica para que seja realizada a troca do poste de iluminação pública localizado na Avenida João Bozza, ao lado do estabelecimento N°415 no bairro Jardim Lívia.</t>
+  </si>
+  <si>
+    <t>7779</t>
+  </si>
+  <si>
+    <t>138</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7779/ind_cobertura_no_bosque.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal de Leme, com cópia à Secretaria Municipal competente, que sejam realizados estudos técnicos e administrativos visando à implantação de uma cobertura no deck no Parque Ecológico “Mourão”</t>
+  </si>
+  <si>
+    <t>7780</t>
+  </si>
+  <si>
+    <t>139</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7780/indica_manutencao_praca_bonsucesso.pdf</t>
+  </si>
+  <si>
+    <t>Indica a manutenção, revitalização e troca dos aparelhos que estão localizados na praça no bairro Jardim Bonsucesso</t>
+  </si>
+  <si>
+    <t>7781</t>
+  </si>
+  <si>
+    <t>140</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7781/atendimento_prioritario_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica atendimento prioritário a pacientes com cirurgias prescritas há longo período e em situação de dor contínua.</t>
+  </si>
+  <si>
+    <t>7782</t>
+  </si>
+  <si>
+    <t>141</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7782/indica_sala_sensoriais_tea.pdf</t>
+  </si>
+  <si>
+    <t>Indica implementação de salas sensoriais em todas as escolas do município, com o objetivo de promover a inclusão e o atendimento adequado aos alunos com Transtorno do Espectro Autista (TEA)</t>
+  </si>
+  <si>
+    <t>7783</t>
+  </si>
+  <si>
+    <t>142</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, adeque o nosso município ao novo piso nacional dos professores, que teve reajuste de 5,4% na jornada de 40h, onde passou de R$ 4.867,77 para R$ 5.130,63.</t>
+  </si>
+  <si>
+    <t>7784</t>
+  </si>
+  <si>
+    <t>143</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7784/ind_recapeamento_proximo_ao_tenda.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por meio da Secretaria Municipal de Obras e Serviços Públicos, que sejam realizadas obras de recapeamento asfáltico e implantação de nova sinalização viária na Av. Visconde de Nova Granada próximo ao TENDA</t>
+  </si>
+  <si>
+    <t>7785</t>
+  </si>
+  <si>
+    <t>144</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7785/filas_de_cirurgias.pdf</t>
+  </si>
+  <si>
+    <t>Indica a regularização urgente das filas de cirurgias na rede pública de saúde do Município.</t>
+  </si>
+  <si>
+    <t>7786</t>
+  </si>
+  <si>
+    <t>145</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, adote as providências necessárias para a aquisição de equipamentos de auxílio à locomoção, tais como muletas, cadeiras de rodas, cadeiras de banho e andadores, a fim de disponibilizá-los gratuitamente a pacientes do município que deles necessitem.</t>
+  </si>
+  <si>
+    <t>7806</t>
+  </si>
+  <si>
+    <t>146</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7806/ind_poda_de_arvore_emeb_prof.a_zulmira_pedro_donadelli_sawaya.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal, bem como ao setor competente, para que sejam adotadas as providências necessárias visando à realização de poda na árvore localizada na lateral da EMEB “Prof.ª Zulmira Pedro Donadelli Sawaya”.</t>
+  </si>
+  <si>
+    <t>7807</t>
+  </si>
+  <si>
+    <t>147</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7807/indico_a_reforma_geral_na_emeb_profa._fabiola_bernadete_hildebrand_e_silva_della_libera..pdf</t>
+  </si>
+  <si>
+    <t>Indico a reforma geral na EMEB Profa. Fabiola Bernadete Hildebrand e Silva Della Libera.</t>
+  </si>
+  <si>
+    <t>7808</t>
+  </si>
+  <si>
+    <t>148</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7808/ind_pet_place_nas_pracas_publicas_do_municipio_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal, bem como à Secretaria competente, para que sejam realizados estudos e adotadas as providências necessárias visando à instalação de espaços denominados “Pet Place” nas praças públicas do município</t>
+  </si>
+  <si>
+    <t>7809</t>
+  </si>
+  <si>
+    <t>149</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7809/ind_anteprojeto_medidor_de_clicemia_na_rede_publica_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indica o anteprojeto que "Dispõe sobre a distribuição pelo Sistema Único de Saúde, de sensor medidor contínuo de glicose para crianças entre 4 e 12 anos portadores de diabetes matriculadas na Rede Pública de Ensino do Município de Leme/SP".</t>
+  </si>
+  <si>
+    <t>7810</t>
+  </si>
+  <si>
+    <t>150</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7810/indica_tapa_buraco_entre_os_depositos.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buraco na rotatória da Avenida Herminio Ometto nas adjacências dos depósitos Bom Jesus e Casa Fácil</t>
+  </si>
+  <si>
+    <t>7811</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7811/ind_operacao_tapa_buraco_em_toda_cidade.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Leme/SP, por intermédio da Secretaria Municipal de Obras e Serviços Públicos, que determine a realização de operação tapa-buraco em toda a cidade, priorizando, inicialmente, os locais em condições mais precárias</t>
+  </si>
+  <si>
+    <t>7812</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7812/indica_poda_de_arvora_joao_bozza.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de poda de árvores em toda extensão da Avenida João Bozza no bairro Jardim Lívia.</t>
+  </si>
+  <si>
+    <t>7813</t>
+  </si>
+  <si>
+    <t>153</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7813/ind_manutencao_das_quadras_em_pracas.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal, bem como à Secretaria competente, para que sejam adotadas as providências necessárias visando à realização de manutenção geral nas quadras municipais instaladas nas praças do município</t>
+  </si>
+  <si>
+    <t>7814</t>
+  </si>
+  <si>
+    <t>154</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7814/indica_providencias_contra_escorpiao.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de ações integradas e contínuas de controle e prevenção de escorpiões, especialmente em áreas com maior incidência de acidentes.</t>
+  </si>
+  <si>
+    <t>7815</t>
+  </si>
+  <si>
+    <t>155</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7815/ind_novo_lugar_para_a_farmacia_do_cmi_1.pdf</t>
+  </si>
+  <si>
+    <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal que determine à Secretaria Municipal de Saúde a realização de estudos e providências para a mudança de local da Farmácia que atende a rede pública de saúde, atualmente instalada no CMI – Centro Médico Integrado, com o objetivo de garantir melhores condições de atendimento e acolhimento à população usuária do serviço</t>
+  </si>
+  <si>
+    <t>7816</t>
+  </si>
+  <si>
+    <t>156</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7816/ind_cronograma_limp_taquari_ponte_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza urgente e a criação e divulgação de um cronograma de limpeza pública no bairro Taquari e Taquari Ponte</t>
+  </si>
+  <si>
+    <t>7817</t>
+  </si>
+  <si>
+    <t>157</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7817/ind_cronograma_limp_ibicatu.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza urgente e a criação e divulgação de um cronograma de limpeza pública no Ibicatu</t>
+  </si>
+  <si>
+    <t>7818</t>
+  </si>
+  <si>
+    <t>158</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7818/ind_cronograma_limp_caju.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza urgente e a criação e divulgação de um cronograma de limpeza pública no Caju</t>
+  </si>
+  <si>
+    <t>7819</t>
+  </si>
+  <si>
+    <t>159</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7819/ind_cesto_inteligente_em_bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal, bem como à Secretaria competente, para que sejam realizados estudos técnicos visando à instalação de cestas coletoras com sensores inteligentes nos bueiros do Município de Leme, com o objetivo de reforçar o sistema de drenagem urbana e prevenir alagamentos</t>
+  </si>
+  <si>
+    <t>7820</t>
+  </si>
+  <si>
+    <t>160</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7820/ind_novo_lugar_para_regulacao_da_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a transferência do Setor de Regulação da Saúde, no âmbito do Sistema Único de Saúde (SUS) para um local que ofereça melhores condições de atendimento à população</t>
+  </si>
+  <si>
+    <t>7822</t>
+  </si>
+  <si>
+    <t>161</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde, estude a viabilidade de ampliar o quadro de motoristas lotados na Central de Ambulâncias do Município.</t>
+  </si>
+  <si>
+    <t>7823</t>
+  </si>
+  <si>
+    <t>162</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie com urgência a limpeza e roçagem do mato alto existente aos arredores do antigo prédio da Decorlit, neste município.</t>
+  </si>
+  <si>
+    <t>7824</t>
+  </si>
+  <si>
+    <t>163</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7824/indica_implementa_aplicativo_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implementação de um aplicativo para receber denúncias e queixas da população, onde poderão acompanhar o andamento das reclamações e avisos de problemas e saber qual encaminhamento que foi dado.</t>
+  </si>
+  <si>
+    <t>7825</t>
+  </si>
+  <si>
+    <t>164</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7825/indica_lixeira_ginasio_valdomiro.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de lixeiras nas proximidades do ginásio municipal Valdomiro Macarenko</t>
+  </si>
+  <si>
+    <t>7827</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacoes_sessao_18.02_quarta.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza e remoção de galhos e entulhos em frente ao Serviço de conveniência e fortalecimento de vínculos no bairro Jardim Saulo, localizado na rua José Paschoal N°85</t>
+  </si>
+  <si>
+    <t>7830</t>
+  </si>
+  <si>
+    <t>166</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_com_projeto_lei_quiosque.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao SR Prefeito Municipal a construção de banheiros públicos e a implantação de cobertura nos pergolados dos quiosques localizados na Praça Manoel Leme (antiga Fepasa).</t>
+  </si>
+  <si>
+    <t>7831</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7831/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica pintura de faixa de pedestre e abertura de acesso para travessia de pedestre em frente ao PSM João Leme (foto em anexo)</t>
+  </si>
+  <si>
+    <t>7833</t>
+  </si>
+  <si>
+    <t>168</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7833/ind_canale_rua_santa_izabel.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a construção de uma canaleta de concreto com cobertura de grelha metálica na Rua Santa Izabel (foto em anexo).</t>
+  </si>
+  <si>
+    <t>7834</t>
+  </si>
+  <si>
+    <t>169</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_1_092.pdf</t>
+  </si>
+  <si>
+    <t>Indica parceria entre a Prefeitura de Leme e a APAE para a disponibilização de monitores escolares e de transporte.</t>
+  </si>
+  <si>
+    <t>7835</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7835/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_acesso_a_escola.doc</t>
+  </si>
+  <si>
+    <t>Indica pintura de faixa de pedestre e abertura de acesso para travessia de pedestre e alunos da Escola Estadual Professor Arlindo Fávaro</t>
+  </si>
+  <si>
+    <t>7836</t>
+  </si>
+  <si>
+    <t>171</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_monitoramento_parque_mourao_18_fev_26.pdf</t>
+  </si>
+  <si>
+    <t>INDICA necessidade de instalações de câmeras de monitoramento na Avenida Melvin Jones, especialmente no cruzamento com a Rua Paul Harris, local que faz fundo do Parque Mourão.</t>
+  </si>
+  <si>
+    <t>7837</t>
+  </si>
+  <si>
+    <t>172</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_com_projeto_lei_lazer_lago.pdf</t>
+  </si>
+  <si>
+    <t>Fechamento da extensão do Lago Municipal na avenida Joaquim Lopes Aguila, para lazer público aos segundos domingos de cada mês.</t>
+  </si>
+  <si>
+    <t>7838</t>
+  </si>
+  <si>
+    <t>173</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7838/ind_manutencao_na_praca_pedro_sartor.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que que determine ao setor competente a realização de manutenção geral na Praça Pedro Sarto, incluindo roçagem de grama, limpeza, manutenção dos equipamentos da academia ao ar livre, pintura e demais reparos necessários (foto em anexo)</t>
+  </si>
+  <si>
+    <t>7840</t>
+  </si>
+  <si>
+    <t>174</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7840/regularizacao_urgente_do_whatsapp_do_cmi.pdf</t>
+  </si>
+  <si>
+    <t>Indica a regularização urgente do WhatsApp do CMI para agendamento de consultas.</t>
+  </si>
+  <si>
+    <t>7841</t>
+  </si>
+  <si>
+    <t>175</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7841/google..pdf</t>
+  </si>
+  <si>
+    <t>Indica a atualização urgente dos telefones públicos no Google.</t>
+  </si>
+  <si>
+    <t>7842</t>
+  </si>
+  <si>
+    <t>176</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7842/implantacao_de_mao_unica.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implantação de sentido único de direção na Rua Coronel Antônio Abade, no trecho compreendido entre o Mercado Casarão e o Centro do Idoso.</t>
+  </si>
+  <si>
+    <t>7843</t>
+  </si>
+  <si>
+    <t>177</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7843/indica_agendamento_consultas_emferiado_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica que sejam adotadas medidas administrativas e operacionais para evitar o agendamento de consultas em dias e horários em que as unidades de saúde não estejam em funcionamento, bem como aprimorar a comunicação com os pacientes, especialmente em datas de pontos facultativos e alterações de expediente.</t>
+  </si>
+  <si>
+    <t>7844</t>
+  </si>
+  <si>
+    <t>178</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7844/jardim_amalia..pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes quanto à água suja saindo das torneiras no Jardim Amália.</t>
+  </si>
+  <si>
+    <t>7845</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7845/rotatoria.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implantação de rotatória na Av. João Arrais Seródio Filho, altura dos nº 515 a 520, no Jardim São Francisco.</t>
+  </si>
+  <si>
+    <t>7846</t>
+  </si>
+  <si>
+    <t>180</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7846/indica_estudo_construcao_ubs_franciscocoelho_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica estudo de viabilidade técnica, orçamentária e de planejamento para a construção de uma Unidade de Saúde na região do Conjunto Habitacional Francisco Coelho, visando ampliar a cobertura da Atenção Primária à Saúde e atender à crescente demanda dos bairros adjacentes.</t>
+  </si>
+  <si>
+    <t>7848</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7848/indica_zeladoria_urbana_altogloria.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a execução de serviços de zeladoria urbana no bairro Jardim Alto da Glória.</t>
+  </si>
+  <si>
+    <t>7849</t>
+  </si>
+  <si>
+    <t>182</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7849/indica_recapeamento_ruavictoriosouza.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para a realização de recapeamento asfáltico na Rua Victório de Souza.</t>
+  </si>
+  <si>
+    <t>7850</t>
+  </si>
+  <si>
+    <t>183</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7850/indica_recapeamento_galeriapluvial_a_rua_roberto_schwenger_ate_a_rua_lazaro_kinock..pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para recuperação do pavimento asfáltico, incluindo recapeamento e implantação de galerias pluviais, no trecho compreendido entre a Rua Roberto Schwenger até a Rua Lázaro Kinock.</t>
+  </si>
+  <si>
+    <t>7851</t>
+  </si>
+  <si>
+    <t>184</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7851/indica_limpeza_terreno_ruaarapongas_escolapct.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes quanto à limpeza de terreno com mato alto, localizado na Rua Arapongas, Bairro São Joaquim, em frente à Escola PCT.</t>
+  </si>
+  <si>
+    <t>7855</t>
+  </si>
+  <si>
+    <t>185</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7855/indica_limpeza_bueiro_ruabernardogarcia.pdf</t>
+  </si>
+  <si>
+    <t>Indica que seja realizada, com urgência, a limpeza e manutenção do bueiro localizado em frente ao imóvel nº 371 da Rua Bernardo Garcia.</t>
+  </si>
+  <si>
+    <t>7857</t>
+  </si>
+  <si>
+    <t>186</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7857/indica_muro_renata_bacarin.pdf</t>
+  </si>
+  <si>
+    <t>Indica a substituição (urgente) dos alambrados danificados por muros de alvenaria na Escola Municipal Renata Baccarin, localizada no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>7858</t>
+  </si>
+  <si>
+    <t>187</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7858/indico_a_reforma_e_revitalizacao_da_pista_de_skate_localizada_nas_proximidades_da_av._manoel_lopes_troya_no_230..pdf</t>
+  </si>
+  <si>
+    <t>Indico a reforma e revitalização da pista de skate localizada nas proximidades da Av. Manoel Lopes Troya, nº 230.</t>
+  </si>
+  <si>
+    <t>7859</t>
+  </si>
+  <si>
+    <t>188</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7859/indica_asfalto_leopoldo_schepes.pdf</t>
+  </si>
+  <si>
+    <t>Indica a colocação de raspas de asfalto ao longo da Estrada Leopoldo Schwinden, com a devida compactação e nivelamento, a fim de garantir melhores condições de tráfego.</t>
+  </si>
+  <si>
+    <t>7860</t>
+  </si>
+  <si>
+    <t>189</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7860/indica_limpeza_cassiano_oliveira_na_avenida.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza geral, roçagem do mato e retirada de entulhos em toda a extensão da Avenida Cassiano de Oliveira, com atenção especial ao trecho localizado em frente ao nº 2220, no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>7863</t>
+  </si>
+  <si>
+    <t>190</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7863/ind_lampada_queimada_rua_magnolia_proximo_a_174_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização da troca de lâmpadas queimadas na Rua Magnólia, nas proximidades do nº 174</t>
+  </si>
+  <si>
+    <t>7864</t>
+  </si>
+  <si>
+    <t>191</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7864/ind_traca_de_lampada_e_poda_de_arvore_praca_do_trabalhador.pdf</t>
+  </si>
+  <si>
+    <t>INDICO ao Excelentíssimo Senhor Prefeito Municipal que determine ao setor competente a realização da troca de lâmpadas queimadas e a poda de árvores na Praça do Trabalhador</t>
+  </si>
+  <si>
+    <t>7865</t>
+  </si>
+  <si>
+    <t>192</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7865/ind_limpeza_herminio_ometto_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização de limpeza geral na Avenida Hermínio Ometto, no bairro Mato Alto, incluindo capinação, varrição, retirada de entulhos e demais serviços necessários para a adequada conservação da via</t>
+  </si>
+  <si>
+    <t>7866</t>
+  </si>
+  <si>
+    <t>193</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7866/ind_limpeza_no_cemiterio.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização de limpeza geral no Cemitério Municipal, incluindo roçagem, retirada de entulhos, capinação, varrição e demais serviços necessários para a adequada conservação do local</t>
+  </si>
+  <si>
+    <t>7867</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7867/indico_a_limpeza_capinacao_retirada_de_lixo_e_poda_do_mato_em_area_verde_localizada_na_rua_atilio_bertao_no_jardim_das_palmeiras_proximo_a_clinica..pdf</t>
+  </si>
+  <si>
+    <t>Indico a limpeza, capinação, retirada de lixo e poda do mato em área verde localizada na Rua Atílio Bertão, no Jardim das Palmeiras, próximo à clínica.</t>
+  </si>
+  <si>
+    <t>7868</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7868/ind_limpeza_bueiro_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente que sejam realizadas, com a máxima urgência, ações de limpeza, desobstrução e manutenção preventiva dos bueiros e galerias pluviais localizados no Município</t>
+  </si>
+  <si>
+    <t>7869</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7869/indica_ponto_de_onibus_nova_leme.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de um ponto de ônibus com cobertura, assentos e sinalização adequada na Rua dos Girassóis, nas proximidades do nº 436, no bairro Jardim Nova Leme.</t>
+  </si>
+  <si>
+    <t>7870</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7870/ind_pernelongo.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine à Secretaria Municipal competente a realização de pulverização (nebulização) com inseticida, popularmente conhecida como “fumacê”, nos bairros do município, especialmente nas regiões com maior incidência de pernilongos</t>
+  </si>
+  <si>
+    <t>7872</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_programa_atestado_responsavel.pdf</t>
+  </si>
+  <si>
+    <t>INDICA Anteprojeto de Lei sobre "Programa Atestado Responsável".</t>
+  </si>
+  <si>
+    <t>7897</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_anteprojeto.doc</t>
+  </si>
+  <si>
+    <t>Indica o anteprojeto que “Cria programa de abrigamento provisório de animais em situação de vulnerabilidade, através de convênio com entidades sem fins lucrativos e protetores independentes e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>7899</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_recape_asfaltico_rua_luiz_palermo_maradei.doc</t>
+  </si>
+  <si>
+    <t>Indica recape asfáltico na Rua Luiz  Palermo Maradei, no Bairro Itamaraty.</t>
+  </si>
+  <si>
+    <t>7900</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7900/ind_radares_de_velocidade_2026.doc</t>
+  </si>
+  <si>
+    <t>Indica instalação de radares de velocidade e radares semafóricos em pontos estratégicos de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7903</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7903/indica_rocagem_pista_de_skte.docx</t>
+  </si>
+  <si>
+    <t>Indica a roçagem de grama nas adjacências da pista de skate no bairro Jardim Vista Alegre</t>
+  </si>
+  <si>
+    <t>7904</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7904/indica_roca_lixo_padre_cicero.docx</t>
+  </si>
+  <si>
+    <t>Indica a roçagem de grama e retirada de lixo na praça do Padre Cícero no bairro Jardim Saulo</t>
+  </si>
+  <si>
+    <t>7906</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7906/indica_cuida_mais_on_leme.docx</t>
+  </si>
+  <si>
+    <t>Indica estudos para viabilizar a criação de um programa de teleatendimento em saúde no município, inspirado no modelo “Cuidar+On” de Ribeirão Preto.</t>
+  </si>
+  <si>
+    <t>7907</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacoes_sessao_do_dia_23.02.26.docx</t>
+  </si>
+  <si>
+    <t>Indica a urgente realização de operação tapa-buraco na rua Maria Fercem no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>7909</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7909/indico_rocar_mato_e_limpeza_rua_waldemar_zillo_proximo_a_igreja_presbiteriana_..docx</t>
+  </si>
+  <si>
+    <t>Indico roçar mato e limpeza Rua Waldemar Zillo, próximo a igreja Presbiteriana .</t>
+  </si>
+  <si>
+    <t>7911</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7911/indico_rocar_mato_e_limpeza_do_parquinho_da__r._paulo_lopes_proximo_ao_no53_-_desmembramento_vila_nova.docx</t>
+  </si>
+  <si>
+    <t>Indico roçar mato e limpeza do parquinho da  R. Paulo Lopes, próximo ao Nº53 - Desmembramento Vila Nova</t>
+  </si>
+  <si>
+    <t>7914</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7914/45._indica_poda_de_arvore_av_jose_moreira_de_queiroz_178.doc</t>
+  </si>
+  <si>
+    <t>Indica poda de árvore na Av. José Moreira de Queiroz em frente ao numeral 178</t>
+  </si>
+  <si>
+    <t>7915</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_ampliacao_quadro_servidores_do_pam.doc</t>
+  </si>
+  <si>
+    <t>Indica ampliação do quadro de servidores e/ou prestadores de serviço para o Pronto Atendimento Municipal(PAM).</t>
+  </si>
+  <si>
+    <t>7916</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7916/indico_rocar_mato_e_limpeza_do_campo_da_r._arthur_camilo_proximo_ao_no_92_-_desmembramento_vila_nova.docx</t>
+  </si>
+  <si>
+    <t>Indico roçar mato e limpeza do campo da R. Arthur Camilo, próximo ao nº 92 - Desmembramento Vila Nova</t>
+  </si>
+  <si>
+    <t>7918</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_luminacao_praca_trabalhador.doc</t>
+  </si>
+  <si>
+    <t>Indica reparação da iluminação pública da Praça do Trabalhador.</t>
+  </si>
+  <si>
+    <t>7921</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_1_23.doc</t>
+  </si>
+  <si>
+    <t>Indica a criação do "Banco de Óculos" em Leme, visando à saúde ocular e inclusão social.</t>
+  </si>
+  <si>
+    <t>7925</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_1_25.doc</t>
+  </si>
+  <si>
+    <t>Indica a implantação do Programa "Farmácia de Todos" no Município de Leme.</t>
+  </si>
+  <si>
+    <t>7926</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie com urgência a limpeza e roçagem do mato alto existente no canteiro central da Av. Joaquim Lopes Aquila.</t>
+  </si>
+  <si>
+    <t>7928</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7928/ind_tapa_rua_ricardo_vigatto.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por intermédio da Secretaria Municipal de Obras e Serviços Públicos, que seja realizada operação tapa-buraco na Rua Ricardo Vigatto no cruzamento com a Avenida Dr. Jambeiro Costa</t>
+  </si>
+  <si>
+    <t>7929</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7929/ind_tapa_rua_sylvio_canevari.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Prefeito Municipal de Leme/SP, por intermédio da Secretaria Municipal de Obras e Serviços Públicos, que seja realizada operação tapa-buraco na Rua Sylvio Canevari em frente ao numeral 140 Jd. Travagim</t>
+  </si>
+  <si>
+    <t>7930</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie com urgência a limpeza e roçagem do mato alto existente na extremidade do Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>7931</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7931/ind_poda_de_arvore_travagim.doc</t>
+  </si>
+  <si>
+    <t>Indica poda das copas de arvores na Rua Cláudio Aparecido Monteiro, em frente ao numeral 265 localizada no Jardim Travagin, que estão atrapalhando a iluminação no local</t>
+  </si>
+  <si>
+    <t>7932</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie com urgência melhorias na iluminação pública e limpeza, ao redor da Escola Maria Mourão.</t>
+  </si>
+  <si>
+    <t>7933</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie com urgência operação tapa buracos e demais serviços necessários, na Vila Bom Jesus, em sua totalidade.</t>
+  </si>
+  <si>
+    <t>7934</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7934/ind_ambulatorio_de_ortopedia.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, que determine à Secretaria Municipal de Saúde a realização de estudos técnicos e financeiros para a implantação de um Ambulatório Municipal de Ortopedia no Município</t>
+  </si>
+  <si>
+    <t>7935</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7935/cras_saulo.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização urgente de limpeza e organização no entorno do CRAS Saulo, no Jardim Saulo.</t>
+  </si>
+  <si>
+    <t>7936</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7936/medidas_urgentes.doc</t>
+  </si>
+  <si>
+    <t>Indica adoção de medidas urgentes para agilizar o atendimento nas especialidades médicas na rede pública de saúde.</t>
+  </si>
+  <si>
+    <t>7937</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7937/praca_do_padre_cicero_no_jardim_saulo..doc</t>
+  </si>
+  <si>
+    <t>Indica a revitalização e manutenção da Praça do Padre Cícero, no Jardim Saulo.</t>
+  </si>
+  <si>
+    <t>7938</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7938/realizacao_de_exames.doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas para reduzir a demora na realização de exames de ultrassonografia, inclusive ultrassom transvaginal, na rede pública de saúde.</t>
+  </si>
+  <si>
+    <t>7939</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7939/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Saúde e demais setores competentes, estude a instalação de mais uma Farmácia da Rede Pública Municipal, com prioridade para região de maior demanda e vulnerabilidade social, visando ampliar o acesso da população a medicamentos essenciais.</t>
+  </si>
+  <si>
+    <t>7941</t>
+  </si>
+  <si>
+    <t>227</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7941/indica_limpeza_paulobregaro_bancaria.doc</t>
+  </si>
+  <si>
+    <t>Indica a limpeza imediata do local situado na Rua Paulo Bregaro, em frente ao nº 222, na Vila Bancária.</t>
+  </si>
+  <si>
+    <t>7942</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7942/indica_limpeza_avenida_altimirapinke.doc</t>
+  </si>
+  <si>
+    <t>Indica a imediata limpeza da área de lazer localizada na Rua Ângelo Cosentino, em frente à Escola “Profª Altimira Pinke”, bem como a adoção de medidas eficazes para coibir o descarte irregular de lixo no local, incluindo ampliação da fiscalização, aplicação de autuações e instalação de câmeras de monitoramento.</t>
+  </si>
+  <si>
+    <t>7943</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente e do setor de trânsito, seja realizada a implantação e revitalização da sinalização viária em toda a cidade, abrangendo sinalização horizontal (pintura de faixas, lombadas, vagas especiais) e vertical (placas de trânsito e identificação de vias).</t>
+  </si>
+  <si>
+    <t>7944</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Obras e demais setores competentes, seja realizado o recapeamento asfáltico em toda a malha viária do município, priorizando as vias em pior estado de conservação.</t>
+  </si>
+  <si>
+    <t>7945</t>
+  </si>
+  <si>
+    <t>231</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7945/indica_capacitacao_saude.doc</t>
+  </si>
+  <si>
+    <t>Indica providencias para garantir o cumprimento do atendimento prioritário às pessoas com Transtorno do Espectro Autista (TEA) nas unidades de saúde do município.</t>
+  </si>
+  <si>
+    <t>7946</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7946/indica_academia_saude.doc</t>
+  </si>
+  <si>
+    <t>Indica providências necessárias para a adesão e implantação de polo ou polos do Programa Academia da Saúde no município de Leme.</t>
+  </si>
+  <si>
+    <t>7947</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Obras e demais setores competentes, seja realizado o recapeamento asfáltico das vias do bairro Jardim do Sol, em razão do avançado estado de deterioração do pavimento.</t>
+  </si>
+  <si>
+    <t>7948</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7948/ind_dia_especifico_para_marcar_medico.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Prefeito Municipal de Leme a adoção de medidas para aprimorar o sistema de agendamento de consultas médicas e odontológicas nas Unidades de Saúde, com definição de dia específico para abertura de agendas e criação de alternativas que facilitem o acesso da população trabalhadora</t>
+  </si>
+  <si>
+    <t>7949</t>
+  </si>
+  <si>
+    <t>235</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, seja realizada a revitalização da Praça Nair Pavan Landgraf, localizada no Bairro Cidade Jardim, com melhorias na infraestrutura, iluminação, paisagismo e manutenção dos equipamentos existentes.</t>
+  </si>
+  <si>
+    <t>7950</t>
+  </si>
+  <si>
+    <t>236</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7950/ind_assistente_social_cmi.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, que determine ao setor competente a disponibilização/designação de Assistente Social para atuar junto ao CMI – Centro Médico Integrado de Leme</t>
+  </si>
+  <si>
+    <t>7951</t>
+  </si>
+  <si>
+    <t>237</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7951/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, seja realizada a modernização, ampliação e manutenção da iluminação pública em toda a cidade, com substituição de luminárias queimadas ou obsoletas, ampliação de pontos de luz em locais críticos e, quando possível, a implantação de tecnologia LED.</t>
+  </si>
+  <si>
+    <t>7952</t>
+  </si>
+  <si>
+    <t>238</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7952/ind_mais_funcionario_cmi.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, a disponibilização/designação de mais funcionários para atuar junto ao CMI – Centro Médico Integrado de Leme</t>
+  </si>
+  <si>
+    <t>7975</t>
+  </si>
+  <si>
+    <t>239</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7975/indicacao_de_realizacao_da_campanha_abril_laranja.pdf</t>
+  </si>
+  <si>
+    <t>Indica  a Senhor Prefeito Municipal que determine  ao Departamento de Comunicação a realização de campanha publicitária institucional alusiva ao “Abril Laranja”, mês de prevenção à crueldade contra os animais.</t>
+  </si>
+  <si>
+    <t>7976</t>
+  </si>
+  <si>
+    <t>240</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7976/indica_projeto_pessoas_desaparecidas.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implementação do anteprojeto de lei que torna obrigatória a disponibilização, nos sítios eletrônicos oficiais da administração pública municipal de Leme, de espaço virtual específico para divulgação de informações e imagens de pessoas desaparecidas, com prioridade para crianças e adolescentes.</t>
+  </si>
+  <si>
+    <t>7977</t>
+  </si>
+  <si>
+    <t>241</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_recapeamento_da_rua_anibal_travagin.pdf</t>
+  </si>
+  <si>
+    <t>Indica a Senhor Prefeito Municipal que determine ao setor competente para que seja realizado o recapeamento asfáltico integral da Rua Aníbal Travagim, em toda a sua extensão.</t>
+  </si>
+  <si>
+    <t>7978</t>
+  </si>
+  <si>
+    <t>242</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_paco_municipal_pref_campanha_mes_abril_laranja.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal que determine o encaminhamento à Sra. Gilmara Máximo, responsável pelo setor competente, para que seja realizada a iluminação cênica do prédio do Paço Municipal na cor laranja durante todo o mês de abril, em alusão à campanha ``Abril Laranja´´ dedicada à conscientização, prevenção e combate aos maus-tratos contra os animais.</t>
+  </si>
+  <si>
+    <t>7979</t>
+  </si>
+  <si>
+    <t>243</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7979/1-indicacao_manutensao_e_limpeza_da_pista_skate_vista_alegre.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção e limpeza da Pista de skate do Jardim Vista Alegre.</t>
+  </si>
+  <si>
+    <t>7980</t>
+  </si>
+  <si>
+    <t>244</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7980/indica_recapeamento_asfaltico_jose_parisoto_jd_sol_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico na rua José Parizoto no bairro Jardim do sol.</t>
+  </si>
+  <si>
+    <t>7981</t>
+  </si>
+  <si>
+    <t>245</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7981/indica_recape_valentim_jd_do_sol.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico em toda extensão da rua Valentim Baciotti no bairro Jardim do sol.</t>
+  </si>
+  <si>
+    <t>7984</t>
+  </si>
+  <si>
+    <t>246</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7984/indica_recape_joao_bap_bonatto.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua João Baptista Bonatto, no Bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>7986</t>
+  </si>
+  <si>
+    <t>247</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7986/indica_a_poda_de_algumas_arvores_na_r._zarif_faiad_mansur_altura_do_no_52..pdf</t>
+  </si>
+  <si>
+    <t>Indica a poda de algumas árvores na R. Zarif Faiad Mansur, altura do nº 52.</t>
+  </si>
+  <si>
+    <t>7987</t>
+  </si>
+  <si>
+    <t>248</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7987/indico_a_implantacao_de_faixas_de_pedestres_no_cruzamento_entre_a_rua_jose_de_alencar_e_a_rua_luiz_imposseto.pdf</t>
+  </si>
+  <si>
+    <t>Indico a implantação de faixas de pedestres no cruzamento entre a Rua José de Alencar e a Rua Luiz Imposseto</t>
+  </si>
+  <si>
+    <t>7988</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7988/indico_implantacao_de_uma_rotatoria_no_cruzamento_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico implantação de uma rotatória no cruzamento</t>
+  </si>
+  <si>
+    <t>7989</t>
+  </si>
+  <si>
+    <t>250</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7989/indica_recape_adelino_borto_imperial.docx</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua Adelino Bortolotto no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>7990</t>
+  </si>
+  <si>
+    <t>251</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7990/46.troca_de_lampada_rua_gustavo_haberman.pdf</t>
+  </si>
+  <si>
+    <t>Indica trocar lâmpada queimada na Rua Gustavo Habermann em frente ao numeral 225 e 285 Jd. Saulo</t>
+  </si>
+  <si>
+    <t>7996</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7996/indica_calcada_no_jardim_sol.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização urgente de roçagem, limpeza e manutenção da calçada localizada na Rua Maria Fercem, no cruzamento com a Rua José Lopes Silva, no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>7997</t>
+  </si>
+  <si>
+    <t>253</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7997/indica_ortopedista_ombro.pdf</t>
+  </si>
+  <si>
+    <t>Indica a contratação de mais médicos ortopedistas, especialmente com ênfase ou especialidade em atendimentos relacionados a patologias e lesões de ombro, para atuação na rede pública municipal de saúde</t>
+  </si>
+  <si>
+    <t>8002</t>
+  </si>
+  <si>
+    <t>254</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8002/indica_poda_arvore_wladimir_moraes.docx</t>
+  </si>
+  <si>
+    <t>Indica poda de árvore na rua Wladimir de Moraes em frente ao N° 108, como também vistoria técnica e imediata, visto que a árvore aparenta ter risco de queda</t>
+  </si>
+  <si>
+    <t>8003</t>
+  </si>
+  <si>
+    <t>255</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8003/indica_manutencao_geral_no_centro_de_especialidades_pediatricas_dr._ewaldo_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção geral no Centro de Especialidades Pediátricas Dr. Ewaldo de Melo Fleury para garantir o adequado funcionamento da unidade.</t>
+  </si>
+  <si>
+    <t>8004</t>
+  </si>
+  <si>
+    <t>256</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8004/indica_realizacao_de_estudos_e_construcao_de_uma_unidade_do_cras_entre_os_bairros_jardim_itamaraty_e_jardim_ariana..pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de estudos e construção de uma unidade do CRAS entre os bairros Jardim Itamaraty e Jardim Ariana.</t>
+  </si>
+  <si>
+    <t>8005</t>
+  </si>
+  <si>
+    <t>257</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8005/indica_reparo_fiacao_wlad_moraes.pdf</t>
+  </si>
+  <si>
+    <t>Indica reparo na rede de fiação e restabelecimento de iluminação pública na Rua Wladimir de Moraes no bairro Jardim Bonsucesso</t>
+  </si>
+  <si>
+    <t>8006</t>
+  </si>
+  <si>
+    <t>258</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8006/indica_campanha_uso_do_banheiro.docx</t>
+  </si>
+  <si>
+    <t>Indica à Secretaria Municipal de Comunicação que promova e desenvolva campanhas educativas e de conscientização acerca do uso adequado dos banheiros públicos municipais.</t>
+  </si>
+  <si>
+    <t>8008</t>
+  </si>
+  <si>
+    <t>259</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8008/indica_praca_ubs_renascenca_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza da praça nas proximidades da Unidade Básica de Saúde (UBS) do Bairro Jardim Renascença, visto que há grama muito alta e acúmulo de lixo.</t>
+  </si>
+  <si>
+    <t>8009</t>
+  </si>
+  <si>
+    <t>260</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8009/indica_atiliobertao_zeladoria.pdf</t>
+  </si>
+  <si>
+    <t>Indica, com urgência, serviços de zeladoria urbana nas Ruas Atílio Bertão e Antônio Santucci.</t>
+  </si>
+  <si>
+    <t>8011</t>
+  </si>
+  <si>
+    <t>261</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8011/indica_escorpioes_jdpalmeiras.pdf</t>
+  </si>
+  <si>
+    <t>Indica ações de combate e prevenção ao aparecimento de escorpiões no Jardim das Palmeiras.</t>
+  </si>
+  <si>
+    <t>8012</t>
+  </si>
+  <si>
+    <t>262</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8012/indica_brinquedos_lagomunicipal.pdf</t>
+  </si>
+  <si>
+    <t>Indica manutenção geral, melhorias estruturais e substituição urgente dos brinquedos do Lago Municipal.</t>
+  </si>
+  <si>
+    <t>8013</t>
+  </si>
+  <si>
+    <t>263</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8013/indica_concursopublico_saude.pdf</t>
+  </si>
+  <si>
+    <t>Indica, com urgência, a adoção de providências para a realização de concurso público e contratação de profissionais da área da saúde, visando suprir o déficit existente na rede municipal e ampliar a cobertura da Atenção Primária à Saúde no município de Leme.</t>
+  </si>
+  <si>
+    <t>8014</t>
+  </si>
+  <si>
+    <t>264</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8014/indica_melhorias_avjoaquimlopesaguilla.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências de limpeza, manutenção e melhorias na sinalização na Avenida Joaquim Lopes Aguila (região do nº 445 até a rotatória do CAIC).</t>
+  </si>
+  <si>
+    <t>8015</t>
+  </si>
+  <si>
+    <t>265</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8015/indica_faixaelevada_emebpaulobonfanti.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de travessia elevada e melhorias na sinalização viária nas proximidades da EMEB “Prof. Paulo Bonfanti”.</t>
+  </si>
+  <si>
+    <t>8017</t>
+  </si>
+  <si>
+    <t>266</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8017/indica_contratacao_reumatologista.pdf</t>
+  </si>
+  <si>
+    <t>Indica contratação imediata de médico reumatologista para atendimento na rede municipal de saúde.</t>
+  </si>
+  <si>
+    <t>8019</t>
+  </si>
+  <si>
+    <t>267</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_1_02.03.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de um estudo técnico para a implementação de uma ponte ligando a Rua Olavo Paes de Barros à Rua Luiz da Roz.</t>
+  </si>
+  <si>
+    <t>8020</t>
+  </si>
+  <si>
+    <t>268</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8020/indica_melhorias_campoideal.doc</t>
+  </si>
+  <si>
+    <t>Indica revitalização, manutenção e melhorias estruturais no Campo do Jardim Santana (Campo do Ideal).</t>
+  </si>
+  <si>
+    <t>8021</t>
+  </si>
+  <si>
+    <t>269</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8021/indica_limpeza_jdempyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica limpeza imediata e instalação de câmeras de monitoramento na Rua Antônio Roversi, após o nº 187, no Jardim Empyreo.</t>
+  </si>
+  <si>
+    <t>8022</t>
+  </si>
+  <si>
+    <t>270</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8022/indica_zeladoria_joaobozza.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização, em caráter de urgência, de serviços de roçagem, limpeza e retirada de entulhos na Avenida João Bozza.</t>
+  </si>
+  <si>
+    <t>8023</t>
+  </si>
+  <si>
+    <t>271</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8023/indica_melhorias_avjoaquimadolfoamadeu.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências e melhorias urbanas nas imediações da Avenida Joaquim Adolfo Amadeu.</t>
+  </si>
+  <si>
+    <t>8024</t>
+  </si>
+  <si>
+    <t>272</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8024/indica_recape_tapaburaco_ruaceljoselemefranco.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico na Rua Cel. José Leme Franco, no trecho compreendido entre a Avenida José Moreira de Queiroz e a Avenida Dr. Hermínio Ometto.</t>
+  </si>
+  <si>
+    <t>8025</t>
+  </si>
+  <si>
+    <t>273</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8025/indica_recape_vias_publicas.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico nas vias públicas do município.</t>
+  </si>
+  <si>
+    <t>8026</t>
+  </si>
+  <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8026/indica_zeladoria_taquaribairroeponte.doc</t>
+  </si>
+  <si>
+    <t>Indica a intensificação dos serviços de zeladoria urbana e maior presença do Poder Público na região do Taquari Bairro e Taquari Ponte.</t>
+  </si>
+  <si>
+    <t>8027</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8027/indica_recape_tapaburaco_ruaprofdomingoscambiaghi.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buracos ou recapeamento asfáltico na Rua Professor Domingos Cambiaghi, no trecho compreendido entre as ruas Jorge Hilsdorf e a Avenida Dr. Eurico Arrais Seródio.</t>
+  </si>
+  <si>
+    <t>8029</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8029/ind_lampada_queimada_rua_benedito_barreto_mourao_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização da troca de lâmpadas queimadas na Rua Benedito Barreto Mourão, Jd. Dibi</t>
+  </si>
+  <si>
+    <t>8030</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8030/ind_lampada_queimada_club_gloria.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização da troca de lâmpadas queimadas na Rua Dr. João Francisco Domenico Seródio, nas proximidades do antigo Clube Estância a Glória</t>
+  </si>
+  <si>
+    <t>8032</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8032/ind_tapar_buraco_estrada_cascata.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, na forma regimental, que determine ao setor competente a realização de serviços de regularização, nivelamento e reparo da valeta aberta pela ação das chuvas na Estrada da Cascata, conforme demonstrado em foto anexada</t>
+  </si>
+  <si>
+    <t>8033</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8033/ind_tapar_buraco_club_gloria_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização de operação tapa buraco, na Rua Dr. João Francisco Domenico Seródio, nas proximidades do antigo Clube Estância a Glória</t>
+  </si>
+  <si>
+    <t>8034</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8034/ind_mato_alto_club_gloria.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que determine ao setor competente a realização roçagem de mato alto (foto em anexo), na Rua Dr. João Francisco Domenico Seródio, nas proximidades do antigo Clube Estância a Glória</t>
+  </si>
+  <si>
+    <t>8035</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8035/ind_patrulhamento_comunitario_movel.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, na forma regimental, que determine à Secretaria Municipal de Segurança, Trânsito, Cidadania e Defesa Civil, em conjunto com a Guarda Civil Municipal, a implantação do Patrulhamento Comunitário Móvel no Município de Leme.</t>
+  </si>
+  <si>
+    <t>8036</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8036/ind_rececao_especifica_consulta_agendada_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal para que determine à Secretaria Municipal de Saúde a criação de recepção específica e exclusiva para atendimento de pacientes previamente agendados para consultas e pós-consultas no Centro Médico Integrado – CMI</t>
+  </si>
+  <si>
+    <t>8037</t>
+  </si>
+  <si>
+    <t>283</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, para que, por meio da Secretaria Municipal competente, seja realizada a limpeza geral, roçagem de mato alto e retirada de entulhos nos Bairros Taquari e Taquari Ponte.</t>
+  </si>
+  <si>
+    <t>8038</t>
+  </si>
+  <si>
+    <t>284</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_1.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, para que, por meio da Secretaria Municipal competente, seja realizada a manutenção das estradas rurais de nosso município, com serviços de patrolamento, cascalhamento, nivelamento e recuperação de trechos críticos.</t>
+  </si>
+  <si>
+    <t>8039</t>
+  </si>
+  <si>
+    <t>285</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8039/indica_campanha_descarte_lixo_certo.pdf</t>
+  </si>
+  <si>
+    <t>Indica à assessoria de Imprensa do Município que dê continuidade e amplie a campanha de conscientização sobre o descarte correto de lixo e o combate ao descarte irregular em nosso município.</t>
+  </si>
+  <si>
+    <t>8040</t>
+  </si>
+  <si>
+    <t>286</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8040/indica_valorizacao_conselho_tutelar_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a revisão, valorização e regularização remuneratória dos conselheiros tutelares, visto o trabalho árduo, contínuo e essencial que desempenham.</t>
+  </si>
+  <si>
+    <t>8041</t>
+  </si>
+  <si>
+    <t>287</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8041/indica_lei_motoristas_ambulancia_lei_feredal.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implementação das diretrizes da Lei Federal nº 15.250/2025, que regulamenta a atividade dos condutores de ambulância em todo o território nacional no município.</t>
+  </si>
+  <si>
+    <t>8042</t>
+  </si>
+  <si>
+    <t>288</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_3.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, para que encaminhe a esta Casa Legislativa Anteprojeto de Lei que autorize os consumidores da SAECIL – Superintendência de Água e Esgoto da Cidade de Leme a instalarem, em suas ligações de água, dispositivos eliminadores de ar (bloqueadores de ar), com a finalidade de garantir que a cobrança seja realizada apenas sobre o volume efetivamente consumido de água.</t>
+  </si>
+  <si>
+    <t>8043</t>
+  </si>
+  <si>
+    <t>289</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacoes_sessao_do_dia_02.03.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza dos bueiros e a instalação de novos bueiros na Avenida Taufic Nacif Mansur, nas proximidades do portão do Parque Ecológico Mourão, tendo em vista os recorrentes transtornos causados pelo acúmulo de água no local.</t>
+  </si>
+  <si>
+    <t>8048</t>
+  </si>
+  <si>
+    <t>290</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8048/indica_conserto_brinquedos_do_lago.pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de vistoria técnica e manutenção urgente nos brinquedos instalados no Lago Municipal, especialmente no escorregador (tobogã), onde há rachadura na estrutura, conforme relato de munícipes.</t>
+  </si>
+  <si>
+    <t>8049</t>
+  </si>
+  <si>
+    <t>291</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8049/indica_escola_jardim_das_palmeiras.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza, roçagem, manutenção e providências emergenciais no bairro Jardim das Palmeiras, especialmente nas imediações da escola municipal “PROF.ª MARIA GONÇALVES MOURÃO”</t>
+  </si>
+  <si>
+    <t>8050</t>
+  </si>
+  <si>
+    <t>292</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8050/transporte_escolar.doc</t>
+  </si>
+  <si>
+    <t>Indica disponibilização de transporte escolar para moradores do Taquaral.</t>
+  </si>
+  <si>
+    <t>8051</t>
+  </si>
+  <si>
+    <t>293</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8051/jardim_do_parque.doc</t>
+  </si>
+  <si>
+    <t>Indica melhorias na estrada de terra do Jardim do Parque.</t>
+  </si>
+  <si>
+    <t>8052</t>
+  </si>
+  <si>
+    <t>294</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8052/jardim_florida.doc</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes quanto à qualidade da água no Jardim Flórida.</t>
+  </si>
+  <si>
+    <t>8053</t>
+  </si>
+  <si>
+    <t>295</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8053/uniforme_escolar.doc</t>
+  </si>
+  <si>
+    <t>Indica revisão das cores e da qualidade dos uniformes escolares da rede municipal.</t>
+  </si>
+  <si>
+    <t>8054</t>
+  </si>
+  <si>
+    <t>296</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8054/lago_municipal.doc</t>
+  </si>
+  <si>
+    <t>manutenção urgente nos brinquedos do parque infantil do Lago Municipal.</t>
+  </si>
+  <si>
+    <t>8086</t>
+  </si>
+  <si>
+    <t>297</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8086/indica_recape_asfalto_joaquim_ratto.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua Joaquim Ratto no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>8087</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8087/indica_recape_asfalto_armando_pacagnella.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua Armando Pacagnella no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>8088</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8088/ind_revitalizacao_da_sinalizacao_da_av_joaquim_lopes_aguila.doc</t>
+  </si>
+  <si>
+    <t>Indica a revitalização da sinalização de solo da Av. Joaquim Lopes Águila, no trecho entre a Rotatória do CAIC e a Rotatória do Quaglia.</t>
+  </si>
+  <si>
+    <t>8089</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8089/indica_recape_asfalto_jose_bene_moraes.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua José Benedicto de Moraes no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>8090</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8090/indica_cronograma_vistoria_brinquedos.pdf</t>
+  </si>
+  <si>
+    <t>Indica a criação e implementação de um cronograma permanente de vistoria, inspeção técnica e manutenção preventiva e corretiva dos brinquedos públicos instalados nas praças, no Lago Municipal e demais espaços públicos do município.</t>
+  </si>
+  <si>
+    <t>8091</t>
+  </si>
+  <si>
+    <t>302</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8091/ind_troca_poste_da_rotatoria_quaglia.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de poste mais alto com lâmpadas LED na Rotatória do Quaglia.</t>
+  </si>
+  <si>
+    <t>8092</t>
+  </si>
+  <si>
+    <t>303</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8092/ind_faixa_de_pedestres_na_manoel_abade.pdf</t>
+  </si>
+  <si>
+    <t>Indica pintura de faixa de pedestres no cruzamento da Rua Manoel Abade com a Rua Lourenço Leme.</t>
+  </si>
+  <si>
+    <t>8093</t>
+  </si>
+  <si>
+    <t>304</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8093/indica_rota_alternativa_av_da_saudade.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de estudos técnicos visando verificar a possibilidade de rota alternativa de retorno na Avenida da Saudade, no bairro Jardim Nova Leme.</t>
+  </si>
+  <si>
+    <t>8094</t>
+  </si>
+  <si>
+    <t>305</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8094/indica_tapa_buraco_grill_sul.pdf</t>
+  </si>
+  <si>
+    <t>Indica operação tapa-buraco na Rua Felicio Zanóbia, adjacente ao estacionamento da churrascaria Grill Sul</t>
+  </si>
+  <si>
+    <t>8095</t>
+  </si>
+  <si>
+    <t>306</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8095/indica_tapa_buraco_bairro_jd_serelepe_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica operação tapa-buraco de forma urgente na rua Amélio Boff em frente aos números 35 e 55 no bairro Jardim Serelepe</t>
+  </si>
+  <si>
+    <t>8096</t>
+  </si>
+  <si>
+    <t>307</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8096/indica_guarda_corpo_carlo_bonfanti.pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de vistoria e manutenção dos guarda-corpos (gradis metálicos de proteção) localizados no canteiro central da Avenida Carlo Bonfanti.</t>
+  </si>
+  <si>
+    <t>8097</t>
+  </si>
+  <si>
+    <t>308</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8097/indica_agua_jd_imperial.pdf</t>
+  </si>
+  <si>
+    <t>Indica providências urgentes para regularizar o fornecimento de água no posto de saúde municipal do bairro Jardim Imperial</t>
+  </si>
+  <si>
+    <t>8098</t>
+  </si>
+  <si>
+    <t>309</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8098/remover_arvore_jd_amalia_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica vistoria técnica para remoção de árvore seca e posterior substituição por nova muda, localizada na Rua Ângelo Pavan, em frente ao nº 372, no bairro Jardim Amália.</t>
+  </si>
+  <si>
+    <t>8100</t>
+  </si>
+  <si>
+    <t>310</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacoes_para_sessao_09.03.2026.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza, roçagem e retirada de lixos no terreno localizado entre as ruas Eugênio Ravanini e João Poletti no bairro Jardim Primavera</t>
+  </si>
+  <si>
+    <t>8103</t>
+  </si>
+  <si>
+    <t>311</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8103/indica_recape_estrad_muni_joao_cruz.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Estrada Municipal João da Cruz no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>8105</t>
+  </si>
+  <si>
+    <t>312</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8105/indica_recape_avenida_omar_travagin.docx</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Avenida Omar Travagin no bairro Jardim Imperial.</t>
+  </si>
+  <si>
+    <t>8106</t>
+  </si>
+  <si>
+    <t>313</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8106/indica_recape_asfalto_spm_marcos_stilli.pdf</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua SPM Marcos Stilli no bairro Jardim Imperial</t>
+  </si>
+  <si>
+    <t>8107</t>
+  </si>
+  <si>
+    <t>314</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8107/indica_instalacao_ventilador_centro_renda_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de um ventilador na sala destinada às atividades de crochê no Centro de Geração e Renda do município.</t>
+  </si>
+  <si>
+    <t>8108</t>
+  </si>
+  <si>
+    <t>315</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8108/mais_indicacoes_pra_sessao_09.02.26_part2.pdf</t>
+  </si>
+  <si>
+    <t>Indica a retirada de entulho acumulado na Rua Alfredo Benedicto Nogueira, nas proximidades do número 896, no bairro Jardim Santa Carolina.</t>
+  </si>
+  <si>
+    <t>8109</t>
+  </si>
+  <si>
+    <t>316</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8109/indica_semaforo_7_de_setembro_com_joao_arrais.docx</t>
+  </si>
+  <si>
+    <t>Indica a realização de estudo técnico visando à implantação de um semáforo no cruzamento da Rua João Arrais Seródio com a Avenida 7 de Setembro.</t>
+  </si>
+  <si>
+    <t>8111</t>
+  </si>
+  <si>
+    <t>317</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8111/ind_mato_terreno_abandonado.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, que determine ao setor competente da Prefeitura a roçagem da grama, limpeza geral e retirada de entulhos em terreno abandonado localizado na Rua Hugo Anteghini, no bairro Jardim do Bosque, conforme demonstra a foto em anexo</t>
+  </si>
+  <si>
+    <t>8112</t>
+  </si>
+  <si>
+    <t>318</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8112/indica_tapa_buraco_e_valeta_empocada_bairro_eroisi.docx</t>
+  </si>
+  <si>
+    <t>Indica realização de operação tapa-buracos e providências para correção de valeta com empoçamento de água no cruzamento da Rua José Lopes Silva com a Rua Luis Dias dos Santos, no bairro Jardim Eroisi.</t>
+  </si>
+  <si>
+    <t>8113</t>
+  </si>
+  <si>
+    <t>319</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8113/praca_cicero.doc</t>
+  </si>
+  <si>
+    <t>Indico a realização de melhorias, reforma e manutenção na Praça Padre Cícero, incluindo a instalação e/ou manutenção da iluminação pública e reforma do parquinho infantil.</t>
+  </si>
+  <si>
+    <t>8114</t>
+  </si>
+  <si>
+    <t>320</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8114/1-indicacao_03.03.20251.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviços de limpeza no bairro Taquari Ponte.</t>
+  </si>
+  <si>
+    <t>8115</t>
+  </si>
+  <si>
+    <t>321</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8115/ind_transito_guarda_mirim.doc</t>
+  </si>
+  <si>
+    <t>Indica estudo e planejamento para intervenção no trânsito nas adjacências da Guarda Mirim de Leme, na Av. José Antonio Fercen.</t>
+  </si>
+  <si>
+    <t>8116</t>
+  </si>
+  <si>
+    <t>322</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8116/indica_ampliacao_ambulancias.doc</t>
+  </si>
+  <si>
+    <t>Indica, com urgência, a ampliação da estrutura do serviço de atendimento móvel de urgência e emergência no município de Leme.</t>
+  </si>
+  <si>
+    <t>8117</t>
+  </si>
+  <si>
+    <t>323</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8117/indicorecapeamento_asfaltico_na_rua_joaquim_adolfo_amadeu_na_altura_do_numero_470_no_bairro_jardim_vanessa.doc</t>
+  </si>
+  <si>
+    <t>Indico recapeamento asfáltico na Rua Joaquim Adolfo Amadeu, na altura do número 470, no bairro Jardim Vanessa</t>
+  </si>
+  <si>
+    <t>8118</t>
+  </si>
+  <si>
+    <t>324</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8118/indico_que_estude_a_possibilidade_de_realizar_a_construcao_de_uma_quadra_poliesportiva_no_bairro_empyreo_neste_municipio..doc</t>
+  </si>
+  <si>
+    <t>Indico que estude a possibilidade de realizar a construção de uma quadra poliesportiva no bairro Empyreo, neste município.</t>
+  </si>
+  <si>
+    <t>8119</t>
+  </si>
+  <si>
+    <t>325</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8119/indico_a_manutencao_urgente_reparo_ou_substituicao_dos_brinquedos_do_playground_do_lago_municipal_com_troca_da_areia_e_revisao_das_condicoes_de_seguranca_do_espaco_infantil..doc</t>
+  </si>
+  <si>
+    <t>Indico a manutenção urgente, reparo ou substituição dos brinquedos do playground do Lago Municipal, com troca da areia e revisão das condições de segurança do espaço infantil.</t>
+  </si>
+  <si>
+    <t>8120</t>
+  </si>
+  <si>
+    <t>326</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8120/indica_cadeiras_quebradas_pam.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de manutenção nas cadeiras existentes e a substituição das que se encontram danificadas por novas no PAM 24 Horas.</t>
+  </si>
+  <si>
+    <t>8121</t>
+  </si>
+  <si>
+    <t>327</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8121/indica_estudo_rotatoria_paodeprata.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de um estudo técnico na rotatória localizada na Avenida Hermínio Ometto, nas proximidades da Padaria Pão de Prata, a fim de avaliar as condições do paisagismo existente no local e seus impactos na visibilidade e segurança do trânsito.</t>
+  </si>
+  <si>
+    <t>8122</t>
+  </si>
+  <si>
+    <t>328</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8122/47.mutirao_de_limpeza_empyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica mutirão de limpeza no Jardim Empyreo</t>
+  </si>
+  <si>
+    <t>8123</t>
+  </si>
+  <si>
+    <t>329</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8123/49.limpeza_de_terreno.doc</t>
+  </si>
+  <si>
+    <t>Indica que seja enviado notificação ao proprietário para limpeza de terreno localizado na Rua Constantino Parolin ao lado do numeral 570 Jd. Empyreo</t>
+  </si>
+  <si>
+    <t>8124</t>
+  </si>
+  <si>
+    <t>330</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8124/indica_limpeza_rua_dr._joao_francisco_domenico_serodio.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e retirada de lixo e entulhos ao longo da Rua Dr. João Francisco Domenico Seródio, bem como a adoção de medidas de fiscalização para coibir o descarte irregular de resíduos no local.</t>
+  </si>
+  <si>
+    <t>8125</t>
+  </si>
+  <si>
+    <t>331</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8125/50.trca_de_lampada_queimada.doc</t>
+  </si>
+  <si>
+    <t>Indica troca de lâmpadas queimadas na Rua José Benedito de Moraes, em frente ao numeral 75, Jd. Imperial.</t>
+  </si>
+  <si>
+    <t>8126</t>
+  </si>
+  <si>
+    <t>332</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8126/ind_arrumar_estada_souza_queiroz.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal, na forma regimental, que determine ao setor competente da Administração Municipal a realização de manutenção e melhorias na estrada municipal que dá acesso ao Bairro Souza Queiroz, que compete ao município de Leme</t>
+  </si>
+  <si>
+    <t>8127</t>
+  </si>
+  <si>
+    <t>333</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8127/48.mais_medicos_psf_empyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica a contratação de mais médicos para atendimento no PSM – EMPYREO</t>
+  </si>
+  <si>
+    <t>8128</t>
+  </si>
+  <si>
+    <t>334</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8128/indica_melhorias_avsantaisabel.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e retirada de lixo, entulhos e restos de madeira na área verde localizada nas proximidades do número 511 da Avenida Santa Isabel.</t>
+  </si>
+  <si>
+    <t>8129</t>
+  </si>
+  <si>
+    <t>335</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8129/indica_limpeza_ruajosecostenaro_analucia.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e retirada de entulho na Rua José Costenaro, ao lado do número 140, no Jardim Ana Lúcia.</t>
+  </si>
+  <si>
+    <t>8130</t>
+  </si>
+  <si>
+    <t>336</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8130/indica_melhorias_passeiopublico_armandosallesequerobinosoeiro.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de fiscalização na esquina da Rua Dr. Armando de Salles Oliveira com a Rua Bernardino de Campos, na região central da cidade, para verificar as condições do passeio público.</t>
+  </si>
+  <si>
+    <t>8131</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8131/indica_recape_jardimfrancisco.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buracos nas ruas João de Paula Ramos, Dr. Paulo Meytre e José Pariz, todas localizadas no Jardim Francisco.</t>
+  </si>
+  <si>
+    <t>8132</t>
+  </si>
+  <si>
+    <t>338</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8132/internet_nas_unidades_escolares.doc</t>
+  </si>
+  <si>
+    <t>Indica melhorias de infraestrutura e acesso à internet nas unidades escolares municipais.</t>
+  </si>
+  <si>
+    <t>8133</t>
+  </si>
+  <si>
+    <t>339</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8133/indica_melhorias_estrada_pirassununga.doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências na Avenida Pedro Joest/Estrada Municipal João Pinto de Azevedo, visando a melhoria das condições de infraestrutura e segurança viária ao longo de toda a extensão da via</t>
+  </si>
+  <si>
+    <t>8134</t>
+  </si>
+  <si>
+    <t>340</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8134/indica_postecaido_estrada_joao_pinto_de_azevedo..doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências urgentes junto à concessionária Neoenergia Elektro, para que seja realizada a substituição imediata de um poste que se encontra caído na Estrada João Pinto de Azevedo.</t>
+  </si>
+  <si>
+    <t>8135</t>
+  </si>
+  <si>
+    <t>341</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8135/biblioteca_itinerante.doc</t>
+  </si>
+  <si>
+    <t>Indica o desenvolvimento de um programa de biblioteca itinerante para crianças e adolescentes.</t>
+  </si>
+  <si>
+    <t>8136</t>
+  </si>
+  <si>
+    <t>342</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8136/ind_multirao_de_limpeza_nova_santa_rita.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal de Leme, na forma regimental, que determine ao setor competente a realização de mutirão de limpeza em diversos bairros do município, compreendendo serviços de poda de grama, corte de mato alto, capinação, limpeza de áreas públicas e retirada de entulhos</t>
+  </si>
+  <si>
+    <t>8137</t>
+  </si>
+  <si>
+    <t>343</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8137/plantio_de_arvores.doc</t>
+  </si>
+  <si>
+    <t>Indica plantio de árvores nativas e frutíferas no município de Leme.</t>
+  </si>
+  <si>
+    <t>8138</t>
+  </si>
+  <si>
+    <t>344</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8138/wi-fi.doc</t>
+  </si>
+  <si>
+    <t>Indica disponibilização de Wi-Fi de qualidade nas unidades de saúde do município.</t>
+  </si>
+  <si>
+    <t>8139</t>
+  </si>
+  <si>
+    <t>345</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8139/praca_do_padre_cicero.doc</t>
+  </si>
+  <si>
+    <t>Indica reforma do parquinho localizado na Praça do Padre Cícero.</t>
+  </si>
+  <si>
+    <t>8140</t>
+  </si>
+  <si>
+    <t>346</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8140/exames_de_ultrassom.doc</t>
+  </si>
+  <si>
+    <t>Indica agilidade na marcação de exames de ultrassom no município.</t>
+  </si>
+  <si>
+    <t>8141</t>
+  </si>
+  <si>
+    <t>347</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8141/ampliacao_de_formacao.doc</t>
+  </si>
+  <si>
+    <t>Indica a ampliação de formação continuada para professores da rede municipal.</t>
+  </si>
+  <si>
+    <t>8142</t>
+  </si>
+  <si>
+    <t>348</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8142/lombadas_no_bairro_empyreo.doc</t>
+  </si>
+  <si>
+    <t>Indica instalação de lombadas no Bairro Empyreo.</t>
+  </si>
+  <si>
+    <t>8143</t>
+  </si>
+  <si>
+    <t>349</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8143/aulas_de_reforco.doc</t>
+  </si>
+  <si>
+    <t>Indica ampliação de aulas de reforço escolar para alunos da rede municipal.</t>
+  </si>
+  <si>
+    <t>8144</t>
+  </si>
+  <si>
+    <t>350</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8144/lago_municipal.doc</t>
+  </si>
+  <si>
+    <t>Indica melhorias na iluminação do Lago Municipal.</t>
+  </si>
+  <si>
+    <t>8145</t>
+  </si>
+  <si>
+    <t>351</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8145/santa_carolina.doc</t>
+  </si>
+  <si>
+    <t>Indica instalação e manutenção de lombadas no Bairro Santa Carolina.</t>
+  </si>
+  <si>
+    <t>8146</t>
+  </si>
+  <si>
+    <t>352</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8146/1-indicacao_1-1-_1_.doc</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico na Rua Dr. Mario A Teixeira Freitas.</t>
+  </si>
+  <si>
+    <t>8147</t>
+  </si>
+  <si>
+    <t>353</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8147/instalacao_de_radar.doc</t>
+  </si>
+  <si>
+    <t>Indica estudo para instalação de radar de velocidade em frente à UPA.</t>
+  </si>
+  <si>
+    <t>8148</t>
+  </si>
+  <si>
+    <t>354</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8148/semaforo.doc</t>
+  </si>
+  <si>
+    <t>Indica estudo para instalação de semáforo em frente à UPA.</t>
+  </si>
+  <si>
+    <t>8149</t>
+  </si>
+  <si>
+    <t>355</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8149/upa.doc</t>
+  </si>
+  <si>
+    <t>Indica reparo na lombada localizada em frente à UPA.</t>
+  </si>
+  <si>
+    <t>8150</t>
+  </si>
+  <si>
+    <t>356</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8150/jardim_quaglia..doc</t>
+  </si>
+  <si>
+    <t>Indica providências quanto ao mato alto e ao acúmulo de lixo em terrenos baldios no bairro Jardim Quaglia.</t>
+  </si>
+  <si>
+    <t>8151</t>
+  </si>
+  <si>
+    <t>357</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8151/area_verde.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de visita do Prefeito Municipal ao bairro Rocco Lenci para verificação da situação do mato na área verde.</t>
+  </si>
+  <si>
+    <t>8155</t>
+  </si>
+  <si>
+    <t>358</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8155/indico_a_pintura_da_demarcacao_de_vaga_de_estacionamento_posto_de_saude_renascenca..doc</t>
+  </si>
+  <si>
+    <t>Indico a pintura da demarcação de vaga de estacionamento Posto de saúde Renascença.</t>
+  </si>
+  <si>
+    <t>8156</t>
+  </si>
+  <si>
+    <t>359</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8156/indica_rocagem_constantido_no_jd_eloisa.docx</t>
+  </si>
+  <si>
+    <t>Indica serviços de roçagem e manutenção da grama no campinho localizado na Rua Constantino Denófrio em frente ao N° 504, no bairro Jardim Eloisa.</t>
+  </si>
+  <si>
+    <t>8157</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, seja realizada a manutenção e melhoria das estradas rurais localizadas no Bairro Núcleo Cresciumal, em nosso município.</t>
+  </si>
+  <si>
+    <t>8158</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal de Obras e Planejamento Urbano ou setor competente, seja realizado um programa de recapeamento asfáltico nas vias públicas de toda a cidade, priorizando os locais que se encontram em condições mais críticas.</t>
+  </si>
+  <si>
+    <t>8160</t>
+  </si>
+  <si>
+    <t>362</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8160/ind_cronograma_limp_taquari_ponte.doc</t>
+  </si>
+  <si>
+    <t>Indica limpeza geral e a criação e divulgação de um cronograma de limpeza pública no Taquari bairro e bairro Taquari Ponte</t>
+  </si>
+  <si>
+    <t>8165</t>
+  </si>
+  <si>
+    <t>363</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8165/ind_app_sus_consulta.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, que determine à Secretaria Municipal de Saúde a adoção de medidas para implantação e incentivo da utilização do aplicativo “Meu SUS Digital” para o agendamento online de consultas nas Unidades Básicas de Saúde (UBS) do município de Leme</t>
+  </si>
+  <si>
+    <t>8166</t>
+  </si>
+  <si>
+    <t>364</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8166/indica_tapa_buraco_decio_maradei.docx</t>
+  </si>
+  <si>
+    <t>operação tapa-buracos na Rua Décio Maradei, em frente ao número 109, no bairro Jardim Primavera, especialmente nas adjacências da esquina, onde há diversos buracos na via.</t>
+  </si>
+  <si>
+    <t>8168</t>
+  </si>
+  <si>
+    <t>365</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8168/ind_teletratamento_mulheres.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, que determine à Secretaria Municipal de Saúde, em conjunto com a Secretaria de Assistência e Desenvolvimento Social, a implantação de serviço de teleatendimento/teletratamento em saúde mental voltado a mulheres em situação de violência, no âmbito da rede pública municipal</t>
+  </si>
+  <si>
+    <t>8169</t>
+  </si>
+  <si>
+    <t>366</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8169/ind_manutencao_na_jd_do_sol.doc</t>
+  </si>
+  <si>
+    <t>Indica ao Senhor Prefeito Municipal para que que determine ao setor competente a realização de manutenção geral na Praça do Jardim do Sol, incluindo roçagem de grama, limpeza, pintura e demais reparos necessários</t>
+  </si>
+  <si>
+    <t>8170</t>
+  </si>
+  <si>
+    <t>367</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8170/indica_tapa_buraco_augusto_salciotto.docx</t>
+  </si>
+  <si>
+    <t>Indica operação tapa-buracos em toda a extensão da Rua Augusto Salciotto, no bairro Jardim São Joaquim.</t>
+  </si>
+  <si>
+    <t>8171</t>
+  </si>
+  <si>
+    <t>368</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8171/ind_cirurgiao_plastico_no_sus.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, na forma regimental, que determine à Secretaria Municipal de Saúde a adoção de medidas visando a contratação de médico especialista em cirurgia plástica para atendimento na rede pública de saúde do município de Leme, especialmente para procedimentos de caráter reparador e reconstrutivo</t>
+  </si>
+  <si>
+    <t>8172</t>
+  </si>
+  <si>
+    <t>369</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8172/ind__rotatoria_cmi.doc</t>
+  </si>
+  <si>
+    <t>INDICA ao Excelentíssimo Senhor Prefeito Municipal de Leme, por intermédio da Secretaria competente, que seja realizada revisão e adequação da rotatória localizada nas proximidades do Centro Médico Integrado – CMI</t>
+  </si>
+  <si>
+    <t>8209</t>
+  </si>
+  <si>
+    <t>370</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8209/09-03-26.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação urgente de lixeira pública na esquina da Rua Bernardino de Campos com a Rua Armando Sales de Oliveira, diante do constante acúmulo de lixo e entulho no local.</t>
+  </si>
+  <si>
+    <t>8212</t>
+  </si>
+  <si>
+    <t>371</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8212/indica_tapa_buraco_joao_trottman.pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de operação tapa-buraco na rua João Trottmann, nas proximidades do Minimercado Líder, localizada no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>8213</t>
+  </si>
+  <si>
+    <t>372</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8213/indica_pavimentacao_pontezinha_travagin.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implantação de calçada ou pavimentação no acesso à ponte que liga as Ruas Maria Fercem no bairro Jardim do Sol e Cláudio Aparecido Monteiro, no bairro Jardim Travagin.</t>
+  </si>
+  <si>
+    <t>8214</t>
+  </si>
+  <si>
+    <t>373</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8214/indica_cameras_e_informacao_maria_helena.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de placas informativas e de advertência, bem como a implementação de monitoramento por câmeras na Avenida Maria Helena, no bairro Jardim Capitólio.</t>
+  </si>
+  <si>
+    <t>8216</t>
+  </si>
+  <si>
+    <t>374</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8216/indicacao_374.pdf</t>
+  </si>
+  <si>
+    <t>Indica a implantação de sinalização adequada na Rua Eugênio Guerra localizada no bairro Cidade Jardim.</t>
+  </si>
+  <si>
+    <t>8217</t>
+  </si>
+  <si>
+    <t>375</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8217/indicacao....doc</t>
+  </si>
+  <si>
+    <t>Indica poda de arvores localizadas na rua Joaquim Adolfo Amadeu.</t>
+  </si>
+  <si>
+    <t>8218</t>
+  </si>
+  <si>
+    <t>376</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_376.pdf</t>
+  </si>
+  <si>
+    <t>Indica operação tapa buracos em toda extensão da Rua Hormindo Klein no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>8219</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8219/indicacao_377.pdf</t>
+  </si>
+  <si>
+    <t>Indica a aquisição e utilização de Equipamento de Proteção Coletiva (EPC), mais especificamente tela de proteção para roçagem, pelas equipes de serviços públicos do município, bem como a realização de treinamento e orientação pelo SESMT aos servidores responsáveis por esses serviços quanto à sua correta utilização.</t>
+  </si>
+  <si>
+    <t>8220</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_378.doc</t>
+  </si>
+  <si>
+    <t>Indica o anteprojeto que “Dispõe sobre a instalação de câmeras de segurança nas quadras municipais de Leme, visando a redução de conflitos e a garantia da segurança durante os campeonatos e outros eventos esportivos.”</t>
+  </si>
+  <si>
+    <t>8221</t>
+  </si>
+  <si>
+    <t>379</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_379.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de postes com bateria, placa solar e lâmpadas LED, no interior de praças e estacionamento do Ginásio de Esportes Prefeito Luiz Fernando Marchi.</t>
+  </si>
+  <si>
+    <t>8222</t>
+  </si>
+  <si>
+    <t>380</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8222/indicacao_380.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de postes com lâmpadas LED na Rua Eugênio Guerra,   atrás da Faculdade Anhanguera.</t>
+  </si>
+  <si>
+    <t>8223</t>
+  </si>
+  <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_381.pdf</t>
+  </si>
+  <si>
+    <t>Indica instalação de canaletas para escoamento de águas pluviais e consequente melhoria da profundidade da valeta existente na Av. José Moreira de Queiroz, onde ocorre o entroncamento da Rua Sebastião da Silva Leme.</t>
+  </si>
+  <si>
+    <t>8224</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_382.pdf</t>
+  </si>
+  <si>
+    <t>Indica recape asfáltico da Rua José Leme Franco, trecho compreendido entre a Rua Bezerra de Menezes e a Av. Hermínio Hometto.</t>
+  </si>
+  <si>
+    <t>8225</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_383.pdf</t>
+  </si>
+  <si>
+    <t>Indica fornecimento de uniforme completo aos Agentes Comunitários de Saúde ACS, para facilitar a identificação e proteção desses profissionais durante as suas atividades</t>
+  </si>
+  <si>
+    <t>8226</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao384.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de melhorias na infraestrutura viária e na sinalização de trânsito nas Ruas Ângelo Faciolli, Victório de Souza e João Viegas Filho.</t>
+  </si>
+  <si>
+    <t>8227</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao385.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Senhor Prefeito Municipal, que determine aos setores competentes da Administração Municipal a adoção de medidas necessárias para garantir o pleno cumprimento da Portaria GM/MS nº 10.132, de 7 de janeiro de 2026, especialmente no que se refere à correta aplicação dos recursos da Assistência Financeira Complementar (AFC) e do Incentivo Financeiro (IF) destinados ao piso salarial profissional nacional e ao fortalecimento das ações dos Agentes de Combate às Endemias (ACE) no município de Leme</t>
+  </si>
+  <si>
+    <t>8228</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao386.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de ações de conscientização, inclusão e valorização das pessoas com Síndrome de Down, em alusão ao Dia Internacional da Síndrome de Down, celebrado em 21 de março.</t>
+  </si>
+  <si>
+    <t>8229</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao387.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas para intensificar a fiscalização na região da Avenida Bertha Burhein.</t>
+  </si>
+  <si>
+    <t>8230</t>
+  </si>
+  <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao388.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de braços de iluminação pública e luminárias nos postes localizados na Rua Ângelo Nivaldo Madella, nas proximidades do número 270, no Jardim Angélica, garantindo a devida iluminação do trecho.</t>
+  </si>
+  <si>
+    <t>8231</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao389.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências urgentes na avenida de acesso ao Condomínio Água Espraiada, bem como na região do Jardim Crishmara, visando melhorias na infraestrutura urbana e na qualidade dos serviços públicos prestados à população.</t>
+  </si>
+  <si>
+    <t>8232</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao390.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências na EMEB Raquel dos Anjos, visando melhorar as condições de acesso dos alunos à unidade escolar e fortalecer a comunicação com a comunidade escolar.</t>
+  </si>
+  <si>
+    <t>8233</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao391.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico na Rua Augusto Salcioto, localizada no Parque São Manoel.</t>
+  </si>
+  <si>
+    <t>8234</t>
+  </si>
+  <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao392.pdf</t>
+  </si>
+  <si>
+    <t>Indica estudos para criação de um Cinturão Verde em Leme.</t>
+  </si>
+  <si>
+    <t>8235</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao393.pdf</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências para a melhoria das condições da malha asfáltica e da sinalização viária na Rua General Osório.</t>
+  </si>
+  <si>
+    <t>8236</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao394.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buracos na Avenida Joaquim Lopes Águila, nas proximidades do número 1290, no sentido bairro/centro, bem como a pintura adequada da lombada existente no local e a instalação de placa indicativa de sinalização de lombada.</t>
+  </si>
+  <si>
+    <t>8237</t>
+  </si>
+  <si>
+    <t>395</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao395.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buracos na Rua João Pessoa, especialmente no trecho compreendido entre a Avenida 29 de Agosto e a Rua Dr. Armando de Salles Oliveira.</t>
+  </si>
+  <si>
+    <t>8238</t>
+  </si>
+  <si>
+    <t>396</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao396.pdf</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e roçagem do mato alto nas proximidades da empresa New Age Bebidas.</t>
+  </si>
+  <si>
+    <t>8239</t>
+  </si>
+  <si>
+    <t>397</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao397.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, que determine ao setor competente da Administração Municipal, a realização de reforma, manutenção e melhorias estruturais no Núcleo de Zoonoses do Município de Leme/SP, visando proporcionar melhores condições de trabalho aos profissionais e aprimorar os serviços prestados à população.</t>
+  </si>
+  <si>
+    <t>8240</t>
+  </si>
+  <si>
+    <t>398</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao398.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, providencie a retirada de entulhos acumulados na lateral da creche localizada no Jardim Primavera.</t>
+  </si>
+  <si>
+    <t>8241</t>
+  </si>
+  <si>
+    <t>399</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao.doc</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, estude a viabilidade de realizar a construção de uma quadra poliesportiva na praça localizada no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>8242</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao400.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal que, por meio da Secretaria Municipal competente, encaminhe a esta Casa de Leis Projeto de Lei que autorize o Poder Executivo Municipal a repassar aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE) o Incentivo Financeiro Adicional, bem como estabeleça as demais providências necessárias para sua regulamentação no âmbito do município.</t>
+  </si>
+  <si>
+    <t>8243</t>
+  </si>
+  <si>
+    <t>401</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao401.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, na forma regimental, que determine aos setores competentes da Administração Municipal a aquisição de um Caminhão Pipa para atendimento das demandas do Município de Leme/SP, destinado ao suporte de serviços públicos essenciais</t>
+  </si>
+  <si>
+    <t>8244</t>
+  </si>
+  <si>
+    <t>402</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao402.pdf</t>
+  </si>
+  <si>
+    <t>Indica vistoria em um quarteirão de casas abandonadas na Rua Mourão Alvares de Moraes, Bairro Barra Funda.</t>
+  </si>
+  <si>
+    <t>8245</t>
+  </si>
+  <si>
+    <t>403</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao403.pdf</t>
+  </si>
+  <si>
+    <t>Indica vistoria em casa abandonada na Rua Paulo Bregaro, Vila Bancária.</t>
+  </si>
+  <si>
+    <t>8246</t>
+  </si>
+  <si>
+    <t>404</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao404.pdf</t>
+  </si>
+  <si>
+    <t>Indica a retirada de entulho na calçada da Rua Coronel José Leme Franco.</t>
+  </si>
+  <si>
+    <t>8247</t>
+  </si>
+  <si>
+    <t>405</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao405.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, na forma regimental, a aquisição de novas ambulâncias para reforçar a frota de atendimento do Município de Leme/SP, visando ampliar e qualificar os serviços de transporte de pacientes</t>
+  </si>
+  <si>
+    <t>8248</t>
+  </si>
+  <si>
+    <t>406</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8248/indicacao406.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza de terrenos na Rua Vitório Luppi, Jardim Tufanin.</t>
+  </si>
+  <si>
+    <t>8249</t>
+  </si>
+  <si>
+    <t>407</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao407.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza da via pública na Rua Ana Maria, Jardim Capitólio.</t>
+  </si>
+  <si>
+    <t>8250</t>
+  </si>
+  <si>
+    <t>408</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao408.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza de terrenos na Rua Major Arthur Franco Mourão, nº 526 e nº 540.</t>
+  </si>
+  <si>
+    <t>8251</t>
+  </si>
+  <si>
+    <t>409</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao409.pdf</t>
+  </si>
+  <si>
+    <t>8252</t>
+  </si>
+  <si>
+    <t>410</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao410.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de lixeira na Rua Frederico Hildebrand, nº 266, esquina com a Rua Palmiro Ferreira Vieira, no bairro Jardim Amália.</t>
+  </si>
+  <si>
+    <t>8253</t>
+  </si>
+  <si>
+    <t>411</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao411.pdf</t>
+  </si>
+  <si>
+    <t>Indica melhorias no cruzamento da Rua Francisco Margonar com a Rua Fernando Nery, no Bairro São Joaquim.</t>
+  </si>
+  <si>
+    <t>8254</t>
+  </si>
+  <si>
+    <t>412</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao412.pdf</t>
+  </si>
+  <si>
+    <t>Indico a reforma e manutenção na EMEI Profª Gessia Peixe de Moura Hildebrand.</t>
+  </si>
+  <si>
+    <t>8255</t>
+  </si>
+  <si>
+    <t>413</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8255/indicacao413.pdf</t>
+  </si>
+  <si>
+    <t>Indico a manutenção no telhado da quadra da EMEF Profª Helaine Koch Gomes.</t>
+  </si>
+  <si>
+    <t>8256</t>
+  </si>
+  <si>
+    <t>414</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8256/indica_rotatoria_griil_sul.docx</t>
+  </si>
+  <si>
+    <t>Indica manutenção ou correta implementação de rotatória localizada na Avenida da Saudade, no ponto de acesso à Rua dos Girassóis e Praça Emedi Maximiano Vizotto.</t>
+  </si>
+  <si>
+    <t>8257</t>
+  </si>
+  <si>
+    <t>415</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao415.pdf</t>
+  </si>
+  <si>
+    <t>Indica a limpeza da via pública após a realização da feira aos sábados nas proximidades da Escola Maria Joaquina.</t>
+  </si>
+  <si>
+    <t>8258</t>
+  </si>
+  <si>
+    <t>416</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao416.pdf</t>
+  </si>
+  <si>
+    <t>Indica vistoria em imóvel abandonado na Rua Albano Vieira Sardinha, nº 151 e nº 104.</t>
+  </si>
+  <si>
+    <t>8259</t>
+  </si>
+  <si>
+    <t>417</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8259/indicacao417.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, a aquisição de mais uma máquina niveladora (motoniveladora) para reforçar a frota de equipamentos do Município de Leme/SP, destinada à execução de serviços de manutenção e melhoria da infraestrutura urbana e rural</t>
+  </si>
+  <si>
+    <t>8260</t>
+  </si>
+  <si>
+    <t>418</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8260/indicacao418.pdf</t>
+  </si>
+  <si>
+    <t>Indica a contratação ou ampliação do número de médicos especialistas nas áreas de Endocrinologia e Dermatologia na rede municipal de saúde.</t>
+  </si>
+  <si>
+    <t>8261</t>
+  </si>
+  <si>
+    <t>419</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8261/ind_piso_salarial_gari.doc</t>
+  </si>
+  <si>
+    <t>Indico Senhor Prefeito Municipal de Leme, que determine aos setores competentes da Administração Municipal a realização de estudos e a adoção de medidas administrativas necessárias para a valorização dos profissionais responsáveis pelos serviços de limpeza urbana do município, especialmente no que se refere à adequação do piso salarial, concessão de adicional de insalubridade em grau máximo e ampliação de benefícios aos trabalhadores da categoria</t>
+  </si>
+  <si>
+    <t>8263</t>
+  </si>
+  <si>
+    <t>420</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao420.pdf</t>
+  </si>
+  <si>
+    <t>Indico a troca de duas lâmpadas queimadas na Rua Ignácio Musumeci, neste município.</t>
+  </si>
+  <si>
+    <t>8264</t>
+  </si>
+  <si>
+    <t>421</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao421.pdf</t>
+  </si>
+  <si>
+    <t>Indico roçagem do mato na Rua Ignácio Musumeci.</t>
+  </si>
+  <si>
+    <t>8266</t>
+  </si>
+  <si>
+    <t>422</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao422.pdf</t>
+  </si>
+  <si>
+    <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Leme, que determine aos setores competentes da Administração Municipal a aquisição de novas viaturas para reforçar a frota de veículos utilizados nos serviços públicos do Município de Leme/SP, especialmente para atendimento das demandas de segurança, fiscalização e apoio às atividades operacionais</t>
+  </si>
+  <si>
+    <t>8290</t>
+  </si>
+  <si>
+    <t>423</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8290/indico_a_poda_das_arvores_e_rocagem_do_mato_na_rotatoria_localizada_na_saida_do_km_186_da_rodovia_anhanguera_sp-330..pdf</t>
+  </si>
+  <si>
+    <t>Indico a poda das árvores e roçagem do mato na rotatória localizada na saída do km 186 da Rodovia Anhanguera (SP-330).</t>
+  </si>
+  <si>
+    <t>8291</t>
+  </si>
+  <si>
+    <t>424</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8291/51.retirada_de_entulho_praca_do_padre_cicero_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica retirada de entulho na Praça do Padre Cicero</t>
+  </si>
+  <si>
+    <t>8292</t>
+  </si>
+  <si>
+    <t>425</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8292/52.tapar_buraco_rua_jose_marques.pdf</t>
+  </si>
+  <si>
+    <t>Indica tapar buraco (grande) na Rua José Marque de Oliveira de frente ao numeral 147, localizado no Jardim Saulo</t>
+  </si>
+  <si>
+    <t>8293</t>
+  </si>
+  <si>
+    <t>426</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8293/53._retirda_de_galho_rua_jose_carlos_pink.pdf</t>
+  </si>
+  <si>
+    <t>Indica retirada de galho principalmente os que estão pendurados em árvores na Rua José Carlos Pink, em frente ao numeral 97 localizado no Jardim Saulo</t>
+  </si>
+  <si>
+    <t>8294</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8294/54._indica_melhoria_na_iluminacao_parca_padre_cicero.pdf</t>
+  </si>
+  <si>
+    <t>Indica melhoria na iluminação na Praça do Padre Cicero, localizado no Jardim Saulo.</t>
+  </si>
+  <si>
+    <t>8295</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8295/55._indica_estudos_para_retirada_de_arvores_comprometidas.pdf</t>
+  </si>
+  <si>
+    <t>Indica estudo para retirada de árvores comprometidas em nossa cidade</t>
+  </si>
+  <si>
+    <t>8296</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8296/indica_retirar_lixo_igre_quadrangular.pdf</t>
+  </si>
+  <si>
+    <t>Indica a retirada de galhos e folhagens que estão no canteiro central na Avenida Carlo Bonfanti no bairro Jardim Eroisi, adjacente à Igreja Quadrangular.</t>
+  </si>
+  <si>
+    <t>8297</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8297/56.indica_gcm_para_orientacao_de_transito.pdf</t>
+  </si>
+  <si>
+    <t>Indica a disponibilização de Guarda Civil Municipal para orientação de trânsito nos horários de picos no cruzamento das Avenidas Herminio Ometto com Dr Jambeiro Costa</t>
+  </si>
+  <si>
+    <t>8298</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8298/57.limpeza_de_bueiro.pdf</t>
+  </si>
+  <si>
+    <t>Indica limpeza de bueiro localizado na Rua Etori Silenci em frente ao numeral 30, Jd. Primavera</t>
+  </si>
+  <si>
+    <t>8299</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8299/58.retirar_lixo_ginasio_primavera.pdf</t>
+  </si>
+  <si>
+    <t>Indica retirado de lixo e entulho no novo Ginásio de Esportes denominado Luís Fernando Marchi, Jd. Primavera</t>
+  </si>
+  <si>
+    <t>8300</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8300/indica_cursos_do_pat.pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de parceria com órgãos de qualificação profissional, a criação e ampliação de cursos profissionalizantes voltados às áreas com maior demanda de mão de obra no município de Leme.</t>
+  </si>
+  <si>
+    <t>8301</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8301/indico_manutencao_do_ginasio_santa_marta_com_conserto_dos_refletores_e_do_bebedouro._1.pdf</t>
+  </si>
+  <si>
+    <t>Indico manutenção do Ginásio Santa Marta, com conserto dos refletores e do bebedouro.</t>
+  </si>
+  <si>
+    <t>8302</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_de_adesivos_nos_caminhoes_de_lixo.pdf</t>
+  </si>
+  <si>
+    <t>INDICA que determine ao setor competente a implantação de adesivos informativos e educativos nos caminhões da coleta de lixo do município, com mensagens de conscientização e combate aos maus-tratos aos animais.</t>
+  </si>
+  <si>
+    <t>8303</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8303/indica_lampadas_de_led_no_bairro_caju.pdf</t>
+  </si>
+  <si>
+    <t>Indica a instalação de iluminação pública com lâmpadas de LED no bairro Caju</t>
+  </si>
+  <si>
+    <t>8308</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8308/indica_recape_asflato_ruas_bairro_caju_1.pdf</t>
+  </si>
+  <si>
+    <t>Indica realização de obras de recapeamento asfáltico em todas as vias do bairro Caju.</t>
+  </si>
+  <si>
+    <t>8311</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8311/indica_rocagem_no_bairro_jd_sao_joaquim.docx</t>
+  </si>
+  <si>
+    <t>Indica realização de serviços de roçagem de grama e limpeza urbana em toda a extensão do bairro Jardim São Joaquim.</t>
+  </si>
+  <si>
+    <t>8312</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8312/indica_transformador_no_alto_da_gloria.docx</t>
+  </si>
+  <si>
+    <t>Indica a colocação urgente de um transformador de energia na rua Sylvio Di Camilo no bairro Jardim Alto da Glória.</t>
+  </si>
+  <si>
+    <t>8313</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8313/indica_retirada_lixo_fernando_mercatelli.docx</t>
+  </si>
+  <si>
+    <t>Indica a retirada de lixo e entulhos que estão na rua Roberto Mercatelli no bairro Jardim Nova Era, ao lado do N° 170</t>
+  </si>
+  <si>
+    <t>8314</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8314/indica_retirar_lixo_otavio_no_jd_do_sol.docx</t>
+  </si>
+  <si>
+    <t>Indica a retirada de lixo, galhos e entulhos que estão na rua Otávio Habbermann no bairro Jardim do Sol, adjacente ao Grêmio da Infibra</t>
+  </si>
+  <si>
+    <t>8315</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacoes_para_a_sessao_23.03.2026.docx</t>
+  </si>
+  <si>
+    <t>Indica realização de serviços de roçagem da grama, limpeza geral e manutenção ou substituição dos brinquedos instalados na praça localizada no bairro Jardim do Sol.</t>
+  </si>
+  <si>
+    <t>8316</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8316/indica__a_adocao_de_providencias_para_melhorias_na_infraestrutura_e_nos_servicos_publicos_do_bairro_caju..doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências para melhorias na infraestrutura e nos serviços públicos do Bairro Caju.</t>
+  </si>
+  <si>
+    <t>8317</t>
+  </si>
+  <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8317/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine junto ao setor competente, especialmente à Secretaria Municipal de Obras e Serviços Públicos, a realização de recapeamento asfáltico em toda a extensão da Vila Bom Jesus, neste município.</t>
+  </si>
+  <si>
+    <t>8318</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine junto ao setor competente, especialmente à Secretaria Municipal de Obras e Serviços Públicos, a implantação e melhorias na iluminação pública na via de acesso ao Jardim Alto das Palmeiras, neste município.</t>
+  </si>
+  <si>
+    <t>8319</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine junto ao setor competente a realização de concurso público específico para o cargo de motorista de ambulância, com a exigência de qualificações técnicas adequadas ao exercício da função, visando a melhoria no atendimento aos pacientes da rede pública de saúde.</t>
+  </si>
+  <si>
+    <t>8320</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8320/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor competente a elaboração e encaminhamento a esta Casa de Leis de Projeto de Lei que disponha sobre a criação do cargo de Profissional de Apoio Escolar para atendimento de alunos com deficiência na rede municipal de ensino, em número suficiente para atender todas as unidades escolares do município.</t>
+  </si>
+  <si>
+    <t>8321</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8321/indica__a_realizacao_de_manutencao_e_melhorias_na_rodoviaria_municipal_de_leme..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de manutenção e melhorias na Rodoviária Municipal de Leme.</t>
+  </si>
+  <si>
+    <t>8322</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8322/indica__a_realizacao_de_recapeamento_asfaltico_na_rua_darcio_tampolini..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico na Rua Darcio Tampolini</t>
+  </si>
+  <si>
+    <t>8323</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8323/indica__a_realizacao_de_manutencao_rocagem_e_limpeza_das_pracas_localizadas_na_regiao_do_parque_sao_manoel..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de manutenção, roçagem e limpeza das praças localizadas na região do Parque São Manoel.</t>
+  </si>
+  <si>
+    <t>8324</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8324/pracas_viva.doc</t>
+  </si>
+  <si>
+    <t>Indica a revitalização e ocupação das praças públicas com atividades de lazer.</t>
+  </si>
+  <si>
+    <t>8325</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8325/bairro_renascenca.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e roçagem de mato no Bairro Renascença.</t>
+  </si>
+  <si>
+    <t>8326</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8326/velorio_municipal.doc</t>
+  </si>
+  <si>
+    <t>REINDICA, com urgência, a instalação de aparelhos de ar-condicionado no velório municipal.</t>
+  </si>
+  <si>
+    <t>8327</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8327/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_para_coibir_descarte_irregular_de_lixo_em_terreno_proximo_a_rua_henrique_margonar_no_530..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e adoção de medidas para coibir descarte irregular de lixo em terreno próximo à Rua Henrique Margonar, nº 530.</t>
+  </si>
+  <si>
+    <t>8328</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8328/atendimento_da_rede_publica.doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de medidas urgentes para melhoria no atendimento da rede pública de saúde.</t>
+  </si>
+  <si>
+    <t>8329</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8329/indica__a_realizacao_de_servicos_de_rocagem_e_limpeza_no_jardim_taquaral..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviços de roçagem e limpeza no Jardim Taquaral.</t>
+  </si>
+  <si>
+    <t>8330</t>
+  </si>
+  <si>
+    <t>457</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8330/profissionais_da_saude.doc</t>
+  </si>
+  <si>
+    <t>Indica o reforço no quadro de profissionais da saúde.</t>
+  </si>
+  <si>
+    <t>8331</t>
+  </si>
+  <si>
+    <t>458</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8331/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_urgentes_em_terreno_com_acumulo_de_lixo_no_entorno_da_emeb_profa_zulmira_no_jardim_empyreo..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de limpeza e adoção de medidas urgentes em terreno com acúmulo de lixo no entorno da EMEB “Profª Zulmira”, no Jardim Empyreo.</t>
+  </si>
+  <si>
+    <t>8332</t>
+  </si>
+  <si>
+    <t>459</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8332/reducao_do_tempo_de_espera_por_consultas.doc</t>
+  </si>
+  <si>
+    <t>Indica a redução do tempo de espera por consultas e exames.</t>
+  </si>
+  <si>
+    <t>8333</t>
+  </si>
+  <si>
+    <t>460</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8333/inclusao_de_libras_como_disciplina_opcional.doc</t>
+  </si>
+  <si>
+    <t>Indica Inclusão de Libras como disciplina opcional</t>
+  </si>
+  <si>
+    <t>8334</t>
+  </si>
+  <si>
+    <t>461</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8334/operacao_tapa-buracos.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de operação tapa-buracos em toda a cidade.</t>
+  </si>
+  <si>
+    <t>8335</t>
+  </si>
+  <si>
+    <t>462</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8335/fornecimento_de_medicamentos.doc</t>
+  </si>
+  <si>
+    <t>Indica a normalização do fornecimento de medicamentos.</t>
+  </si>
+  <si>
+    <t>8336</t>
+  </si>
+  <si>
+    <t>463</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8336/educacao_ambiental.doc</t>
+  </si>
+  <si>
+    <t>Indica educação ambiental com trilhas e práticas em áreas verdes.</t>
+  </si>
+  <si>
+    <t>8337</t>
+  </si>
+  <si>
+    <t>464</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8337/indica_a_realizacao_de_manutencao_na_iluminacao_publica_na_rua_domingos_cechinatto_no_484..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de manutenção na iluminação pública na Rua Domingos Cechinatto, nº 484.</t>
+  </si>
+  <si>
+    <t>8338</t>
+  </si>
+  <si>
+    <t>465</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8338/reduzir_perdas_de_agua.doc</t>
+  </si>
+  <si>
+    <t>Indica redução de perdas de água na rede de distribuição.</t>
+  </si>
+  <si>
+    <t>8339</t>
+  </si>
+  <si>
+    <t>466</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8339/indica_poda_arvore_jdbonsucesso.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de poda de árvore em caráter de urgência na Rua Wladimir de Moraes, nº 108, Jardim Bonsucesso.</t>
+  </si>
+  <si>
+    <t>8340</t>
+  </si>
+  <si>
+    <t>467</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8340/canal_direto.doc</t>
+  </si>
+  <si>
+    <t>Indica a criação de um canal direto de reclamações na saúde.</t>
+  </si>
+  <si>
+    <t>8341</t>
+  </si>
+  <si>
+    <t>468</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8341/indica_a_realizacao_de_recapeamento_asfaltico_nas_vias_dos_bairros_jardim_quaglia_e_jardim_graminha..doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de recapeamento asfáltico nas vias dos bairros Jardim Quaglia e Jardim Graminha.</t>
+  </si>
+  <si>
+    <t>8342</t>
+  </si>
+  <si>
+    <t>469</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8342/vazamentos_de_agua.doc</t>
+  </si>
+  <si>
+    <t>Indica Combate ao desperdício e vazamentos de água.</t>
+  </si>
+  <si>
+    <t>8343</t>
+  </si>
+  <si>
+    <t>470</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8343/indica_lixo_angelinazapacosta.doc</t>
+  </si>
+  <si>
+    <t>Indica a adoção de providências quanto ao acúmulo de lixo em calçada na Rua Angelina Zapacosta.</t>
+  </si>
+  <si>
+    <t>8344</t>
+  </si>
+  <si>
+    <t>471</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8344/mediacao_de_conflitos_nas_escolas..doc</t>
+  </si>
+  <si>
+    <t>Indica Programa de Mediação de Conflitos nas Escolas.</t>
+  </si>
+  <si>
+    <t>8345</t>
+  </si>
+  <si>
+    <t>472</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8345/a_iprograma_de_incentivo_a_leitura.doc</t>
+  </si>
+  <si>
+    <t>Indica programa municipal de incentivo à leitura.</t>
+  </si>
+  <si>
+    <t>8346</t>
+  </si>
+  <si>
+    <t>473</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8346/programa_de_mentoria_entre_estudantes.doc</t>
+  </si>
+  <si>
+    <t>Indica Programa de Mentoria entre Estudantes</t>
+  </si>
+  <si>
+    <t>8347</t>
+  </si>
+  <si>
+    <t>474</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8347/educacao__financeira.doc</t>
+  </si>
+  <si>
+    <t>Indica aulas de educação financeira.</t>
+  </si>
+  <si>
+    <t>8348</t>
+  </si>
+  <si>
+    <t>475</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8348/banco_de_recursos_pedagogicos_compartilhados.doc</t>
+  </si>
+  <si>
+    <t>Indica Banco de Recursos Pedagógicos Compartilhados</t>
+  </si>
+  <si>
+    <t>8349</t>
+  </si>
+  <si>
+    <t>476</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8349/alfabetizacao_digital_para_pais.doc</t>
+  </si>
+  <si>
+    <t>Indica Alfabetização Digital para Pais</t>
+  </si>
+  <si>
+    <t>8350</t>
+  </si>
+  <si>
+    <t>477</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8350/apoio_psicopedagogico_intensivo.doc</t>
+  </si>
+  <si>
+    <t>dica Apoio Psicopedagógico Intensivo</t>
+  </si>
+  <si>
+    <t>8351</t>
+  </si>
+  <si>
+    <t>478</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8351/servicos_de_saude.doc</t>
+  </si>
+  <si>
+    <t>Indica a fiscalização e acompanhamento da qualidade dos serviços de saúde.</t>
+  </si>
+  <si>
+    <t>8352</t>
+  </si>
+  <si>
+    <t>479</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8352/indica_poda_arvore_deolindasantosmeira.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de poda de árvore em caráter de urgência na EMEB “Profª Deolinda dos Santos Meira”.</t>
+  </si>
+  <si>
+    <t>8353</t>
+  </si>
+  <si>
+    <t>480</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8353/monitoramento_e_qualidade.doc</t>
+  </si>
+  <si>
+    <t>Indica monitoramento e qualidade da água fornecida.</t>
+  </si>
+  <si>
+    <t>8354</t>
+  </si>
+  <si>
+    <t>481</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8354/oficinas_de_inteligencia_emocional.doc</t>
+  </si>
+  <si>
+    <t>Indica Oficinas de Inteligência Emocional</t>
+  </si>
+  <si>
+    <t>8355</t>
+  </si>
+  <si>
+    <t>482</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8355/educacao_sobre_residuos_e_economia_circular.doc</t>
+  </si>
+  <si>
+    <t>Indica Educação sobre Resíduos e Economia Circular</t>
+  </si>
+  <si>
+    <t>8356</t>
+  </si>
+  <si>
+    <t>483</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8356/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor competente a elaboração e encaminhamento a esta Casa de Leis de Projeto de Lei que estabeleça sanções administrativas a agressores de mulheres, incluindo a aplicação de multas e a proibição de contratar com o Município ou receber incentivos fiscais e benefícios pelo prazo de até 5 (cinco) anos.</t>
+  </si>
+  <si>
+    <t>8357</t>
+  </si>
+  <si>
+    <t>484</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8357/mutiroes_de_consultas.doc</t>
+  </si>
+  <si>
+    <t>Indica a realização de mutirões de consultas e exames.</t>
+  </si>
+  <si>
+    <t>8358</t>
+  </si>
+  <si>
+    <t>485</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8358/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine ao setor competente a elaboração e encaminhamento a esta Casa de Leis de Projeto de Lei que institua a capacitação em Língua Brasileira de Sinais (Libras) para os Agentes de Segurança Pública do município.</t>
+  </si>
+  <si>
+    <t>8359</t>
+  </si>
+  <si>
+    <t>486</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8359/bueiros.doc</t>
+  </si>
+  <si>
+    <t>Indica a limpeza e desobstrução de galerias pluviais e bueiros no município.</t>
+  </si>
+  <si>
+    <t>8360</t>
+  </si>
+  <si>
+    <t>487</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8360/casa_da_juventude_233.docx</t>
+  </si>
+  <si>
+    <t>8361</t>
+  </si>
+  <si>
+    <t>488</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao.doc</t>
+  </si>
+  <si>
+    <t>INDICO, nos termos regimentais, ao Excelentíssimo Senhor Prefeito Municipal, que determine junto ao setor competente, especialmente à Secretaria Municipal de Obras e Serviços Públicos, a realização de recapeamento asfáltico na Rua Ernesto Grossklauss, nº 229, localizada no bairro Jardim Primavera, neste município.</t>
+  </si>
+  <si>
+    <t>8362</t>
+  </si>
+  <si>
+    <t>489</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8362/1-indicacao_23_3_2.doc</t>
+  </si>
+  <si>
+    <t>Indica a aquisição e instalação de contêineres de lixo no centro e nas praças municipais.</t>
+  </si>
+  <si>
+    <t>8363</t>
+  </si>
+  <si>
+    <t>490</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8363/oncologista_233.docx</t>
+  </si>
+  <si>
+    <t>Indica contratação médico oncologista para rede municipal</t>
+  </si>
+  <si>
+    <t>8364</t>
+  </si>
+  <si>
+    <t>491</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8364/semafaro_233.docx</t>
+  </si>
+  <si>
+    <t>Indica instalação de semáforos em locais estratégicos e necessários de Leme.</t>
+  </si>
+  <si>
+    <t>8365</t>
+  </si>
+  <si>
+    <t>492</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8365/casa_da_mulher_233.docx</t>
+  </si>
+  <si>
+    <t>Indica nova instalação para Casa da Mulher.</t>
+  </si>
+  <si>
+    <t>8366</t>
+  </si>
+  <si>
+    <t>493</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8366/revitalizacao_viveiro_233.docx</t>
+  </si>
+  <si>
+    <t>8367</t>
+  </si>
+  <si>
+    <t>494</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8367/reforma_posto_caju_233.docx</t>
+  </si>
+  <si>
+    <t>8368</t>
+  </si>
+  <si>
+    <t>495</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8368/univesp_233.docx</t>
+  </si>
+  <si>
+    <t>Indica Regulamentação do quadro de servidores da Univesp conforme a lei pertinente.</t>
+  </si>
+  <si>
+    <t>8369</t>
+  </si>
+  <si>
+    <t>496</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8369/reforma_posto_taquari_233.docx</t>
+  </si>
+  <si>
+    <t>Indica reforma do posto de saúde Bairro Taquari</t>
+  </si>
+  <si>
+    <t>8370</t>
+  </si>
+  <si>
+    <t>497</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8370/indicacao_1-_1_.doc</t>
+  </si>
+  <si>
+    <t>Indica a implementação de canaleta na Rua Henrique Waldvogel - Barra Funda.</t>
+  </si>
+  <si>
+    <t>8376</t>
+  </si>
+  <si>
+    <t>498</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8376/indica_a_substituicao_dos_brinquedos_quebrados_dos_playgrounds_das_pracas_municipais..doc</t>
+  </si>
+  <si>
+    <t>Indica a substituição dos brinquedos quebrados dos playgrounds das praças municipais.</t>
+  </si>
+  <si>
+    <t>8379</t>
+  </si>
+  <si>
+    <t>499</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8379/indica_estudos_tecnicos_para_implantacao_de_mao_unica_na_rua_vitorio_thomazotti..doc</t>
+  </si>
+  <si>
+    <t>Indica estudos técnicos para implantação de mão única na rua Vitório Thomazotti.</t>
+  </si>
+  <si>
     <t>7607</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO solicitando com urgência e celeridade a poda, regularização, revitalização e manutenção das árvores e do espaço adjacente da Avenida Maria Helena, no bairro Jardim Capitólio.</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Prefeito Municipal e à Secretaria Municipal de Assistência Social para a criação de uma Casa de Passagem destinada ao acolhimento provisório de crianças e adolescentes envolvidos em situações de graves infrações, que não podem ser encaminhados aos abrigos convencionais.</t>
   </si>
   <si>
     <t>7609</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Poder Executivo Municipal que agilize, com urgência, a demolição da área localizada na Avenida Carlo Bonfanti, ao lado do nº 347 (antigo cortiço), em razão dos graves riscos à segurança, à saúde pública e à dignidade das famílias da região.</t>
   </si>
   <si>
     <t>7611</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf</t>
   </si>
   <si>
     <t>APLAUDEM os profissionais farmacêuticos do Município de Leme – SP, pela passagem do Dia do Farmacêutico, comemorado em 20 de janeiro.</t>
   </si>
   <si>
     <t>7616</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf</t>
   </si>
   <si>
     <t>Moção de Aplauso à Polícia Militar atuante no Município de Leme pela firme atuação no combate à perturbação do sossego público e na preservação da segurança durante o final do ano de 2025.</t>
   </si>
   <si>
     <t>7619</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf</t>
   </si>
   <si>
     <t>Moção de apelo solicitando urgentemente providências quanto à situação de lotes, terrenos e imóveis abandonados ou sem o devido cuidado por parte de seus proprietários em nosso município</t>
   </si>
   <si>
+    <t>7748</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7748/mocao_orquideas.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM aos organizadores da 29ª Exposição Nacional de Orquídeas de Leme, realizada entre os dias 06 e 08 de fevereiro do corrente ano</t>
+  </si>
+  <si>
+    <t>7755</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7755/mocao_de_aplausos__michel.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM O SR. MICHEL ANTONY MELENCHON LEITE.</t>
+  </si>
+  <si>
+    <t>7756</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7756/mocao_aplausos_coracao_azul.doc_esse.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM A ASSOCIAÇÃO DE PAIS E FAMILIARES DOS AUTISTAS DE LEME – CORAÇÃO AZUL</t>
+  </si>
+  <si>
+    <t>7778</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7778/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM o CB PM Magalhães, da 4ª Companhia da Polícia Militar, que foi eleito Policial Destaque do mês de janeiro de 2026, em reconhecimento ao seu excelente desempenho profissional e dedicação ao serviço policial.</t>
+  </si>
+  <si>
+    <t>7832</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7832/mocao-de-aplausos-17-02-2026.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Biomcrop Biotechnology Company pela inauguração de sua nova sede em Leme/SP e por sua relevante atuação na Agricultura Regenerativa</t>
+  </si>
+  <si>
+    <t>7862</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7862/mocao_apelo_raspas_asfalto_graminha.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APELO para que sejam adotadas, com a máxima urgência, as providências necessárias visando à colocação de raspas de asfalto, com o devido nivelamento e compactação, ao longo de toda a Estrada Municipal Luiz Rosim, no bairro Jardim Graminha.</t>
+  </si>
+  <si>
+    <t>7912</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7912/aplaudem_otica_confianca.docx</t>
+  </si>
+  <si>
+    <t>APLAUDEM Ótica Confiança, pela comemoração de 01 ano de atividades no município de Leme/SP, contribuindo de forma significativa para o desenvolvimento econômico e social de nossa cidade.</t>
+  </si>
+  <si>
+    <t>7917</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7917/mocao_de_apelo_1.doc</t>
+  </si>
+  <si>
+    <t>APELAM à Companhia de Desenvolvimento Habitacional e Urbano do Estado de São Paulo – CDHU para a regularização no envio dos boletos das parcelas habitacionais e melhoria no atendimento aos mutuários</t>
+  </si>
+  <si>
+    <t>7927</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7927/mocao_apelo_.pdf</t>
+  </si>
+  <si>
+    <t>Apela ao Prefeito Municipal, para que determine, com urgência, a disponibilização de um vigia para o banheiro localizado nas dependências externas da Igreja Imaculada Conceição.</t>
+  </si>
+  <si>
+    <t>7985</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7985/mocao_de_apelo.pdf</t>
+  </si>
+  <si>
+    <t>APELAM À FEDERALIZAÇÃO DAS INVESTIGAÇÕES DO CASO ORELHA.</t>
+  </si>
+  <si>
+    <t>8018</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8018/mocao-de-aplausos-zero.grau.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Choperia Zero Grau pelos seus 37 anos de fundação.</t>
+  </si>
+  <si>
+    <t>8028</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8028/mocao_de_apelo_brinquedos.pdf</t>
+  </si>
+  <si>
+    <t>APELAM ao Excelentíssimo Senhor Prefeito Municipal, bem como à Secretaria competente, para que sejam adotadas medidas urgentes de manutenção, reparo e substituição dos brinquedos instalados no Lago Municipal e em todos os espaços públicos do município que disponham de playgrounds, conforme demonstram as (fotos em anexo).</t>
+  </si>
+  <si>
+    <t>8044</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8044/mocao_biomcrop_1.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à empresa Biomcrop Biotecnologia Agrícola, pela inauguração de sua nova sede no município de Leme, em 25 de fevereiro de 2026, bem como pela relevante contribuição ao desenvolvimento sustentável do agronegócio brasileiro</t>
+  </si>
+  <si>
+    <t>8099</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8099/mocao_de_aplausos.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM ao servidor público municipal José Ademir Carvalho, em reconhecimento aos 50 anos de dedicação, comprometimento e relevantes serviços prestados ao serviço público municipal, especialmente junto à SAECIL – Superintendência de Água e Esgotos da Cidade de Leme</t>
+  </si>
+  <si>
+    <t>8104</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8104/mocao_de_apelo_ao_governador_etecs.pdf</t>
+  </si>
+  <si>
+    <t>APELAM ao Governador do Estado de São Paulo, Tarcísio de Freitas, para que sejam adotadas providências visando maior atenção às necessidades estruturais e de manutenção das Escolas Técnicas Estaduais (ETECs), em especial à unidade instalada no município de Leme.</t>
+  </si>
+  <si>
+    <t>8153</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8153/6-mocao_de_aplausos_dia_da_mulher_2026.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM todas as MULHERES do Município de Leme no Dia Internacional da Mulher.</t>
+  </si>
+  <si>
+    <t>8161</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8161/mocao_de_apelo.pdf</t>
+  </si>
+  <si>
+    <t>APELAM ao Excelentíssimo Senhor Governador do Estado de São Paulo, Tarcísio de Freitas, para que, por meio dos órgãos competentes do Governo do Estado, viabilize a vinda das Carretas de Capacitação ao nosso município, oferecendo cursos profissionalizantes gratuitos à nossa população.</t>
+  </si>
+  <si>
+    <t>8162</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8162/mocao_apalusos_sspml.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM ao Sindicato dos Servidores Públicos de Leme, pela realização da Campanha do Dia Internacional da Mulher – 08 de março, com o slogan “Respeito não tem turno, não tem exceção e não termina ao sair do trabalho”, iniciativa que busca valorizar as mulheres servidoras públicas e promover a conscientização sobre o respeito e a igualdade em todos os espaços da sociedade</t>
+  </si>
+  <si>
+    <t>8163</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8163/mocao_de_apelo_1.pdf</t>
+  </si>
+  <si>
+    <t>APELAM ao Excelentíssimo Senhor Governador do Estado de São Paulo, Tarcísio de Freitas, para que, por meio da Secretaria de Estado de Políticas para a Mulher de São Paulo, viabilize a vinda da Carreta “Cuidar e Sorrir” ao nosso município.</t>
+  </si>
+  <si>
+    <t>8164</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8164/mocao_de_apelo_2.pdf</t>
+  </si>
+  <si>
+    <t>APELAM ao Excelentíssimo Senhor Governador do Estado de São Paulo, Tarcísio de Freitas, para que, por meio da Secretaria de Estado da Saúde de São Paulo, viabilize a vinda da Carreta da Mamografia ao nosso município.</t>
+  </si>
+  <si>
+    <t>8271</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8271/mocao27.pdf</t>
+  </si>
+  <si>
+    <t>Moção de REPÚDIO à concessionária Arteris Intervias, responsável pela administração e conservação dos trechos rodoviários da região, incluindo acessos e margens de rodovias que atendem diretamente o município de Leme</t>
+  </si>
+  <si>
+    <t>8272</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8272/mocao_28.pdf</t>
+  </si>
+  <si>
+    <t>Moção de Repúdio à operadora de plano de saúde Hapvida diante das reiteradas negativas de transporte a seus beneficiários, transferindo indevidamente ao sistema público municipal obrigação contratual privada.</t>
+  </si>
+  <si>
+    <t>8273</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8273/mocao_29.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à MAX GAMES ENTRETENIMENTO pelos 30 anos de dedicação ao entretenimento itinerante em Leme e região.</t>
+  </si>
+  <si>
+    <t>8274</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8274/mocao_30.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Catedral Ágape, pela celebração de 8 anos de atuação e relevantes serviços prestados à comunidade do município de Leme.</t>
+  </si>
+  <si>
+    <t>8373</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8373/mocao_aplausos_caminhada_sindrme_donw.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM a realização da Caminhada pela Conscientização da Síndrome de Down no município de Leme/SP.</t>
+  </si>
+  <si>
+    <t>8374</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8374/cresciumal.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Cresciumal Agroindústria, pela realização do tradicional Culto Ecumênico em Ação de Graças, que marcou, de forma significativa, o início oficial da Safra 2026/2027</t>
+  </si>
+  <si>
+    <t>8375</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8375/mocao_de_apelo_6.pdf</t>
+  </si>
+  <si>
+    <t>APELAM aos órgãos de Segurança Pública localizadas nossa cidade, como Polícia Militar (PM), Polícia Civil (PC), Guarda Civil Municipal (GCM), Secretaria Municipal de Segurança, Trânsito, Cidadania e Defesa Civil, Secretaria de Assistência e Desenvolvimento Social e ao Prefeito Municipal de nossa cidade, para que ampliem, com urgência e prioridade efetiva, as ações integradas de prevenção, proteção e responsabilização contra os casos de violência à mulher, e presto solidariedade com todas as mulheres que já sofreram e ainda sofrem violência em seu dia a dia.</t>
+  </si>
+  <si>
+    <t>8380</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8380/mocao_aplausos_para_finacas_-_regina.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS para a equipe de finanças da Prefeitura Municipal, na pessoa da senhora Vera Regina Pilon Penteado, pelo excelente trabalho realizado na condução das contas públicas ao longo do ano de 2025</t>
+  </si>
+  <si>
+    <t>8190</t>
+  </si>
+  <si>
+    <t>PARJ</t>
+  </si>
+  <si>
+    <t>Parecer Jurídico</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8190/parecer_ao_plo_no_24-2026_denuncia_descarte_de_lixo_com_recompensa.pdf</t>
+  </si>
+  <si>
+    <t>8206</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8206/parecer_ao_plo_no_27-2026_alteracao_de_denominacao_e_proprio_publico.pdf</t>
+  </si>
+  <si>
+    <t>8289</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8289/projeto_de_lei_no_2926_denominacao_de_proprio_publico.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a denominação da Unidade de Saúde da Família – ESF Saulo, que passa a denomina-se “ESF PAULO MACARENCO”, no município de Leme.</t>
+  </si>
+  <si>
+    <t>8381</t>
+  </si>
+  <si>
+    <t>Diretoria Jurídica - DJ</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8381/parecer_juridico_pl_30-2026_-_praticas_integrativas.docx</t>
+  </si>
+  <si>
+    <t>8394</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8394/parecer_ao_decreto_legislativo_no_03-2026_-_titulo_cidadao_baleia_rossi.pdf</t>
+  </si>
+  <si>
+    <t>8395</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8395/parecer_ao_plo_no_35-2026_questionario_m_chat.pdf</t>
+  </si>
+  <si>
     <t>7574</t>
   </si>
   <si>
     <t>DL</t>
   </si>
   <si>
     <t>Documento Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf</t>
   </si>
   <si>
     <t>E-mail da CEF - Crédito de Recursos Financeiros - Contrato de Repasse 977031/2025</t>
   </si>
   <si>
     <t>7575</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf</t>
   </si>
   <si>
     <t>Ofício nº 6754/2025, em resposta ao Requerimento nº 397 do Ver. Airton Candido.</t>
   </si>
   <si>
     <t>7576</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf</t>
   </si>
   <si>
     <t>Ofício nº 6798/2025, em resposta ao Requerimento nº 396 do Ver. Airton Candido.</t>
   </si>
   <si>
     <t>7577</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf</t>
   </si>
   <si>
     <t>Ofício nº 35/2026, em resposta ao Requerimento nº 406 do Ver. David Pedrão.</t>
   </si>
   <si>
     <t>7581</t>
   </si>
   <si>
     <t>SAECIL</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf</t>
   </si>
   <si>
     <t>Ofício nº 03/2026, da SAECIL, encaminha análise de água do mês de dezembro de 2025.</t>
   </si>
   <si>
     <t>7586</t>
   </si>
   <si>
     <t>Outros</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf</t>
   </si>
   <si>
     <t>Convite da Associação Coração Azul Leme - Palestra Magna</t>
   </si>
   <si>
     <t>7587</t>
   </si>
   <si>
-    <t>https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf</t>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf</t>
   </si>
   <si>
     <t>Ofício nº 002/2026, encaminha estudo de impacto orçamentário referente ao PL nº 03/2026.</t>
+  </si>
+  <si>
+    <t>7797</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7797/oficio_18_2026_gdp-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº18/2026, da SAECIL, encaminha análise de água do mês de janeiro de 2026.</t>
+  </si>
+  <si>
+    <t>7799</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7799/oficio_n_007.2026_retirada_do_projeto_de_lei_no_08.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 007/2026, solicita retirada do PL nº 08/2026.</t>
+  </si>
+  <si>
+    <t>7800</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7800/oficio_n_008.2026_retirada_do_projeto_de_lei_no_161.2025.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 008/2026, solicita retirada do PL nº 161/2025.</t>
+  </si>
+  <si>
+    <t>7801</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7801/req14_resposta.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 729/2026, em resposta ao requerimento nº 14/26 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7852</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7852/caixa_de_entrada_-_karine_marcondes_-_outlook-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Convite para 1ª reunião do Parlamento Metropolitano de Piracicaba, que acontecerá na Câmara Municipal de Leme no dia 26/02/2026 às 9h. Evento gratuito e aberto ao público.</t>
+  </si>
+  <si>
+    <t>7891</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7891/resp371.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 764/26, em resposta ao Requerimento nº 371 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7895</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7895/oficio_no_013.2026_retirada_do_projeto_de_lei_complementar_no_33.2026.pdf</t>
+  </si>
+  <si>
+    <t>Retirada do Projeto de Lei Complementar nº 33/2025</t>
+  </si>
+  <si>
+    <t>7896</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7896/resp13.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 825/26 em resposta ao requerimento nº 13 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7922</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7922/resp22.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 834/26, em resposta ao Requerimento nº 22 do Ver. João Arrais.</t>
+  </si>
+  <si>
+    <t>7923</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7923/resp31.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 835/26, em resposta ao Requerimento nº 31 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7924</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7924/resp24.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 836/26, em resposta ao Requerimento nº 24 do Ver. Airton Cândido.</t>
+  </si>
+  <si>
+    <t>7953</t>
+  </si>
+  <si>
+    <t>Secretaria de Negôcios Jurídicos</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7953/oficio_no_14.2026___snj_plc_no_02.2026__merged_unsigned_1.pdf</t>
+  </si>
+  <si>
+    <t>Ofício Especial nº 14/2026 - Encaminhamento de relatórios para instrução de Projeto de Lei que revoga o Prêmio de Produtividade Médica.</t>
+  </si>
+  <si>
+    <t>7969</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7969/resp15.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 854/26, em resposta ao Requerimento nº 15 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7970</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7970/resp29.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 870/26, em resposta ao Requerimento nº 29 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>7971</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7971/resp37.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 877/26, em resposta ao Requerimento nº 37 da Ver. Cintia Grossklauss.</t>
+  </si>
+  <si>
+    <t>7972</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7972/resp4.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 926/26, em resposta ao Requerimento nº 4/2026 do Ver. Joao Arrais Serodio Neto.</t>
+  </si>
+  <si>
+    <t>7973</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7973/resp15-2.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.015/26, em resposta ao Requerimento nº 15/26 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8075</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8075/19_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.279/26, em resposta ao Requerimento nº 19/26 da Ver. Andrea Mondin.</t>
+  </si>
+  <si>
+    <t>8076</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8076/52_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.276/26, em resposta ao Requerimento nº 52/26 da Ver. Cintia Grossklauss.</t>
+  </si>
+  <si>
+    <t>8077</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8077/38_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.277/26, em resposta ao Requerimento nº 38/26 da Ver. Cintia Grossklauss.</t>
+  </si>
+  <si>
+    <t>8078</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8078/45_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.278/26, em resposta ao Requerimento nº 45/26 da Ver. Carina Blacke.</t>
+  </si>
+  <si>
+    <t>8079</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8079/resp62.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.320/26, em resposta ao Requerimento nº 62/26 da Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8080</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8080/ciclo_debates.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.199/26, encaminha convite do 30º Ciclo de Debates.</t>
+  </si>
+  <si>
+    <t>8081</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8081/oficio_no_25.2026_retirada_do_projeto_de_lei_complementar_no_06.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 25/2026 SNJ, solicita retirada de tramitação do PLC nº 06/2026.</t>
+  </si>
+  <si>
+    <t>8082</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8082/oficio_no_26.2026_retirada_do_projeto_de_lei_complementar_no_07.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 26/2026 SNJ, solicita retirada de tramitação do PLC nº 07/2026.</t>
+  </si>
+  <si>
+    <t>8101</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8101/oficio_n_027.2026.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 27/2026 SNJ - Solicita retirada do Projeto de Lei Complementar nº 04/2026.</t>
+  </si>
+  <si>
+    <t>8173</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8173/12_resposta_12_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.420/26, em resposta ao Requerimento nº 12 do ver. Cristiano Boff.</t>
+  </si>
+  <si>
+    <t>8174</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8174/63-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.425/26, em resposta ao Requerimento nº 63 do ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8175</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8175/51-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.431/26, em resposta ao Requerimento nº 51 do ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8179</t>
+  </si>
+  <si>
+    <t>Despacho Urgência do Executivo.</t>
+  </si>
+  <si>
+    <t>8189</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8189/brnb422007e9271_009653.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 0303/2026, da Santa Casa de Leme, em resposta ao Requerimento nº 58/26 da Ver. Andrea Mondin.</t>
+  </si>
+  <si>
+    <t>8194</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8194/63_reposta_63_c_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.443/26, em resposta ao Requerimento nº 63/26 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8195</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8195/47_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.447/26, em resposta ao Requerimento nº 47/26 da Ver. Cintia Grossklauss.</t>
+  </si>
+  <si>
+    <t>8196</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8196/55_resposta_55_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.449/26, em resposta ao Requerimento nº 55/26 do Ver. Joao Arrais Serodio.</t>
+  </si>
+  <si>
+    <t>8197</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8197/53_resposta_53_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.450/26, em resposta ao Requerimento nº 53/26 do Ver. Joao Arrais Serodio.</t>
+  </si>
+  <si>
+    <t>8198</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8198/57_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.455/26, em resposta ao Requerimento nº 57/26 do Ver. Ademir Lopes.</t>
+  </si>
+  <si>
+    <t>8199</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8199/50_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.499/26, em resposta ao Requerimento nº 50/26 da Ver. Cintia Grossklauss.</t>
+  </si>
+  <si>
+    <t>8200</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8200/resp58.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.522/26, em resposta ao Requerimento nº 58/26 da Ver. Andrea Mondin.</t>
+  </si>
+  <si>
+    <t>8201</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8201/saecil-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 26/26, da SAECIL, encaminha análise de água do mês de fevereiro de 2026.</t>
+  </si>
+  <si>
+    <t>8203</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8203/03_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.530/26, em resposta ao Requerimento nº 03/26 do Ver. Joao Arrais Serodio.</t>
+  </si>
+  <si>
+    <t>8204</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8204/48_merged.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.528/26, em resposta ao Requerimento nº 48/26 do Ver. Airton Candido.</t>
+  </si>
+  <si>
+    <t>8207</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8207/oficio__juntada_de_plano_de_acao__projeto_de_lei_complementar_no_3.2026..pdf</t>
+  </si>
+  <si>
+    <t>Juntada de Plano de Ação – Projeto de Lei Complementar nº 3/2026.</t>
+  </si>
+  <si>
+    <t>8208</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8208/resp65.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.590/26, em resposta ao Requerimento nº 65 do Ver. Cel Joao Arrais Serodio.</t>
+  </si>
+  <si>
+    <t>8287</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8287/resp64.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.679/2026, em resposta ao Requerimento nº 64/26 do Ver. David Pedrão.</t>
+  </si>
+  <si>
+    <t>8386</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8386/resp69.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.745/26, em resposta ao Requerimento nº 69/26 da Ver. Fabiele Bergamin.</t>
+  </si>
+  <si>
+    <t>8387</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8387/oficio_gabinete_drs_x_n_045.2026._-_p.camara_municipal_de_leme.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 45/2026, da Diretoria do Departamento Regional de Saúde de Piracicaba, em resposta ao Requerimento nº 57/26 do Ver. Ademir Lopes.</t>
+  </si>
+  <si>
+    <t>7792</t>
+  </si>
+  <si>
+    <t>REsp</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência Especial</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7792/brnb422007e9271_009471.pdf</t>
+  </si>
+  <si>
+    <t>REQUEREIMENTO DE URGENCIA ESPECIAL AO PL09/2026.</t>
+  </si>
+  <si>
+    <t>7794</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7794/brnb422007e9271_009475.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGÊNCIA ESPECIAL AO PL03/2026.</t>
+  </si>
+  <si>
+    <t>7878</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7878/img20260218_17402270.pdf</t>
+  </si>
+  <si>
+    <t>Regime de urgência especial</t>
+  </si>
+  <si>
+    <t>7886</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7886/brnb422007e9271_009496.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AO PL16/2025</t>
+  </si>
+  <si>
+    <t>7963</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7963/brnb422007e9271_009506.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AP PLO 20/2026.</t>
+  </si>
+  <si>
+    <t>7965</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7965/brnb422007e9271_009512.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO URGENCIA ESPECIAL AO PLO 21/2026.</t>
+  </si>
+  <si>
+    <t>8058</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8058/brnb422007e9271_009617.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AO PL22/2026.</t>
+  </si>
+  <si>
+    <t>8060</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8060/brnb422007e9271_009621.pdf</t>
+  </si>
+  <si>
+    <t>REUQERIMENTO DE URGENCIA ESPECIAL AO PL23/2026.</t>
+  </si>
+  <si>
+    <t>8062</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8062/brnb422007e9271_009625.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AO PLC03/2026.</t>
+  </si>
+  <si>
+    <t>8063</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8063/brnb422007e9271_009626.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AO PLC 05/2026.</t>
+  </si>
+  <si>
+    <t>8180</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8180/parecer_conjunto_comissoes_plc08-26.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO URGENCIA ESPECIAL AO PLC08/2026.</t>
+  </si>
+  <si>
+    <t>8183</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8183/urgencia_especial_pl_19-26.pdf</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO DE URGENCIA ESPECIAL AO PL19/2026.</t>
+  </si>
+  <si>
+    <t>8284</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8284/img20260317_14324226.pdf</t>
+  </si>
+  <si>
+    <t>Regime de urgência especial do PL 28/2026</t>
+  </si>
+  <si>
+    <t>8286</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8286/img20260317_14395570.pdf</t>
+  </si>
+  <si>
+    <t>Regime de  urgência especial  do  PL 26/2026</t>
+  </si>
+  <si>
+    <t>8383</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8383/brnb422007e9271_009721.pdf</t>
+  </si>
+  <si>
+    <t>Requerimento de Urgência Especial ao PL62/2026.</t>
+  </si>
+  <si>
+    <t>7790</t>
+  </si>
+  <si>
+    <t>AL</t>
+  </si>
+  <si>
+    <t>Autógrafo de Lei</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7790/pl_03_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 03/2026</t>
+  </si>
+  <si>
+    <t>7791</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7791/pl_09_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 09/2026</t>
+  </si>
+  <si>
+    <t>7885</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7885/autografo_-_03_de_projeto_de_lei__11.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 11/26</t>
+  </si>
+  <si>
+    <t>7887</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7887/autografo_-_04_de_projeto_de_lei__16.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 16/26</t>
+  </si>
+  <si>
+    <t>7888</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7888/autografo_-_05_de_projeto_de_lei__173.25.pdf</t>
+  </si>
+  <si>
+    <t>PL 173/25</t>
+  </si>
+  <si>
+    <t>7959</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7959/autografo_-_06_de_projeto_de_lei__20.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 20/26</t>
+  </si>
+  <si>
+    <t>7960</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7960/autografo_-_07_de_projeto_de_lei__21.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 21/26</t>
+  </si>
+  <si>
+    <t>7961</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7961/autografo_-_08_de_projeto_de_lei__179.25.pdf</t>
+  </si>
+  <si>
+    <t>PL 179/25</t>
+  </si>
+  <si>
+    <t>7962</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7962/autografo_-_09_de_projeto_de_lei__04.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 04/26</t>
+  </si>
+  <si>
+    <t>8064</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8064/pl_22_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 22/26</t>
+  </si>
+  <si>
+    <t>8065</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8065/pl_23_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 23/26</t>
+  </si>
+  <si>
+    <t>8066</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8066/pl_140_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 140/25</t>
+  </si>
+  <si>
+    <t>8067</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8067/pl_180_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 180/25</t>
+  </si>
+  <si>
+    <t>8068</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8068/pl_01_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 01/26</t>
+  </si>
+  <si>
+    <t>8184</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8184/pl_19_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 19/26</t>
+  </si>
+  <si>
+    <t>8185</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8185/pl_159_autografo_com_2_emendas.pdf</t>
+  </si>
+  <si>
+    <t>PL 159/25</t>
+  </si>
+  <si>
+    <t>8186</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8186/pl_07_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 07/26</t>
+  </si>
+  <si>
+    <t>8276</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8276/autografo_-_18_de_projeto_de_lei__26.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 26/28</t>
+  </si>
+  <si>
+    <t>8277</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8277/autografo_-_19_de_projeto_de_lei__28.26.pdf</t>
+  </si>
+  <si>
+    <t>Pl 28/2026</t>
+  </si>
+  <si>
+    <t>8278</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8278/autografo_-_20_de_projeto_de_lei__02.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 02/2026</t>
+  </si>
+  <si>
+    <t>8279</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8279/autografo_-_21_de_projeto_de_lei__06.26.pdf</t>
+  </si>
+  <si>
+    <t>PL 06/2026</t>
+  </si>
+  <si>
+    <t>8385</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8385/pl_32_autografo.pdf</t>
+  </si>
+  <si>
+    <t>PL 32/2026</t>
+  </si>
+  <si>
+    <t>8280</t>
+  </si>
+  <si>
+    <t>ALC</t>
+  </si>
+  <si>
+    <t>Autógrafo de Lei Complementar</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8280/autografo_de_lei_complementar_-_01_de_projeto_de_lei_complementar_01.26.pdf</t>
+  </si>
+  <si>
+    <t>PLC 01/26</t>
+  </si>
+  <si>
+    <t>8281</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8281/autografo_de_lei_complementar_-_02_de_projeto_de_lei_complementar_05.26.pdf</t>
+  </si>
+  <si>
+    <t>PLC 05/2026</t>
+  </si>
+  <si>
+    <t>8282</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8282/autografo_de_lei_complementar_-_03_de_projeto_de_lei_complementar_08.26.pdf</t>
+  </si>
+  <si>
+    <t>PLC 08/2026</t>
+  </si>
+  <si>
+    <t>7712</t>
+  </si>
+  <si>
+    <t>DMC</t>
+  </si>
+  <si>
+    <t>Despesas Mensais da Câmara</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7712/despesa_imprensa_2026_janeiro.pdf</t>
+  </si>
+  <si>
+    <t>RELATORIO DAS DESPESAS JANEIRO/2026</t>
+  </si>
+  <si>
+    <t>8177</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8177/despesa_imprensa_2026_fevereiro.pdf</t>
+  </si>
+  <si>
+    <t>Relatório das Despesas Efetuadas Fevereiro de 2026</t>
+  </si>
+  <si>
+    <t>8055</t>
+  </si>
+  <si>
+    <t>PJCE</t>
+  </si>
+  <si>
+    <t>Processo de Julgamento das Contas do Executivo</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas do Estado de São Paulo</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8055/parecer_tcesp_executivo_2023.pdf</t>
+  </si>
+  <si>
+    <t>Contas da Prefeitura do Município de Leme referentes ao exercício de 2023.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1020,68 +9419,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7706/requer_especial_retirar_mocao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7713/requer_especial_cameras_interna_camara.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7714/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7715/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7716/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7821/requerimento_especial_de_retirada__projeto_14_2026_29_29_01_2026.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7871/requerimento_especial_farmacia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7884/requerimento_especial_1.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7890/requerimento_especial_fala_tribuna_18_02_2026.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7908/requerinto_especial.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7967/requer_especial_lei_ordinaria_18.2026.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7991/12-requerimento_especial_copia_video_uso_tribuna.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8057/requeremento_especial_retirar_projeto_tramitacao.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8069/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8167/requer_especial_retirar_indica_314.2026_ventilador.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8390/reqesp16-26.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8393/proposta_emenda_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7893/oficio_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7894/oficio_no_12.2026__snj.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7876/emissao_f941c1fb2e4d4a9725622ccf_ato-oficial-projeto-de-lei---009-2026_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8056/plc_cargos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8070/plc_06-26_altera_lc_624.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8071/plc_07-26_cria_nucleo_de_pericia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8072/plc_08-26_piso_salarial_dos_agentes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8202/plc_gabinete_formacao_treinamento_qualificacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8389/oficio_n_36.2026_pl_smf.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7707/projeto_de_lei_ordinaria_empreendedorismo_feminino.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7708/projeto_de_lei_ordinaria_incentivo_a_doacao_de_cabelo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7709/plo_fogos-2_1.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7717/oficio_no_003.2026_altera_a_denominacao_da_faculdade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7718/oficio_no_004.2026_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7753/projeto_piscina_231.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7789/oficio_no_005.2026__snj._projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_06_02_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7796/projeto_de_lei_app_farmacia.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7802/plo_animais_pet-_2_.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7803/projeto_lei_prioridade_maestea_ok.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7853/projeto_de_lei_cao_orelha.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7875/emissao_7212110215cc45d1a9be5008_ato-oficial-projeto-de-lei---008-2026_assinado_versaoimpressao_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7892/projeto_de_lei_pessoas_desaparecidas.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7954/oficio_no_15.2026___snj_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7955/oficio_no_16.2026_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7956/oficio_17.26_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7968/projeto_de_lei_alteracao_orcamento_2026_alteracao_09_eti_fundeb_superavit__25_02_26.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7992/oficio_no_19.2026__snj.__projeto_de_lei_alteracao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8176/fiscalizacao_colaborativa_de_residuos_solidos..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8192/pl_programa_adote_um_campeao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8193/oficio_no_29.2026___snj_projeto_de_lei_alteracao_orcamento_2026_subvencao_social_gacc_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8205/plo_11.03.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8262/pl_28-26_-_credito_1.906.53376.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8265/pl_29-26_-_esf_paulo_macarenco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8310/projeto_de_lei_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8377/oficio_no_34.2026_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro_a_atletas_amadores_e_profissionais_que_participem_de_eventos_e_competicoes_esportivas_representando_o_municiipio_de_leme.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8378/projeto_de_lei_alteracao_orcamento_2026_alteracao_12_cultura_assistencia_devolucoes_trator_e_obras_18_03_26.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8382/projeto_de_lei_ordinaria_1.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8391/projeto_de_lei_alteracao_orcamento_2026_obras_ubs_vanessa_cmi2_anulacao_ex_anteriores_xlsx.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8392/projeto_de_lei_m-chat.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7739/projeto_cicdadao_lemense_dra_ana_maria.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8388/titulo_cidadao_baleia_22.3.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7958/comissao_assntos_relevantes_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8102/plr_institui_o_premio_mulher_destaque.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7798/projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_substitutivo_11_02_2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8031/emissa_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8275/pl_28-26_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7793/brnb422007e9271_009472.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7795/brnb422007e9271_009476.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7804/parecer_das_comissoes_ao_pdl35-25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7877/pl11.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7879/pl01.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7880/pl179.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7881/pl02.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7882/pl2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7883/pl04.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7964/brnb422007e9271_009507.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7966/brnb422007e9271_009513.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7993/pl180.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7998/brnb422007e9271_009568.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7999/brnb422007e9271_009571.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8059/brnb422007e9271_009618.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8061/brnb422007e9271_009622.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8073/brnb422007e9271_009629.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8074/brnb422007e9271_009631.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8083/plc01.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8084/pl07.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8085/plc05.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8178/pl06.2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8181/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8182/parecer_conjunto_comissoes_pl19-26.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8187/plc02.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8188/pl10.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8191/img20260311_17203486.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8283/img20260317_14293660.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8285/img20260317_14372583.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8288/pc_33_ao_plc02.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8384/brnb422007e9271_009722.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8396/pdl36.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8397/pl133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7626/requerimento_informacoes_5.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7627/votos_de_pesar_mauro.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7630/voto_de_pesar_02_cristina.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7648/requerimento_informacoes_4.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7650/requerimento_informacoes_7.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7652/pesar__luis_carlos_papesso.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7658/requerimento_informacoes_6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7666/requerimento_psicologo.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7669/requerimento_malha_viaria.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7670/requerimento_pediatria_ginecologia.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7671/requerimento_exames_rede.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7703/voto_de_pesar_02_fatima.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7705/requer_congratulcoes_casa_mulher.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7723/aniversario_juliano_costa_de_souza.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7729/requer_cumprimento_lei_atend_preferencial_cancer.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7735/voto_de_pesar_02_.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7737/requerimento_saecil_borda_bueiro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7738/reforma_de_calcadas_acessibilidade_2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7740/requer_informacoes_do_prefeito_municipal..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7741/requer_informacoes_do_prefeito_municipal._1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7742/voto_de_pesar_02_olga.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7744/requer_informacoes_do_diretor_presidente_da_saecil._1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7752/voto_sr_arlindo_carreira_231_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7764/votos_de_congratulacoes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7768/requerimento_santacasa_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7775/4-voto_de_pesar_09-02-2026_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7787/requerimento_adesao_maisacessoespecialistas_ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7788/requerimento_cemmil_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7805/voto_pesar__0902.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7826/pesar__antonio_dos_santos_jose_mais_conhecido_como_pele_do_gas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7828/voto_sr_arlindo_carreira_231.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7839/votos_de_pesar_julio_klaus.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7847/req_neurologista_cirurgia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7854/req_neurologista_oncologia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7856/req_neurologista_endovascular.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7861/req_lampadas_queinmadas_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7873/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7874/voto_de_pesar__sr._jorge_porto._2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7898/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7901/voto_de_pesar.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7902/2-requerimento.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7905/requer_ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7910/req_mpox.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7913/requer_informacoes_do_prefeito_municipal.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7919/2_-requerimento_nuroginecologista.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7920/req_ace.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7940/requerimento_cargos_comissionados.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7957/req_plano_hapvida.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7974/requerimento_valetao_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7982/voto_de_pesar__sra._luzia__fontes_de_moraes_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7983/requerimento_aquisicao_de_ambulancia_uti_pam.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7994/requer_informacao_colheita_lixeira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7995/2_-requerimento_uroginecologica.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8001/requer_cobranca_exame_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8007/votos_de_pesar_lolete.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8010/3-voto_de_congratulacoes_ao_sr__waldemar_da_costa_neto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8016/voto_de_pesar_02_nicanor.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8045/requerimento_monitoramento_descartelixo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8046/requerimento_robotica_reforma_escolas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8047/requerimento_lions.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8110/requerimento_locacao__de_gasometro_para_o_pam_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8152/votos_de_pesar_-1-_1_-_1_.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8154/requerimento_informacoes.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8159/requer_votos_de_congratulacoes_para_o_chefe_de_instrucao_do_tiro_de_guerra_02-074_subtenente_marcelo_jeronimo_de_carvalho_e_a_todos_os_atiradores_da_ativa_e_da_reserva..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8210/requerimento_qual_setor_responsavel_por_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8211/requerimento_sobre_a_manutencao_da_maquina_exames_do_cavet.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8215/3-voto_de_congratulacoes_-_iran_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8267/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8268/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8269/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8270/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8304/requer_votos_de_congratulacoes__pr_joais.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8305/4-voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8306/requer_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8307/2-requerimento_poste_tombado_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8371/req_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8372/requer_votos_de_congratulacoes_ao_major_pm_ricardo_anversa..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7628/indicacao_1_02.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7629/indica_zeladoria_jardimprimavera.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7631/indica_limpeza_ruapedroalvarescabral_novasantarita.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7632/indicacao.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7633/indica_passarela_rodovia_02.02.26.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7634/indicacao.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7635/indicacao.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7637/ind__ortopedista_24h.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7638/indicacao.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7639/indicacao.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7640/indicacao.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7641/ind__sala_tematica_ondontologica_infantil.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7642/ind__segunda_fase_muralha_digital.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7643/indica_reparo_canteiro_central_carlo_bonfanti.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7644/ind__criacao_de_bolsa_atleta.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7645/indicacao.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7646/indicacao_anteprojeto01.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7647/ind__reforma_de_canatela_na_padre_juliao_com_n_p.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7649/indicacao.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7654/indicacao.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7655/ind__programa_clik_arvores.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7656/indicacao.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7657/indicacao.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7659/ind_pagamentos_retroativos_de_anuenio_trienio_quinquenio_sexta-parte_licenca-premio.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7660/indicacao.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7661/indicacao.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7662/ind_poda_de_arvores_herminio_ometto.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7663/ind__mais_medicos_nos_psfs.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7664/indicacao.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7665/indicacao.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7667/ind__zerar_fila_de_aparelho_auditivo.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7668/indicacao.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7672/indica_ampliacao_guiasrebaixadas.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7673/indica_campanhas_educativas.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7674/indica_estudo_melhorias_entregasexames.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7675/indica_fiscalizacao_cavalos_ruasantacecilia.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7676/indica_fumacas_ferrovelhoquaglia.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7677/indica_limpeza_acoescontraerosa_avjoaquimlopesaguila_centroeducacional.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7678/indica_limpeza_aoredor_ginasiosantamarta.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7679/indica_limpeza_av7set_angelica_praasaojoaquim.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7680/indica_limpeza_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7681/indica_limpeza_jd_empyreo.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7682/indica_limpeza_jdsol.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7683/indica_limpeza_manutencao_praa_somanoel_chapado.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7684/indica_limpeza_prediotelesp.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7685/indica_limpeza_rua_ricardohildebrand.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7686/indica_limpeza_ruajoaquimadolfoamadeu_jdadelina.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7687/indica_limpeza_ruanatalremunho.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7688/indica_limpeza_zeladoria_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7689/indica_lombada_ruateobaldocastromeira.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7690/indica_manutencao_praca_jdquaglia.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7691/indica_manutencao_ruacabreuva.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7692/indica_melhorias_calada_postosomanoel.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7693/indica_melhorias_lago_municipal.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7694/indica_melhorias_limpeza_ruaaoladodoasilo.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7695/indica_melhorias_praa_jdsantarita.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7696/indica_melhorias_rotatoriapaoprata.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7697/indica_projetolei_reenquadramento_educacaoinfantil.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7698/indica_recape_tapaburaco.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7699/indica_recapeamento_ruajospiccolo.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7700/indica_reforma_emeb_isabelcristina.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7701/indica_revitalizao_praa_taquariponte.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7702/indica_seguranatransito_rua_vitrio_tomazzoti.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7704/indicacao_1_02___01.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7710/indica_limpezaterreno_jduniversitario.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7711/indicacao.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7719/indica_recape_asfaltico_na_rua_maria_forcem.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7720/indico_a_construcao_de_calcada_na_rotatoria_do_caic_localizada_na_praca_nove_de_julho_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7721/indico_a_ampliacao_da_sala_de_espera_da_farmacia_de_alto_custo..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7722/indico_a_retirada_de_lixo_r._rua_antonio_roversi_71_jardim_empyreo.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_mudanca_estacionamento_cs_ii.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_providencias_distribuicao_remedios_2026_1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao_ampliacao_da_farmacia_de_alto_custo_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7727/42._retirada_de_arvores_2026.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7728/19.indicacao_-_recapeamento_travaguim.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_1_09.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7731/indica_zeladoria_melhorias_eugeniodellai_arenazealmir_ok.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7732/indica_melhorias_whastscmi_telefone_ubs_ok_1.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7733/indica_melhorias_centro_autismo_ok.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7734/indica_limpeza_terreno_aolado_ubsvanessa.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7736/indica_rocagem_retirada_de_mato_alto_e_limpeza_geral_da_area_do_campo_de_futebol_localizado_na_rua_salgado_filho_no_150_no_bairro_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7743/ind_limpeza_praca_francisco_coelho.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7745/indica_implantacao_de_bicicletario_nas_imediacoes_da_casa_da_mulher_yolanda_penteado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7746/ind_tapa_rua_amelio_boff-_55.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7747/ind_recapeamento_rua_vitorio_loppi.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_ponte_corrego_constantino_2026_1.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7750/ind_tapa_rua_amelio_boff_-_35_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7751/indica_limpeza_rua_zocoler.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7754/indica_rua_ozanan_quaglia.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7757/indica_omar_travagin_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7758/ind_sala_de_usg_casa_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7759/indica_raspa_asfalto.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7760/ind_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7761/indica_camera_inteligente_gcm.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7762/mit_0902.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7763/recap_em_todos_os_bairros_0902.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7765/serviores_unvesp_0902_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7766/reform_posto_caju0902.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7767/reform_posto_taquari_0902.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7769/revitalizacao_vieiro_02.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7770/casa_a_juv_0902.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7771/contratacao_medic_002_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7772/semafaro_0902.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7773/indica_canteiro_carlo_bonfanti_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7774/reforma_cmi_002.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7776/ind_chafariz.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7777/indica_troca_poste_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7779/ind_cobertura_no_bosque.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7780/indica_manutencao_praca_bonsucesso.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7781/atendimento_prioritario_1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7782/indica_sala_sensoriais_tea.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7784/ind_recapeamento_proximo_ao_tenda.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7785/filas_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7806/ind_poda_de_arvore_emeb_prof.a_zulmira_pedro_donadelli_sawaya.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7807/indico_a_reforma_geral_na_emeb_profa._fabiola_bernadete_hildebrand_e_silva_della_libera..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7808/ind_pet_place_nas_pracas_publicas_do_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7809/ind_anteprojeto_medidor_de_clicemia_na_rede_publica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7810/indica_tapa_buraco_entre_os_depositos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7811/ind_operacao_tapa_buraco_em_toda_cidade.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7812/indica_poda_de_arvora_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7813/ind_manutencao_das_quadras_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7814/indica_providencias_contra_escorpiao.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7815/ind_novo_lugar_para_a_farmacia_do_cmi_1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7816/ind_cronograma_limp_taquari_ponte_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7817/ind_cronograma_limp_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7818/ind_cronograma_limp_caju.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7819/ind_cesto_inteligente_em_bueiro.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7820/ind_novo_lugar_para_regulacao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7824/indica_implementa_aplicativo_1.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7825/indica_lixeira_ginasio_valdomiro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacoes_sessao_18.02_quarta.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_com_projeto_lei_quiosque.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7831/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7833/ind_canale_rua_santa_izabel.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_1_092.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7835/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_acesso_a_escola.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_monitoramento_parque_mourao_18_fev_26.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_com_projeto_lei_lazer_lago.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7838/ind_manutencao_na_praca_pedro_sartor.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7840/regularizacao_urgente_do_whatsapp_do_cmi.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7841/google..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7842/implantacao_de_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7843/indica_agendamento_consultas_emferiado_1.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7844/jardim_amalia..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7845/rotatoria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7846/indica_estudo_construcao_ubs_franciscocoelho_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7848/indica_zeladoria_urbana_altogloria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7849/indica_recapeamento_ruavictoriosouza.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7850/indica_recapeamento_galeriapluvial_a_rua_roberto_schwenger_ate_a_rua_lazaro_kinock..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7851/indica_limpeza_terreno_ruaarapongas_escolapct.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7855/indica_limpeza_bueiro_ruabernardogarcia.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7857/indica_muro_renata_bacarin.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7858/indico_a_reforma_e_revitalizacao_da_pista_de_skate_localizada_nas_proximidades_da_av._manoel_lopes_troya_no_230..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7859/indica_asfalto_leopoldo_schepes.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7860/indica_limpeza_cassiano_oliveira_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7863/ind_lampada_queimada_rua_magnolia_proximo_a_174_1.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7864/ind_traca_de_lampada_e_poda_de_arvore_praca_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7865/ind_limpeza_herminio_ometto_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7866/ind_limpeza_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7867/indico_a_limpeza_capinacao_retirada_de_lixo_e_poda_do_mato_em_area_verde_localizada_na_rua_atilio_bertao_no_jardim_das_palmeiras_proximo_a_clinica..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7868/ind_limpeza_bueiro_1.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7869/indica_ponto_de_onibus_nova_leme.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7870/ind_pernelongo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_programa_atestado_responsavel.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_anteprojeto.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_recape_asfaltico_rua_luiz_palermo_maradei.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7900/ind_radares_de_velocidade_2026.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7903/indica_rocagem_pista_de_skte.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7904/indica_roca_lixo_padre_cicero.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7906/indica_cuida_mais_on_leme.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacoes_sessao_do_dia_23.02.26.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7909/indico_rocar_mato_e_limpeza_rua_waldemar_zillo_proximo_a_igreja_presbiteriana_..docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7911/indico_rocar_mato_e_limpeza_do_parquinho_da__r._paulo_lopes_proximo_ao_no53_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7914/45._indica_poda_de_arvore_av_jose_moreira_de_queiroz_178.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_ampliacao_quadro_servidores_do_pam.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7916/indico_rocar_mato_e_limpeza_do_campo_da_r._arthur_camilo_proximo_ao_no_92_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_luminacao_praca_trabalhador.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_1_23.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_1_25.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7928/ind_tapa_rua_ricardo_vigatto.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7929/ind_tapa_rua_sylvio_canevari.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7931/ind_poda_de_arvore_travagim.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7934/ind_ambulatorio_de_ortopedia.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7935/cras_saulo.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7936/medidas_urgentes.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7937/praca_do_padre_cicero_no_jardim_saulo..doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7938/realizacao_de_exames.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7939/indicacao.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7941/indica_limpeza_paulobregaro_bancaria.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7942/indica_limpeza_avenida_altimirapinke.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7945/indica_capacitacao_saude.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7946/indica_academia_saude.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7948/ind_dia_especifico_para_marcar_medico.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7950/ind_assistente_social_cmi.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7951/indicacao.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7952/ind_mais_funcionario_cmi.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7975/indicacao_de_realizacao_da_campanha_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7976/indica_projeto_pessoas_desaparecidas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_recapeamento_da_rua_anibal_travagin.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_paco_municipal_pref_campanha_mes_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7979/1-indicacao_manutensao_e_limpeza_da_pista_skate_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7980/indica_recapeamento_asfaltico_jose_parisoto_jd_sol_1.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7981/indica_recape_valentim_jd_do_sol.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7984/indica_recape_joao_bap_bonatto.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7986/indica_a_poda_de_algumas_arvores_na_r._zarif_faiad_mansur_altura_do_no_52..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7987/indico_a_implantacao_de_faixas_de_pedestres_no_cruzamento_entre_a_rua_jose_de_alencar_e_a_rua_luiz_imposseto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7988/indico_implantacao_de_uma_rotatoria_no_cruzamento_1.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7989/indica_recape_adelino_borto_imperial.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7990/46.troca_de_lampada_rua_gustavo_haberman.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7996/indica_calcada_no_jardim_sol.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7997/indica_ortopedista_ombro.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8002/indica_poda_arvore_wladimir_moraes.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8003/indica_manutencao_geral_no_centro_de_especialidades_pediatricas_dr._ewaldo_1.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8004/indica_realizacao_de_estudos_e_construcao_de_uma_unidade_do_cras_entre_os_bairros_jardim_itamaraty_e_jardim_ariana..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8005/indica_reparo_fiacao_wlad_moraes.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8006/indica_campanha_uso_do_banheiro.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8008/indica_praca_ubs_renascenca_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8009/indica_atiliobertao_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8011/indica_escorpioes_jdpalmeiras.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8012/indica_brinquedos_lagomunicipal.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8013/indica_concursopublico_saude.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8014/indica_melhorias_avjoaquimlopesaguilla.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8015/indica_faixaelevada_emebpaulobonfanti.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8017/indica_contratacao_reumatologista.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_1_02.03.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8020/indica_melhorias_campoideal.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8021/indica_limpeza_jdempyreo.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8022/indica_zeladoria_joaobozza.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8023/indica_melhorias_avjoaquimadolfoamadeu.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8024/indica_recape_tapaburaco_ruaceljoselemefranco.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8025/indica_recape_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8026/indica_zeladoria_taquaribairroeponte.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8027/indica_recape_tapaburaco_ruaprofdomingoscambiaghi.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8029/ind_lampada_queimada_rua_benedito_barreto_mourao_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8030/ind_lampada_queimada_club_gloria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8032/ind_tapar_buraco_estrada_cascata.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8033/ind_tapar_buraco_club_gloria_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8034/ind_mato_alto_club_gloria.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8035/ind_patrulhamento_comunitario_movel.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8036/ind_rececao_especifica_consulta_agendada_1.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8039/indica_campanha_descarte_lixo_certo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8040/indica_valorizacao_conselho_tutelar_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8041/indica_lei_motoristas_ambulancia_lei_feredal.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacoes_sessao_do_dia_02.03.2026.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8048/indica_conserto_brinquedos_do_lago.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8049/indica_escola_jardim_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8050/transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8051/jardim_do_parque.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8052/jardim_florida.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8053/uniforme_escolar.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8054/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8086/indica_recape_asfalto_joaquim_ratto.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8087/indica_recape_asfalto_armando_pacagnella.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8088/ind_revitalizacao_da_sinalizacao_da_av_joaquim_lopes_aguila.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8089/indica_recape_asfalto_jose_bene_moraes.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8090/indica_cronograma_vistoria_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8091/ind_troca_poste_da_rotatoria_quaglia.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8092/ind_faixa_de_pedestres_na_manoel_abade.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8093/indica_rota_alternativa_av_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8094/indica_tapa_buraco_grill_sul.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8095/indica_tapa_buraco_bairro_jd_serelepe_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8096/indica_guarda_corpo_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8097/indica_agua_jd_imperial.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8098/remover_arvore_jd_amalia_1.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacoes_para_sessao_09.03.2026.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8103/indica_recape_estrad_muni_joao_cruz.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8105/indica_recape_avenida_omar_travagin.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8106/indica_recape_asfalto_spm_marcos_stilli.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8107/indica_instalacao_ventilador_centro_renda_1.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8108/mais_indicacoes_pra_sessao_09.02.26_part2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8109/indica_semaforo_7_de_setembro_com_joao_arrais.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8111/ind_mato_terreno_abandonado.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8112/indica_tapa_buraco_e_valeta_empocada_bairro_eroisi.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8113/praca_cicero.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8114/1-indicacao_03.03.20251.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8115/ind_transito_guarda_mirim.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8116/indica_ampliacao_ambulancias.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8117/indicorecapeamento_asfaltico_na_rua_joaquim_adolfo_amadeu_na_altura_do_numero_470_no_bairro_jardim_vanessa.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8118/indico_que_estude_a_possibilidade_de_realizar_a_construcao_de_uma_quadra_poliesportiva_no_bairro_empyreo_neste_municipio..doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8119/indico_a_manutencao_urgente_reparo_ou_substituicao_dos_brinquedos_do_playground_do_lago_municipal_com_troca_da_areia_e_revisao_das_condicoes_de_seguranca_do_espaco_infantil..doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8120/indica_cadeiras_quebradas_pam.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8121/indica_estudo_rotatoria_paodeprata.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8122/47.mutirao_de_limpeza_empyreo.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8123/49.limpeza_de_terreno.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8124/indica_limpeza_rua_dr._joao_francisco_domenico_serodio.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8125/50.trca_de_lampada_queimada.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8126/ind_arrumar_estada_souza_queiroz.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8127/48.mais_medicos_psf_empyreo.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8128/indica_melhorias_avsantaisabel.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8129/indica_limpeza_ruajosecostenaro_analucia.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8130/indica_melhorias_passeiopublico_armandosallesequerobinosoeiro.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8131/indica_recape_jardimfrancisco.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8132/internet_nas_unidades_escolares.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8133/indica_melhorias_estrada_pirassununga.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8134/indica_postecaido_estrada_joao_pinto_de_azevedo..doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8135/biblioteca_itinerante.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8136/ind_multirao_de_limpeza_nova_santa_rita.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8137/plantio_de_arvores.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8138/wi-fi.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8139/praca_do_padre_cicero.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8140/exames_de_ultrassom.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8141/ampliacao_de_formacao.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8142/lombadas_no_bairro_empyreo.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8143/aulas_de_reforco.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8144/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8145/santa_carolina.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8146/1-indicacao_1-1-_1_.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8147/instalacao_de_radar.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8148/semaforo.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8149/upa.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8150/jardim_quaglia..doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8151/area_verde.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8155/indico_a_pintura_da_demarcacao_de_vaga_de_estacionamento_posto_de_saude_renascenca..doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8156/indica_rocagem_constantido_no_jd_eloisa.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8160/ind_cronograma_limp_taquari_ponte.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8165/ind_app_sus_consulta.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8166/indica_tapa_buraco_decio_maradei.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8168/ind_teletratamento_mulheres.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8169/ind_manutencao_na_jd_do_sol.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8170/indica_tapa_buraco_augusto_salciotto.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8171/ind_cirurgiao_plastico_no_sus.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8172/ind__rotatoria_cmi.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8209/09-03-26.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8212/indica_tapa_buraco_joao_trottman.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8213/indica_pavimentacao_pontezinha_travagin.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8214/indica_cameras_e_informacao_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8216/indicacao_374.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8217/indicacao....doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8219/indicacao_377.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_378.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_379.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8222/indicacao_380.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_381.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_382.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_383.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao384.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao385.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao386.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao387.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao388.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao389.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao390.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao391.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao392.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao393.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao394.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao395.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao396.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao397.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao398.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao400.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao401.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao402.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao403.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao404.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao405.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8248/indicacao406.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao407.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao408.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao409.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao410.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao411.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao412.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8255/indicacao413.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8256/indica_rotatoria_griil_sul.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao415.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao416.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8259/indicacao417.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8260/indicacao418.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8261/ind_piso_salarial_gari.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao420.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao421.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao422.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8290/indico_a_poda_das_arvores_e_rocagem_do_mato_na_rotatoria_localizada_na_saida_do_km_186_da_rodovia_anhanguera_sp-330..pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8291/51.retirada_de_entulho_praca_do_padre_cicero_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8292/52.tapar_buraco_rua_jose_marques.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8293/53._retirda_de_galho_rua_jose_carlos_pink.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8294/54._indica_melhoria_na_iluminacao_parca_padre_cicero.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8295/55._indica_estudos_para_retirada_de_arvores_comprometidas.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8296/indica_retirar_lixo_igre_quadrangular.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8297/56.indica_gcm_para_orientacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8298/57.limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8299/58.retirar_lixo_ginasio_primavera.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8300/indica_cursos_do_pat.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8301/indico_manutencao_do_ginasio_santa_marta_com_conserto_dos_refletores_e_do_bebedouro._1.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_de_adesivos_nos_caminhoes_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8303/indica_lampadas_de_led_no_bairro_caju.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8308/indica_recape_asflato_ruas_bairro_caju_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8311/indica_rocagem_no_bairro_jd_sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8312/indica_transformador_no_alto_da_gloria.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8313/indica_retirada_lixo_fernando_mercatelli.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8314/indica_retirar_lixo_otavio_no_jd_do_sol.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacoes_para_a_sessao_23.03.2026.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8316/indica__a_adocao_de_providencias_para_melhorias_na_infraestrutura_e_nos_servicos_publicos_do_bairro_caju..doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8317/indicacao.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8320/indicacao.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8321/indica__a_realizacao_de_manutencao_e_melhorias_na_rodoviaria_municipal_de_leme..doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8322/indica__a_realizacao_de_recapeamento_asfaltico_na_rua_darcio_tampolini..doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8323/indica__a_realizacao_de_manutencao_rocagem_e_limpeza_das_pracas_localizadas_na_regiao_do_parque_sao_manoel..doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8324/pracas_viva.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8325/bairro_renascenca.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8326/velorio_municipal.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8327/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_para_coibir_descarte_irregular_de_lixo_em_terreno_proximo_a_rua_henrique_margonar_no_530..doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8328/atendimento_da_rede_publica.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8329/indica__a_realizacao_de_servicos_de_rocagem_e_limpeza_no_jardim_taquaral..doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8330/profissionais_da_saude.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8331/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_urgentes_em_terreno_com_acumulo_de_lixo_no_entorno_da_emeb_profa_zulmira_no_jardim_empyreo..doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8332/reducao_do_tempo_de_espera_por_consultas.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8333/inclusao_de_libras_como_disciplina_opcional.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8334/operacao_tapa-buracos.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8335/fornecimento_de_medicamentos.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8336/educacao_ambiental.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8337/indica_a_realizacao_de_manutencao_na_iluminacao_publica_na_rua_domingos_cechinatto_no_484..doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8338/reduzir_perdas_de_agua.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8339/indica_poda_arvore_jdbonsucesso.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8340/canal_direto.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8341/indica_a_realizacao_de_recapeamento_asfaltico_nas_vias_dos_bairros_jardim_quaglia_e_jardim_graminha..doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8342/vazamentos_de_agua.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8343/indica_lixo_angelinazapacosta.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8344/mediacao_de_conflitos_nas_escolas..doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8345/a_iprograma_de_incentivo_a_leitura.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8346/programa_de_mentoria_entre_estudantes.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8347/educacao__financeira.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8348/banco_de_recursos_pedagogicos_compartilhados.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8349/alfabetizacao_digital_para_pais.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8350/apoio_psicopedagogico_intensivo.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8351/servicos_de_saude.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8352/indica_poda_arvore_deolindasantosmeira.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8353/monitoramento_e_qualidade.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8354/oficinas_de_inteligencia_emocional.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8355/educacao_sobre_residuos_e_economia_circular.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8356/indicacao.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8357/mutiroes_de_consultas.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8358/indicacao.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8359/bueiros.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8360/casa_da_juventude_233.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8362/1-indicacao_23_3_2.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8363/oncologista_233.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8364/semafaro_233.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8365/casa_da_mulher_233.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8366/revitalizacao_viveiro_233.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8367/reforma_posto_caju_233.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8368/univesp_233.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8369/reforma_posto_taquari_233.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8370/indicacao_1-_1_.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8376/indica_a_substituicao_dos_brinquedos_quebrados_dos_playgrounds_das_pracas_municipais..doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8379/indica_estudos_tecnicos_para_implantacao_de_mao_unica_na_rua_vitorio_thomazotti..doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7748/mocao_orquideas.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7755/mocao_de_aplausos__michel.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7756/mocao_aplausos_coracao_azul.doc_esse.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7778/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7832/mocao-de-aplausos-17-02-2026.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7862/mocao_apelo_raspas_asfalto_graminha.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7912/aplaudem_otica_confianca.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7917/mocao_de_apelo_1.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7927/mocao_apelo_.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7985/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8018/mocao-de-aplausos-zero.grau.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8028/mocao_de_apelo_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8044/mocao_biomcrop_1.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8099/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8104/mocao_de_apelo_ao_governador_etecs.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8153/6-mocao_de_aplausos_dia_da_mulher_2026.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8161/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8162/mocao_apalusos_sspml.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8163/mocao_de_apelo_1.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8164/mocao_de_apelo_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8271/mocao27.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8272/mocao_28.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8273/mocao_29.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8274/mocao_30.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8373/mocao_aplausos_caminhada_sindrme_donw.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8374/cresciumal.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8375/mocao_de_apelo_6.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8380/mocao_aplausos_para_finacas_-_regina.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8190/parecer_ao_plo_no_24-2026_denuncia_descarte_de_lixo_com_recompensa.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8206/parecer_ao_plo_no_27-2026_alteracao_de_denominacao_e_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8289/projeto_de_lei_no_2926_denominacao_de_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8381/parecer_juridico_pl_30-2026_-_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8394/parecer_ao_decreto_legislativo_no_03-2026_-_titulo_cidadao_baleia_rossi.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8395/parecer_ao_plo_no_35-2026_questionario_m_chat.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7797/oficio_18_2026_gdp-mesclado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7799/oficio_n_007.2026_retirada_do_projeto_de_lei_no_08.2026.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7800/oficio_n_008.2026_retirada_do_projeto_de_lei_no_161.2025.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7801/req14_resposta.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7852/caixa_de_entrada_-_karine_marcondes_-_outlook-mesclado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7891/resp371.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7895/oficio_no_013.2026_retirada_do_projeto_de_lei_complementar_no_33.2026.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7896/resp13.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7922/resp22.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7923/resp31.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7924/resp24.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7953/oficio_no_14.2026___snj_plc_no_02.2026__merged_unsigned_1.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7969/resp15.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7970/resp29.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7971/resp37.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7972/resp4.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7973/resp15-2.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8075/19_merged.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8076/52_merged.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8077/38_merged.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8078/45_merged.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8079/resp62.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8080/ciclo_debates.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8081/oficio_no_25.2026_retirada_do_projeto_de_lei_complementar_no_06.2026.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8082/oficio_no_26.2026_retirada_do_projeto_de_lei_complementar_no_07.2026.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8101/oficio_n_027.2026.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8173/12_resposta_12_merged.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8174/63-mesclado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8175/51-mesclado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8189/brnb422007e9271_009653.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8194/63_reposta_63_c_merged.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8195/47_merged.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8196/55_resposta_55_merged.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8197/53_resposta_53_merged.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8198/57_merged.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8199/50_merged.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8200/resp58.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8201/saecil-mesclado.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8203/03_merged.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8204/48_merged.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8207/oficio__juntada_de_plano_de_acao__projeto_de_lei_complementar_no_3.2026..pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8208/resp65.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8287/resp64.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8386/resp69.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8387/oficio_gabinete_drs_x_n_045.2026._-_p.camara_municipal_de_leme.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7792/brnb422007e9271_009471.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7794/brnb422007e9271_009475.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7878/img20260218_17402270.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7886/brnb422007e9271_009496.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7963/brnb422007e9271_009506.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7965/brnb422007e9271_009512.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8058/brnb422007e9271_009617.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8060/brnb422007e9271_009621.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8062/brnb422007e9271_009625.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8063/brnb422007e9271_009626.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8180/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8183/urgencia_especial_pl_19-26.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8284/img20260317_14324226.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8286/img20260317_14395570.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8383/brnb422007e9271_009721.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7790/pl_03_autografo.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7791/pl_09_autografo.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7885/autografo_-_03_de_projeto_de_lei__11.26.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7887/autografo_-_04_de_projeto_de_lei__16.26.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7888/autografo_-_05_de_projeto_de_lei__173.25.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7959/autografo_-_06_de_projeto_de_lei__20.26.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7960/autografo_-_07_de_projeto_de_lei__21.26.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7961/autografo_-_08_de_projeto_de_lei__179.25.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7962/autografo_-_09_de_projeto_de_lei__04.26.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8064/pl_22_autografo.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8065/pl_23_autografo.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8066/pl_140_autografo.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8067/pl_180_autografo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8068/pl_01_autografo.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8184/pl_19_autografo.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8185/pl_159_autografo_com_2_emendas.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8186/pl_07_autografo.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8276/autografo_-_18_de_projeto_de_lei__26.26.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8277/autografo_-_19_de_projeto_de_lei__28.26.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8278/autografo_-_20_de_projeto_de_lei__02.26.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8279/autografo_-_21_de_projeto_de_lei__06.26.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8385/pl_32_autografo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8280/autografo_de_lei_complementar_-_01_de_projeto_de_lei_complementar_01.26.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8281/autografo_de_lei_complementar_-_02_de_projeto_de_lei_complementar_05.26.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8282/autografo_de_lei_complementar_-_03_de_projeto_de_lei_complementar_08.26.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7712/despesa_imprensa_2026_janeiro.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8177/despesa_imprensa_2026_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8055/parecer_tcesp_executivo_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H53"/>
+  <dimension ref="A1:H822"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="58.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -1100,1360 +9498,21123 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="F3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...4 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
+        <v>20</v>
+      </c>
+      <c r="B4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
-[...2 lines deleted...]
-      <c r="C4" t="s">
+      <c r="G4" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
-[...8 lines deleted...]
-      <c r="G4" s="1" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>26</v>
       </c>
-      <c r="B5" t="s">
-[...2 lines deleted...]
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>22</v>
+      </c>
+      <c r="G5" s="1" t="s">
         <v>27</v>
       </c>
-      <c r="D5" t="s">
-[...8 lines deleted...]
-      <c r="G5" s="1" t="s">
+      <c r="H5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>30</v>
       </c>
-      <c r="B6" t="s">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="D6" t="s">
-[...8 lines deleted...]
-      <c r="G6" s="1" t="s">
+      <c r="H6" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
         <v>34</v>
       </c>
-      <c r="B7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
         <v>35</v>
       </c>
-      <c r="E7" t="s">
+      <c r="G7" s="1" t="s">
         <v>36</v>
       </c>
-      <c r="F7" t="s">
+      <c r="H7" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
+        <v>38</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>39</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" t="s">
         <v>40</v>
       </c>
-      <c r="B8" t="s">
-[...5 lines deleted...]
-      <c r="D8" t="s">
+      <c r="G8" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>44</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B9" t="s">
-[...11 lines deleted...]
-      <c r="G9" s="1" t="s">
+      <c r="H9" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
+        <v>47</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
         <v>48</v>
       </c>
-      <c r="B10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" s="1" t="s">
         <v>49</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>52</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" t="s">
+        <v>53</v>
+      </c>
+      <c r="G11" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="B11" t="s">
-[...11 lines deleted...]
-      <c r="F11" t="s">
+      <c r="H11" t="s">
         <v>55</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
+        <v>56</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>12</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="1" t="s">
         <v>58</v>
       </c>
-      <c r="B12" t="s">
-[...11 lines deleted...]
-      <c r="F12" t="s">
+      <c r="H12" t="s">
         <v>59</v>
-      </c>
-[...4 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
+        <v>60</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>61</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" t="s">
         <v>62</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>63</v>
       </c>
       <c r="H13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
         <v>65</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E14" t="s">
+        <v>12</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="F14" t="s">
+      <c r="H14" t="s">
         <v>68</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>70</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>12</v>
+      </c>
+      <c r="F15" t="s">
+        <v>22</v>
+      </c>
+      <c r="G15" s="1" t="s">
         <v>71</v>
       </c>
-      <c r="B15" t="s">
-[...14 lines deleted...]
-      <c r="G15" s="1" t="s">
+      <c r="H15" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
         <v>74</v>
       </c>
-      <c r="B16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D16" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
         <v>75</v>
       </c>
-      <c r="G16" s="1" t="s">
+      <c r="H16" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
         <v>78</v>
       </c>
-      <c r="B17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D17" t="s">
-        <v>66</v>
+        <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
       <c r="F17" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>79</v>
       </c>
       <c r="H17" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
         <v>81</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
         <v>82</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E18" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="F18" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="H18" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>86</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E19" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F19" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="H19" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>17</v>
+      </c>
+      <c r="D20" t="s">
+        <v>87</v>
+      </c>
+      <c r="E20" t="s">
+        <v>88</v>
+      </c>
+      <c r="F20" t="s">
         <v>89</v>
       </c>
-      <c r="B20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G20" s="1" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="H20" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="D21" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H21" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="D22" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E22" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
+        <v>89</v>
+      </c>
+      <c r="G22" s="1" t="s">
         <v>99</v>
       </c>
-      <c r="G22" s="1" t="s">
+      <c r="H22" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
+        <v>101</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>30</v>
+      </c>
+      <c r="D23" t="s">
+        <v>87</v>
+      </c>
+      <c r="E23" t="s">
+        <v>88</v>
+      </c>
+      <c r="F23" t="s">
+        <v>89</v>
+      </c>
+      <c r="G23" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B23" t="s">
-[...2 lines deleted...]
-      <c r="C23" t="s">
+      <c r="H23" t="s">
         <v>103</v>
-      </c>
-[...13 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
+        <v>104</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>34</v>
+      </c>
+      <c r="D24" t="s">
+        <v>87</v>
+      </c>
+      <c r="E24" t="s">
+        <v>88</v>
+      </c>
+      <c r="F24" t="s">
+        <v>89</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>105</v>
+      </c>
+      <c r="H24" t="s">
         <v>106</v>
-      </c>
-[...19 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>111</v>
+        <v>39</v>
       </c>
       <c r="D25" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E25" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>75</v>
+        <v>89</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>112</v>
+        <v>108</v>
       </c>
       <c r="H25" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>115</v>
+        <v>44</v>
       </c>
       <c r="D26" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E26" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F26" t="s">
-        <v>116</v>
+        <v>89</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
       <c r="H26" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>119</v>
+        <v>113</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="D27" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E27" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F27" t="s">
-        <v>59</v>
+        <v>89</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="H27" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>124</v>
+        <v>52</v>
       </c>
       <c r="D28" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="E28" t="s">
-        <v>67</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>125</v>
+        <v>117</v>
       </c>
       <c r="H28" t="s">
-        <v>126</v>
+        <v>118</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>127</v>
+        <v>119</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>128</v>
+        <v>10</v>
       </c>
       <c r="D29" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E29" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F29" t="s">
-        <v>68</v>
+        <v>122</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="H29" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
-        <v>132</v>
+        <v>17</v>
       </c>
       <c r="D30" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E30" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F30" t="s">
-        <v>99</v>
+        <v>122</v>
       </c>
       <c r="G30" s="1" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="H30" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="B31" t="s">
         <v>9</v>
       </c>
       <c r="C31" t="s">
-        <v>136</v>
+        <v>21</v>
       </c>
       <c r="D31" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E31" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F31" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G31" s="1" t="s">
-        <v>137</v>
+        <v>129</v>
       </c>
       <c r="H31" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
-        <v>139</v>
+        <v>131</v>
       </c>
       <c r="B32" t="s">
         <v>9</v>
       </c>
       <c r="C32" t="s">
-        <v>140</v>
+        <v>26</v>
       </c>
       <c r="D32" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E32" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F32" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="G32" s="1" t="s">
-        <v>142</v>
+        <v>132</v>
       </c>
       <c r="H32" t="s">
-        <v>143</v>
+        <v>133</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
-        <v>144</v>
+        <v>134</v>
       </c>
       <c r="B33" t="s">
         <v>9</v>
       </c>
       <c r="C33" t="s">
-        <v>145</v>
+        <v>30</v>
       </c>
       <c r="D33" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E33" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F33" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G33" s="1" t="s">
-        <v>146</v>
+        <v>135</v>
       </c>
       <c r="H33" t="s">
-        <v>147</v>
+        <v>136</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
-        <v>148</v>
+        <v>137</v>
       </c>
       <c r="B34" t="s">
         <v>9</v>
       </c>
       <c r="C34" t="s">
-        <v>149</v>
+        <v>34</v>
       </c>
       <c r="D34" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E34" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F34" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="G34" s="1" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="H34" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="D35" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E35" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F35" t="s">
         <v>141</v>
       </c>
       <c r="G35" s="1" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
       <c r="H35" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="B36" t="s">
         <v>9</v>
       </c>
       <c r="C36" t="s">
-        <v>157</v>
+        <v>44</v>
       </c>
       <c r="D36" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E36" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F36" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="G36" s="1" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="H36" t="s">
-        <v>159</v>
+        <v>146</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
-        <v>160</v>
+        <v>147</v>
       </c>
       <c r="B37" t="s">
         <v>9</v>
       </c>
       <c r="C37" t="s">
-        <v>161</v>
+        <v>48</v>
       </c>
       <c r="D37" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E37" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F37" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G37" s="1" t="s">
-        <v>162</v>
+        <v>148</v>
       </c>
       <c r="H37" t="s">
-        <v>163</v>
+        <v>149</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>164</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>165</v>
+        <v>52</v>
       </c>
       <c r="D38" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E38" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F38" t="s">
-        <v>68</v>
+        <v>151</v>
       </c>
       <c r="G38" s="1" t="s">
-        <v>166</v>
+        <v>152</v>
       </c>
       <c r="H38" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>169</v>
+        <v>57</v>
       </c>
       <c r="D39" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E39" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F39" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>170</v>
+        <v>155</v>
       </c>
       <c r="H39" t="s">
-        <v>171</v>
+        <v>156</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>172</v>
+        <v>157</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>173</v>
+        <v>61</v>
       </c>
       <c r="D40" t="s">
-        <v>66</v>
+        <v>120</v>
       </c>
       <c r="E40" t="s">
-        <v>67</v>
+        <v>121</v>
       </c>
       <c r="F40" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>174</v>
+        <v>158</v>
       </c>
       <c r="H40" t="s">
-        <v>175</v>
+        <v>159</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>176</v>
+        <v>160</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>10</v>
+        <v>66</v>
       </c>
       <c r="D41" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E41" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F41" t="s">
-        <v>68</v>
+        <v>141</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>179</v>
+        <v>161</v>
       </c>
       <c r="H41" t="s">
-        <v>180</v>
+        <v>162</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>181</v>
+        <v>163</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="D42" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E42" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F42" t="s">
-        <v>68</v>
+        <v>35</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>182</v>
+        <v>164</v>
       </c>
       <c r="H42" t="s">
-        <v>183</v>
+        <v>165</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>184</v>
+        <v>166</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>27</v>
+        <v>74</v>
       </c>
       <c r="D43" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E43" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F43" t="s">
-        <v>68</v>
+        <v>167</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>185</v>
+        <v>168</v>
       </c>
       <c r="H43" t="s">
-        <v>186</v>
+        <v>169</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>187</v>
+        <v>170</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>31</v>
+        <v>78</v>
       </c>
       <c r="D44" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E44" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F44" t="s">
-        <v>99</v>
+        <v>89</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>188</v>
+        <v>171</v>
       </c>
       <c r="H44" t="s">
-        <v>189</v>
+        <v>172</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>82</v>
+        <v>174</v>
       </c>
       <c r="D45" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E45" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F45" t="s">
-        <v>68</v>
+        <v>13</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>191</v>
+        <v>175</v>
       </c>
       <c r="H45" t="s">
-        <v>192</v>
+        <v>176</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>193</v>
+        <v>177</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>86</v>
+        <v>178</v>
       </c>
       <c r="D46" t="s">
-        <v>177</v>
+        <v>120</v>
       </c>
       <c r="E46" t="s">
-        <v>178</v>
+        <v>121</v>
       </c>
       <c r="F46" t="s">
-        <v>68</v>
+        <v>89</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>194</v>
+        <v>179</v>
       </c>
       <c r="H46" t="s">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>196</v>
+        <v>181</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>10</v>
+        <v>182</v>
       </c>
       <c r="D47" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E47" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>199</v>
+        <v>183</v>
       </c>
       <c r="H47" t="s">
-        <v>200</v>
+        <v>184</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>201</v>
+        <v>185</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>23</v>
+        <v>186</v>
       </c>
       <c r="D48" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E48" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>202</v>
+        <v>187</v>
       </c>
       <c r="H48" t="s">
-        <v>203</v>
+        <v>188</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>204</v>
+        <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D49" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E49" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>205</v>
+        <v>191</v>
       </c>
       <c r="H49" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>207</v>
+        <v>193</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>31</v>
+        <v>194</v>
       </c>
       <c r="D50" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E50" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>89</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>208</v>
+        <v>195</v>
       </c>
       <c r="H50" t="s">
-        <v>209</v>
+        <v>196</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>210</v>
+        <v>197</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>82</v>
+        <v>198</v>
       </c>
       <c r="D51" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E51" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F51" t="s">
-        <v>211</v>
+        <v>53</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>212</v>
+        <v>199</v>
       </c>
       <c r="H51" t="s">
-        <v>213</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>214</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>86</v>
+        <v>202</v>
       </c>
       <c r="D52" t="s">
-        <v>197</v>
+        <v>120</v>
       </c>
       <c r="E52" t="s">
-        <v>198</v>
+        <v>121</v>
       </c>
       <c r="F52" t="s">
-        <v>215</v>
+        <v>89</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>216</v>
+        <v>203</v>
       </c>
       <c r="H52" t="s">
-        <v>217</v>
+        <v>204</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>205</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>206</v>
+      </c>
+      <c r="D53" t="s">
+        <v>120</v>
+      </c>
+      <c r="E53" t="s">
+        <v>121</v>
+      </c>
+      <c r="F53" t="s">
+        <v>89</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>207</v>
+      </c>
+      <c r="H53" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>209</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>210</v>
+      </c>
+      <c r="D54" t="s">
+        <v>120</v>
+      </c>
+      <c r="E54" t="s">
+        <v>121</v>
+      </c>
+      <c r="F54" t="s">
+        <v>141</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>211</v>
+      </c>
+      <c r="H54" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>213</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>214</v>
+      </c>
+      <c r="D55" t="s">
+        <v>120</v>
+      </c>
+      <c r="E55" t="s">
+        <v>121</v>
+      </c>
+      <c r="F55" t="s">
+        <v>89</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>215</v>
+      </c>
+      <c r="H55" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>217</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>218</v>
       </c>
-      <c r="B53" t="s">
-[...8 lines deleted...]
-      <c r="E53" t="s">
+      <c r="D56" t="s">
+        <v>120</v>
+      </c>
+      <c r="E56" t="s">
+        <v>121</v>
+      </c>
+      <c r="F56" t="s">
+        <v>89</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>219</v>
+      </c>
+      <c r="H56" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>221</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>222</v>
+      </c>
+      <c r="D57" t="s">
+        <v>120</v>
+      </c>
+      <c r="E57" t="s">
+        <v>121</v>
+      </c>
+      <c r="F57" t="s">
+        <v>22</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>223</v>
+      </c>
+      <c r="H57" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>225</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>226</v>
+      </c>
+      <c r="D58" t="s">
+        <v>120</v>
+      </c>
+      <c r="E58" t="s">
+        <v>121</v>
+      </c>
+      <c r="F58" t="s">
+        <v>89</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="H58" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>229</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>230</v>
+      </c>
+      <c r="D59" t="s">
+        <v>120</v>
+      </c>
+      <c r="E59" t="s">
+        <v>121</v>
+      </c>
+      <c r="F59" t="s">
+        <v>89</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>231</v>
+      </c>
+      <c r="H59" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>233</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>234</v>
+      </c>
+      <c r="D60" t="s">
+        <v>120</v>
+      </c>
+      <c r="E60" t="s">
+        <v>121</v>
+      </c>
+      <c r="F60" t="s">
+        <v>22</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>235</v>
+      </c>
+      <c r="H60" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>237</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>238</v>
+      </c>
+      <c r="D61" t="s">
+        <v>120</v>
+      </c>
+      <c r="E61" t="s">
+        <v>121</v>
+      </c>
+      <c r="F61" t="s">
+        <v>89</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H61" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>241</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>242</v>
+      </c>
+      <c r="D62" t="s">
+        <v>120</v>
+      </c>
+      <c r="E62" t="s">
+        <v>121</v>
+      </c>
+      <c r="F62" t="s">
+        <v>167</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H62" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>245</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>10</v>
+      </c>
+      <c r="D63" t="s">
+        <v>246</v>
+      </c>
+      <c r="E63" t="s">
+        <v>247</v>
+      </c>
+      <c r="F63" t="s">
+        <v>248</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H63" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>251</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>17</v>
+      </c>
+      <c r="D64" t="s">
+        <v>246</v>
+      </c>
+      <c r="E64" t="s">
+        <v>247</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>252</v>
+      </c>
+      <c r="H64" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>254</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>21</v>
+      </c>
+      <c r="D65" t="s">
+        <v>246</v>
+      </c>
+      <c r="E65" t="s">
+        <v>247</v>
+      </c>
+      <c r="F65" t="s">
+        <v>151</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H65" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>257</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>10</v>
+      </c>
+      <c r="D66" t="s">
+        <v>258</v>
+      </c>
+      <c r="E66" t="s">
+        <v>259</v>
+      </c>
+      <c r="F66" t="s">
+        <v>260</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>261</v>
+      </c>
+      <c r="H66" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>263</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>17</v>
+      </c>
+      <c r="D67" t="s">
+        <v>258</v>
+      </c>
+      <c r="E67" t="s">
+        <v>259</v>
+      </c>
+      <c r="F67" t="s">
+        <v>22</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>264</v>
+      </c>
+      <c r="H67" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>266</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>10</v>
+      </c>
+      <c r="D68" t="s">
+        <v>267</v>
+      </c>
+      <c r="E68" t="s">
+        <v>268</v>
+      </c>
+      <c r="F68" t="s">
+        <v>89</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>269</v>
+      </c>
+      <c r="H68" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>17</v>
+      </c>
+      <c r="D69" t="s">
+        <v>267</v>
+      </c>
+      <c r="E69" t="s">
+        <v>268</v>
+      </c>
+      <c r="F69" t="s">
+        <v>89</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>272</v>
+      </c>
+      <c r="H69" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>274</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>21</v>
+      </c>
+      <c r="D70" t="s">
+        <v>267</v>
+      </c>
+      <c r="E70" t="s">
+        <v>268</v>
+      </c>
+      <c r="F70" t="s">
+        <v>89</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H70" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>277</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>10</v>
+      </c>
+      <c r="D71" t="s">
+        <v>278</v>
+      </c>
+      <c r="E71" t="s">
+        <v>279</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>280</v>
+      </c>
+      <c r="H71" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>282</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>17</v>
+      </c>
+      <c r="D72" t="s">
+        <v>278</v>
+      </c>
+      <c r="E72" t="s">
+        <v>279</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H72" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>285</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>21</v>
+      </c>
+      <c r="D73" t="s">
+        <v>278</v>
+      </c>
+      <c r="E73" t="s">
+        <v>279</v>
+      </c>
+      <c r="F73" t="s">
+        <v>286</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H73" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>289</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>26</v>
+      </c>
+      <c r="D74" t="s">
+        <v>278</v>
+      </c>
+      <c r="E74" t="s">
+        <v>279</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>290</v>
+      </c>
+      <c r="H74" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>292</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>30</v>
+      </c>
+      <c r="D75" t="s">
+        <v>278</v>
+      </c>
+      <c r="E75" t="s">
+        <v>279</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>293</v>
+      </c>
+      <c r="H75" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>295</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>34</v>
+      </c>
+      <c r="D76" t="s">
+        <v>278</v>
+      </c>
+      <c r="E76" t="s">
+        <v>279</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>296</v>
+      </c>
+      <c r="H76" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>298</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>39</v>
+      </c>
+      <c r="D77" t="s">
+        <v>278</v>
+      </c>
+      <c r="E77" t="s">
+        <v>279</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>299</v>
+      </c>
+      <c r="H77" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>301</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>44</v>
+      </c>
+      <c r="D78" t="s">
+        <v>278</v>
+      </c>
+      <c r="E78" t="s">
+        <v>279</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>302</v>
+      </c>
+      <c r="H78" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" t="s">
+        <v>304</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
+        <v>48</v>
+      </c>
+      <c r="D79" t="s">
+        <v>278</v>
+      </c>
+      <c r="E79" t="s">
+        <v>279</v>
+      </c>
+      <c r="G79" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H79" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" t="s">
+        <v>307</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
+        <v>52</v>
+      </c>
+      <c r="D80" t="s">
+        <v>278</v>
+      </c>
+      <c r="E80" t="s">
+        <v>279</v>
+      </c>
+      <c r="G80" s="1" t="s">
+        <v>308</v>
+      </c>
+      <c r="H80" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" t="s">
+        <v>310</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
+        <v>57</v>
+      </c>
+      <c r="D81" t="s">
+        <v>278</v>
+      </c>
+      <c r="E81" t="s">
+        <v>279</v>
+      </c>
+      <c r="G81" s="1" t="s">
+        <v>311</v>
+      </c>
+      <c r="H81" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" t="s">
+        <v>313</v>
+      </c>
+      <c r="B82" t="s">
+        <v>9</v>
+      </c>
+      <c r="C82" t="s">
+        <v>61</v>
+      </c>
+      <c r="D82" t="s">
+        <v>278</v>
+      </c>
+      <c r="E82" t="s">
+        <v>279</v>
+      </c>
+      <c r="G82" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H82" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" t="s">
+        <v>316</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
+        <v>66</v>
+      </c>
+      <c r="D83" t="s">
+        <v>278</v>
+      </c>
+      <c r="E83" t="s">
+        <v>279</v>
+      </c>
+      <c r="G83" s="1" t="s">
+        <v>317</v>
+      </c>
+      <c r="H83" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" t="s">
+        <v>319</v>
+      </c>
+      <c r="B84" t="s">
+        <v>9</v>
+      </c>
+      <c r="C84" t="s">
+        <v>70</v>
+      </c>
+      <c r="D84" t="s">
+        <v>278</v>
+      </c>
+      <c r="E84" t="s">
+        <v>279</v>
+      </c>
+      <c r="G84" s="1" t="s">
+        <v>320</v>
+      </c>
+      <c r="H84" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" t="s">
+        <v>322</v>
+      </c>
+      <c r="B85" t="s">
+        <v>9</v>
+      </c>
+      <c r="C85" t="s">
+        <v>74</v>
+      </c>
+      <c r="D85" t="s">
+        <v>278</v>
+      </c>
+      <c r="E85" t="s">
+        <v>279</v>
+      </c>
+      <c r="G85" s="1" t="s">
+        <v>323</v>
+      </c>
+      <c r="H85" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" t="s">
+        <v>325</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>78</v>
+      </c>
+      <c r="D86" t="s">
+        <v>278</v>
+      </c>
+      <c r="E86" t="s">
+        <v>279</v>
+      </c>
+      <c r="F86" t="s">
+        <v>326</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>327</v>
+      </c>
+      <c r="H86" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" t="s">
+        <v>329</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>330</v>
+      </c>
+      <c r="D87" t="s">
+        <v>278</v>
+      </c>
+      <c r="E87" t="s">
+        <v>279</v>
+      </c>
+      <c r="F87" t="s">
+        <v>331</v>
+      </c>
+      <c r="G87" s="1" t="s">
+        <v>332</v>
+      </c>
+      <c r="H87" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" t="s">
+        <v>334</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
+        <v>174</v>
+      </c>
+      <c r="D88" t="s">
+        <v>278</v>
+      </c>
+      <c r="E88" t="s">
+        <v>279</v>
+      </c>
+      <c r="G88" s="1" t="s">
+        <v>335</v>
+      </c>
+      <c r="H88" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" t="s">
+        <v>337</v>
+      </c>
+      <c r="B89" t="s">
+        <v>9</v>
+      </c>
+      <c r="C89" t="s">
+        <v>178</v>
+      </c>
+      <c r="D89" t="s">
+        <v>278</v>
+      </c>
+      <c r="E89" t="s">
+        <v>279</v>
+      </c>
+      <c r="G89" s="1" t="s">
+        <v>338</v>
+      </c>
+      <c r="H89" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" t="s">
+        <v>340</v>
+      </c>
+      <c r="B90" t="s">
+        <v>9</v>
+      </c>
+      <c r="C90" t="s">
+        <v>182</v>
+      </c>
+      <c r="D90" t="s">
+        <v>278</v>
+      </c>
+      <c r="E90" t="s">
+        <v>279</v>
+      </c>
+      <c r="G90" s="1" t="s">
+        <v>341</v>
+      </c>
+      <c r="H90" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" t="s">
+        <v>343</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>186</v>
+      </c>
+      <c r="D91" t="s">
+        <v>278</v>
+      </c>
+      <c r="E91" t="s">
+        <v>279</v>
+      </c>
+      <c r="F91" t="s">
+        <v>331</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>344</v>
+      </c>
+      <c r="H91" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="92" spans="1:8">
+      <c r="A92" t="s">
+        <v>346</v>
+      </c>
+      <c r="B92" t="s">
+        <v>9</v>
+      </c>
+      <c r="C92" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92" t="s">
+        <v>278</v>
+      </c>
+      <c r="E92" t="s">
+        <v>279</v>
+      </c>
+      <c r="G92" s="1" t="s">
+        <v>347</v>
+      </c>
+      <c r="H92" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="93" spans="1:8">
+      <c r="A93" t="s">
+        <v>349</v>
+      </c>
+      <c r="B93" t="s">
+        <v>9</v>
+      </c>
+      <c r="C93" t="s">
+        <v>194</v>
+      </c>
+      <c r="D93" t="s">
+        <v>278</v>
+      </c>
+      <c r="E93" t="s">
+        <v>279</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>350</v>
+      </c>
+      <c r="H93" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>352</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
         <v>198</v>
       </c>
-      <c r="F53" t="s">
+      <c r="D94" t="s">
+        <v>278</v>
+      </c>
+      <c r="E94" t="s">
+        <v>279</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H94" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>355</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>202</v>
+      </c>
+      <c r="D95" t="s">
+        <v>278</v>
+      </c>
+      <c r="E95" t="s">
+        <v>279</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>356</v>
+      </c>
+      <c r="H95" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>358</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>206</v>
+      </c>
+      <c r="D96" t="s">
+        <v>278</v>
+      </c>
+      <c r="E96" t="s">
+        <v>279</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H96" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>361</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>210</v>
+      </c>
+      <c r="D97" t="s">
+        <v>278</v>
+      </c>
+      <c r="E97" t="s">
+        <v>279</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>362</v>
+      </c>
+      <c r="H97" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>364</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>214</v>
+      </c>
+      <c r="D98" t="s">
+        <v>278</v>
+      </c>
+      <c r="E98" t="s">
+        <v>279</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>365</v>
+      </c>
+      <c r="H98" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>367</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>218</v>
+      </c>
+      <c r="D99" t="s">
+        <v>278</v>
+      </c>
+      <c r="E99" t="s">
+        <v>279</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>368</v>
+      </c>
+      <c r="H99" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>370</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>222</v>
+      </c>
+      <c r="D100" t="s">
+        <v>278</v>
+      </c>
+      <c r="E100" t="s">
+        <v>279</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>371</v>
+      </c>
+      <c r="H100" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>373</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>226</v>
+      </c>
+      <c r="D101" t="s">
+        <v>278</v>
+      </c>
+      <c r="E101" t="s">
+        <v>279</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>374</v>
+      </c>
+      <c r="H101" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>376</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
+        <v>230</v>
+      </c>
+      <c r="D102" t="s">
+        <v>278</v>
+      </c>
+      <c r="E102" t="s">
+        <v>279</v>
+      </c>
+      <c r="G102" s="1" t="s">
+        <v>377</v>
+      </c>
+      <c r="H102" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="103" spans="1:8">
+      <c r="A103" t="s">
+        <v>379</v>
+      </c>
+      <c r="B103" t="s">
+        <v>9</v>
+      </c>
+      <c r="C103" t="s">
+        <v>234</v>
+      </c>
+      <c r="D103" t="s">
+        <v>278</v>
+      </c>
+      <c r="E103" t="s">
+        <v>279</v>
+      </c>
+      <c r="F103" t="s">
+        <v>331</v>
+      </c>
+      <c r="G103" s="1" t="s">
+        <v>380</v>
+      </c>
+      <c r="H103" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="104" spans="1:8">
+      <c r="A104" t="s">
+        <v>382</v>
+      </c>
+      <c r="B104" t="s">
+        <v>9</v>
+      </c>
+      <c r="C104" t="s">
+        <v>238</v>
+      </c>
+      <c r="D104" t="s">
+        <v>278</v>
+      </c>
+      <c r="E104" t="s">
+        <v>279</v>
+      </c>
+      <c r="G104" s="1" t="s">
+        <v>383</v>
+      </c>
+      <c r="H104" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="105" spans="1:8">
+      <c r="A105" t="s">
+        <v>385</v>
+      </c>
+      <c r="B105" t="s">
+        <v>9</v>
+      </c>
+      <c r="C105" t="s">
+        <v>242</v>
+      </c>
+      <c r="D105" t="s">
+        <v>278</v>
+      </c>
+      <c r="E105" t="s">
+        <v>279</v>
+      </c>
+      <c r="G105" s="1" t="s">
+        <v>386</v>
+      </c>
+      <c r="H105" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="106" spans="1:8">
+      <c r="A106" t="s">
+        <v>388</v>
+      </c>
+      <c r="B106" t="s">
+        <v>9</v>
+      </c>
+      <c r="C106" t="s">
+        <v>389</v>
+      </c>
+      <c r="D106" t="s">
+        <v>278</v>
+      </c>
+      <c r="E106" t="s">
+        <v>279</v>
+      </c>
+      <c r="G106" s="1" t="s">
+        <v>390</v>
+      </c>
+      <c r="H106" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="107" spans="1:8">
+      <c r="A107" t="s">
+        <v>392</v>
+      </c>
+      <c r="B107" t="s">
+        <v>9</v>
+      </c>
+      <c r="C107" t="s">
+        <v>10</v>
+      </c>
+      <c r="D107" t="s">
+        <v>393</v>
+      </c>
+      <c r="E107" t="s">
+        <v>394</v>
+      </c>
+      <c r="F107" t="s">
+        <v>53</v>
+      </c>
+      <c r="G107" s="1" t="s">
+        <v>395</v>
+      </c>
+      <c r="H107" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="108" spans="1:8">
+      <c r="A108" t="s">
+        <v>397</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>17</v>
+      </c>
+      <c r="D108" t="s">
+        <v>393</v>
+      </c>
+      <c r="E108" t="s">
+        <v>394</v>
+      </c>
+      <c r="F108" t="s">
+        <v>167</v>
+      </c>
+      <c r="G108" s="1" t="s">
+        <v>398</v>
+      </c>
+      <c r="H108" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="109" spans="1:8">
+      <c r="A109" t="s">
+        <v>400</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>21</v>
+      </c>
+      <c r="D109" t="s">
+        <v>393</v>
+      </c>
+      <c r="E109" t="s">
+        <v>394</v>
+      </c>
+      <c r="F109" t="s">
+        <v>62</v>
+      </c>
+      <c r="G109" s="1" t="s">
+        <v>401</v>
+      </c>
+      <c r="H109" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" t="s">
+        <v>403</v>
+      </c>
+      <c r="B110" t="s">
+        <v>9</v>
+      </c>
+      <c r="C110" t="s">
+        <v>26</v>
+      </c>
+      <c r="D110" t="s">
+        <v>393</v>
+      </c>
+      <c r="E110" t="s">
+        <v>394</v>
+      </c>
+      <c r="F110" t="s">
+        <v>62</v>
+      </c>
+      <c r="G110" s="1" t="s">
+        <v>404</v>
+      </c>
+      <c r="H110" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="111" spans="1:8">
+      <c r="A111" t="s">
+        <v>406</v>
+      </c>
+      <c r="B111" t="s">
+        <v>9</v>
+      </c>
+      <c r="C111" t="s">
+        <v>30</v>
+      </c>
+      <c r="D111" t="s">
+        <v>393</v>
+      </c>
+      <c r="E111" t="s">
+        <v>394</v>
+      </c>
+      <c r="F111" t="s">
+        <v>22</v>
+      </c>
+      <c r="G111" s="1" t="s">
+        <v>407</v>
+      </c>
+      <c r="H111" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="112" spans="1:8">
+      <c r="A112" t="s">
+        <v>409</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>34</v>
+      </c>
+      <c r="D112" t="s">
+        <v>393</v>
+      </c>
+      <c r="E112" t="s">
+        <v>394</v>
+      </c>
+      <c r="F112" t="s">
+        <v>141</v>
+      </c>
+      <c r="G112" s="1" t="s">
+        <v>410</v>
+      </c>
+      <c r="H112" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" t="s">
+        <v>412</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>39</v>
+      </c>
+      <c r="D113" t="s">
+        <v>393</v>
+      </c>
+      <c r="E113" t="s">
+        <v>394</v>
+      </c>
+      <c r="F113" t="s">
+        <v>141</v>
+      </c>
+      <c r="G113" s="1" t="s">
+        <v>413</v>
+      </c>
+      <c r="H113" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" t="s">
+        <v>415</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>44</v>
+      </c>
+      <c r="D114" t="s">
+        <v>393</v>
+      </c>
+      <c r="E114" t="s">
+        <v>394</v>
+      </c>
+      <c r="F114" t="s">
+        <v>22</v>
+      </c>
+      <c r="G114" s="1" t="s">
+        <v>416</v>
+      </c>
+      <c r="H114" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" t="s">
+        <v>418</v>
+      </c>
+      <c r="B115" t="s">
+        <v>9</v>
+      </c>
+      <c r="C115" t="s">
+        <v>48</v>
+      </c>
+      <c r="D115" t="s">
+        <v>393</v>
+      </c>
+      <c r="E115" t="s">
+        <v>394</v>
+      </c>
+      <c r="F115" t="s">
+        <v>22</v>
+      </c>
+      <c r="G115" s="1" t="s">
+        <v>419</v>
+      </c>
+      <c r="H115" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="116" spans="1:8">
+      <c r="A116" t="s">
+        <v>421</v>
+      </c>
+      <c r="B116" t="s">
+        <v>9</v>
+      </c>
+      <c r="C116" t="s">
+        <v>52</v>
+      </c>
+      <c r="D116" t="s">
+        <v>393</v>
+      </c>
+      <c r="E116" t="s">
+        <v>394</v>
+      </c>
+      <c r="F116" t="s">
+        <v>22</v>
+      </c>
+      <c r="G116" s="1" t="s">
+        <v>422</v>
+      </c>
+      <c r="H116" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="117" spans="1:8">
+      <c r="A117" t="s">
+        <v>424</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>57</v>
+      </c>
+      <c r="D117" t="s">
+        <v>393</v>
+      </c>
+      <c r="E117" t="s">
+        <v>394</v>
+      </c>
+      <c r="F117" t="s">
+        <v>22</v>
+      </c>
+      <c r="G117" s="1" t="s">
+        <v>425</v>
+      </c>
+      <c r="H117" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="118" spans="1:8">
+      <c r="A118" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" t="s">
+        <v>9</v>
+      </c>
+      <c r="C118" t="s">
+        <v>61</v>
+      </c>
+      <c r="D118" t="s">
+        <v>393</v>
+      </c>
+      <c r="E118" t="s">
+        <v>394</v>
+      </c>
+      <c r="F118" t="s">
+        <v>40</v>
+      </c>
+      <c r="G118" s="1" t="s">
+        <v>428</v>
+      </c>
+      <c r="H118" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="119" spans="1:8">
+      <c r="A119" t="s">
+        <v>430</v>
+      </c>
+      <c r="B119" t="s">
+        <v>9</v>
+      </c>
+      <c r="C119" t="s">
+        <v>66</v>
+      </c>
+      <c r="D119" t="s">
+        <v>393</v>
+      </c>
+      <c r="E119" t="s">
+        <v>394</v>
+      </c>
+      <c r="F119" t="s">
+        <v>35</v>
+      </c>
+      <c r="G119" s="1" t="s">
+        <v>431</v>
+      </c>
+      <c r="H119" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="120" spans="1:8">
+      <c r="A120" t="s">
+        <v>433</v>
+      </c>
+      <c r="B120" t="s">
+        <v>9</v>
+      </c>
+      <c r="C120" t="s">
+        <v>70</v>
+      </c>
+      <c r="D120" t="s">
+        <v>393</v>
+      </c>
+      <c r="E120" t="s">
+        <v>394</v>
+      </c>
+      <c r="F120" t="s">
+        <v>35</v>
+      </c>
+      <c r="G120" s="1" t="s">
+        <v>434</v>
+      </c>
+      <c r="H120" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="121" spans="1:8">
+      <c r="A121" t="s">
+        <v>436</v>
+      </c>
+      <c r="B121" t="s">
+        <v>9</v>
+      </c>
+      <c r="C121" t="s">
+        <v>74</v>
+      </c>
+      <c r="D121" t="s">
+        <v>393</v>
+      </c>
+      <c r="E121" t="s">
+        <v>394</v>
+      </c>
+      <c r="F121" t="s">
+        <v>35</v>
+      </c>
+      <c r="G121" s="1" t="s">
+        <v>437</v>
+      </c>
+      <c r="H121" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="122" spans="1:8">
+      <c r="A122" t="s">
+        <v>439</v>
+      </c>
+      <c r="B122" t="s">
+        <v>9</v>
+      </c>
+      <c r="C122" t="s">
+        <v>78</v>
+      </c>
+      <c r="D122" t="s">
+        <v>393</v>
+      </c>
+      <c r="E122" t="s">
+        <v>394</v>
+      </c>
+      <c r="F122" t="s">
+        <v>141</v>
+      </c>
+      <c r="G122" s="1" t="s">
+        <v>440</v>
+      </c>
+      <c r="H122" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="123" spans="1:8">
+      <c r="A123" t="s">
+        <v>442</v>
+      </c>
+      <c r="B123" t="s">
+        <v>9</v>
+      </c>
+      <c r="C123" t="s">
+        <v>330</v>
+      </c>
+      <c r="D123" t="s">
+        <v>393</v>
+      </c>
+      <c r="E123" t="s">
+        <v>394</v>
+      </c>
+      <c r="F123" t="s">
         <v>13</v>
       </c>
-      <c r="G53" s="1" t="s">
-[...3 lines deleted...]
-        <v>220</v>
+      <c r="G123" s="1" t="s">
+        <v>443</v>
+      </c>
+      <c r="H123" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="124" spans="1:8">
+      <c r="A124" t="s">
+        <v>445</v>
+      </c>
+      <c r="B124" t="s">
+        <v>9</v>
+      </c>
+      <c r="C124" t="s">
+        <v>174</v>
+      </c>
+      <c r="D124" t="s">
+        <v>393</v>
+      </c>
+      <c r="E124" t="s">
+        <v>394</v>
+      </c>
+      <c r="F124" t="s">
+        <v>40</v>
+      </c>
+      <c r="G124" s="1" t="s">
+        <v>446</v>
+      </c>
+      <c r="H124" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="125" spans="1:8">
+      <c r="A125" t="s">
+        <v>448</v>
+      </c>
+      <c r="B125" t="s">
+        <v>9</v>
+      </c>
+      <c r="C125" t="s">
+        <v>178</v>
+      </c>
+      <c r="D125" t="s">
+        <v>393</v>
+      </c>
+      <c r="E125" t="s">
+        <v>394</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" s="1" t="s">
+        <v>449</v>
+      </c>
+      <c r="H125" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="126" spans="1:8">
+      <c r="A126" t="s">
+        <v>451</v>
+      </c>
+      <c r="B126" t="s">
+        <v>9</v>
+      </c>
+      <c r="C126" t="s">
+        <v>182</v>
+      </c>
+      <c r="D126" t="s">
+        <v>393</v>
+      </c>
+      <c r="E126" t="s">
+        <v>394</v>
+      </c>
+      <c r="F126" t="s">
+        <v>141</v>
+      </c>
+      <c r="G126" s="1" t="s">
+        <v>452</v>
+      </c>
+      <c r="H126" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="127" spans="1:8">
+      <c r="A127" t="s">
+        <v>454</v>
+      </c>
+      <c r="B127" t="s">
+        <v>9</v>
+      </c>
+      <c r="C127" t="s">
+        <v>186</v>
+      </c>
+      <c r="D127" t="s">
+        <v>393</v>
+      </c>
+      <c r="E127" t="s">
+        <v>394</v>
+      </c>
+      <c r="F127" t="s">
+        <v>40</v>
+      </c>
+      <c r="G127" s="1" t="s">
+        <v>455</v>
+      </c>
+      <c r="H127" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="128" spans="1:8">
+      <c r="A128" t="s">
+        <v>457</v>
+      </c>
+      <c r="B128" t="s">
+        <v>9</v>
+      </c>
+      <c r="C128" t="s">
+        <v>190</v>
+      </c>
+      <c r="D128" t="s">
+        <v>393</v>
+      </c>
+      <c r="E128" t="s">
+        <v>394</v>
+      </c>
+      <c r="F128" t="s">
+        <v>62</v>
+      </c>
+      <c r="G128" s="1" t="s">
+        <v>458</v>
+      </c>
+      <c r="H128" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="129" spans="1:8">
+      <c r="A129" t="s">
+        <v>460</v>
+      </c>
+      <c r="B129" t="s">
+        <v>9</v>
+      </c>
+      <c r="C129" t="s">
+        <v>194</v>
+      </c>
+      <c r="D129" t="s">
+        <v>393</v>
+      </c>
+      <c r="E129" t="s">
+        <v>394</v>
+      </c>
+      <c r="F129" t="s">
+        <v>122</v>
+      </c>
+      <c r="G129" s="1" t="s">
+        <v>461</v>
+      </c>
+      <c r="H129" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="130" spans="1:8">
+      <c r="A130" t="s">
+        <v>463</v>
+      </c>
+      <c r="B130" t="s">
+        <v>9</v>
+      </c>
+      <c r="C130" t="s">
+        <v>198</v>
+      </c>
+      <c r="D130" t="s">
+        <v>393</v>
+      </c>
+      <c r="E130" t="s">
+        <v>394</v>
+      </c>
+      <c r="F130" t="s">
+        <v>122</v>
+      </c>
+      <c r="G130" s="1" t="s">
+        <v>464</v>
+      </c>
+      <c r="H130" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="131" spans="1:8">
+      <c r="A131" t="s">
+        <v>465</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>202</v>
+      </c>
+      <c r="D131" t="s">
+        <v>393</v>
+      </c>
+      <c r="E131" t="s">
+        <v>394</v>
+      </c>
+      <c r="F131" t="s">
+        <v>141</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>466</v>
+      </c>
+      <c r="H131" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="132" spans="1:8">
+      <c r="A132" t="s">
+        <v>468</v>
+      </c>
+      <c r="B132" t="s">
+        <v>9</v>
+      </c>
+      <c r="C132" t="s">
+        <v>206</v>
+      </c>
+      <c r="D132" t="s">
+        <v>393</v>
+      </c>
+      <c r="E132" t="s">
+        <v>394</v>
+      </c>
+      <c r="F132" t="s">
+        <v>122</v>
+      </c>
+      <c r="G132" s="1" t="s">
+        <v>469</v>
+      </c>
+      <c r="H132" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="133" spans="1:8">
+      <c r="A133" t="s">
+        <v>471</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>210</v>
+      </c>
+      <c r="D133" t="s">
+        <v>393</v>
+      </c>
+      <c r="E133" t="s">
+        <v>394</v>
+      </c>
+      <c r="F133" t="s">
+        <v>151</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>472</v>
+      </c>
+      <c r="H133" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="134" spans="1:8">
+      <c r="A134" t="s">
+        <v>474</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>214</v>
+      </c>
+      <c r="D134" t="s">
+        <v>393</v>
+      </c>
+      <c r="E134" t="s">
+        <v>394</v>
+      </c>
+      <c r="F134" t="s">
+        <v>22</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>475</v>
+      </c>
+      <c r="H134" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="135" spans="1:8">
+      <c r="A135" t="s">
+        <v>477</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>218</v>
+      </c>
+      <c r="D135" t="s">
+        <v>393</v>
+      </c>
+      <c r="E135" t="s">
+        <v>394</v>
+      </c>
+      <c r="F135" t="s">
+        <v>35</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>478</v>
+      </c>
+      <c r="H135" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="136" spans="1:8">
+      <c r="A136" t="s">
+        <v>480</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>222</v>
+      </c>
+      <c r="D136" t="s">
+        <v>393</v>
+      </c>
+      <c r="E136" t="s">
+        <v>394</v>
+      </c>
+      <c r="F136" t="s">
+        <v>53</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>481</v>
+      </c>
+      <c r="H136" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="137" spans="1:8">
+      <c r="A137" t="s">
+        <v>483</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>226</v>
+      </c>
+      <c r="D137" t="s">
+        <v>393</v>
+      </c>
+      <c r="E137" t="s">
+        <v>394</v>
+      </c>
+      <c r="F137" t="s">
+        <v>35</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>484</v>
+      </c>
+      <c r="H137" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="138" spans="1:8">
+      <c r="A138" t="s">
+        <v>486</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>230</v>
+      </c>
+      <c r="D138" t="s">
+        <v>393</v>
+      </c>
+      <c r="E138" t="s">
+        <v>394</v>
+      </c>
+      <c r="F138" t="s">
+        <v>35</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>487</v>
+      </c>
+      <c r="H138" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="139" spans="1:8">
+      <c r="A139" t="s">
+        <v>489</v>
+      </c>
+      <c r="B139" t="s">
+        <v>9</v>
+      </c>
+      <c r="C139" t="s">
+        <v>234</v>
+      </c>
+      <c r="D139" t="s">
+        <v>393</v>
+      </c>
+      <c r="E139" t="s">
+        <v>394</v>
+      </c>
+      <c r="F139" t="s">
+        <v>151</v>
+      </c>
+      <c r="G139" s="1" t="s">
+        <v>490</v>
+      </c>
+      <c r="H139" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="140" spans="1:8">
+      <c r="A140" t="s">
+        <v>492</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>238</v>
+      </c>
+      <c r="D140" t="s">
+        <v>393</v>
+      </c>
+      <c r="E140" t="s">
+        <v>394</v>
+      </c>
+      <c r="F140" t="s">
+        <v>22</v>
+      </c>
+      <c r="G140" s="1" t="s">
+        <v>493</v>
+      </c>
+      <c r="H140" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="141" spans="1:8">
+      <c r="A141" t="s">
+        <v>495</v>
+      </c>
+      <c r="B141" t="s">
+        <v>9</v>
+      </c>
+      <c r="C141" t="s">
+        <v>242</v>
+      </c>
+      <c r="D141" t="s">
+        <v>393</v>
+      </c>
+      <c r="E141" t="s">
+        <v>394</v>
+      </c>
+      <c r="F141" t="s">
+        <v>151</v>
+      </c>
+      <c r="G141" s="1" t="s">
+        <v>496</v>
+      </c>
+      <c r="H141" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="142" spans="1:8">
+      <c r="A142" t="s">
+        <v>497</v>
+      </c>
+      <c r="B142" t="s">
+        <v>9</v>
+      </c>
+      <c r="C142" t="s">
+        <v>389</v>
+      </c>
+      <c r="D142" t="s">
+        <v>393</v>
+      </c>
+      <c r="E142" t="s">
+        <v>394</v>
+      </c>
+      <c r="F142" t="s">
+        <v>53</v>
+      </c>
+      <c r="G142" s="1" t="s">
+        <v>498</v>
+      </c>
+      <c r="H142" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="143" spans="1:8">
+      <c r="A143" t="s">
+        <v>500</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
+        <v>501</v>
+      </c>
+      <c r="D143" t="s">
+        <v>393</v>
+      </c>
+      <c r="E143" t="s">
+        <v>394</v>
+      </c>
+      <c r="F143" t="s">
+        <v>22</v>
+      </c>
+      <c r="G143" s="1" t="s">
+        <v>502</v>
+      </c>
+      <c r="H143" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="144" spans="1:8">
+      <c r="A144" t="s">
+        <v>504</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
+        <v>505</v>
+      </c>
+      <c r="D144" t="s">
+        <v>393</v>
+      </c>
+      <c r="E144" t="s">
+        <v>394</v>
+      </c>
+      <c r="F144" t="s">
+        <v>22</v>
+      </c>
+      <c r="G144" s="1" t="s">
+        <v>506</v>
+      </c>
+      <c r="H144" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="145" spans="1:8">
+      <c r="A145" t="s">
+        <v>508</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
+        <v>509</v>
+      </c>
+      <c r="D145" t="s">
+        <v>393</v>
+      </c>
+      <c r="E145" t="s">
+        <v>394</v>
+      </c>
+      <c r="F145" t="s">
+        <v>22</v>
+      </c>
+      <c r="G145" s="1" t="s">
+        <v>510</v>
+      </c>
+      <c r="H145" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="146" spans="1:8">
+      <c r="A146" t="s">
+        <v>512</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
+        <v>513</v>
+      </c>
+      <c r="D146" t="s">
+        <v>393</v>
+      </c>
+      <c r="E146" t="s">
+        <v>394</v>
+      </c>
+      <c r="F146" t="s">
+        <v>22</v>
+      </c>
+      <c r="G146" s="1" t="s">
+        <v>514</v>
+      </c>
+      <c r="H146" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="147" spans="1:8">
+      <c r="A147" t="s">
+        <v>516</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>517</v>
+      </c>
+      <c r="D147" t="s">
+        <v>393</v>
+      </c>
+      <c r="E147" t="s">
+        <v>394</v>
+      </c>
+      <c r="F147" t="s">
+        <v>22</v>
+      </c>
+      <c r="G147" s="1" t="s">
+        <v>518</v>
+      </c>
+      <c r="H147" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="148" spans="1:8">
+      <c r="A148" t="s">
+        <v>520</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
+        <v>521</v>
+      </c>
+      <c r="D148" t="s">
+        <v>393</v>
+      </c>
+      <c r="E148" t="s">
+        <v>394</v>
+      </c>
+      <c r="F148" t="s">
+        <v>62</v>
+      </c>
+      <c r="G148" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H148" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="149" spans="1:8">
+      <c r="A149" t="s">
+        <v>524</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
+        <v>525</v>
+      </c>
+      <c r="D149" t="s">
+        <v>393</v>
+      </c>
+      <c r="E149" t="s">
+        <v>394</v>
+      </c>
+      <c r="F149" t="s">
+        <v>22</v>
+      </c>
+      <c r="G149" s="1" t="s">
+        <v>526</v>
+      </c>
+      <c r="H149" t="s">
+        <v>527</v>
+      </c>
+    </row>
+    <row r="150" spans="1:8">
+      <c r="A150" t="s">
+        <v>528</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
+        <v>529</v>
+      </c>
+      <c r="D150" t="s">
+        <v>393</v>
+      </c>
+      <c r="E150" t="s">
+        <v>394</v>
+      </c>
+      <c r="F150" t="s">
+        <v>530</v>
+      </c>
+      <c r="G150" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H150" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="151" spans="1:8">
+      <c r="A151" t="s">
+        <v>533</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>534</v>
+      </c>
+      <c r="D151" t="s">
+        <v>393</v>
+      </c>
+      <c r="E151" t="s">
+        <v>394</v>
+      </c>
+      <c r="F151" t="s">
+        <v>530</v>
+      </c>
+      <c r="G151" s="1" t="s">
+        <v>535</v>
+      </c>
+      <c r="H151" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="152" spans="1:8">
+      <c r="A152" t="s">
+        <v>537</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
+        <v>538</v>
+      </c>
+      <c r="D152" t="s">
+        <v>393</v>
+      </c>
+      <c r="E152" t="s">
+        <v>394</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" s="1" t="s">
+        <v>539</v>
+      </c>
+      <c r="H152" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="153" spans="1:8">
+      <c r="A153" t="s">
+        <v>541</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
+        <v>542</v>
+      </c>
+      <c r="D153" t="s">
+        <v>393</v>
+      </c>
+      <c r="E153" t="s">
+        <v>394</v>
+      </c>
+      <c r="F153" t="s">
+        <v>22</v>
+      </c>
+      <c r="G153" s="1" t="s">
+        <v>543</v>
+      </c>
+      <c r="H153" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="154" spans="1:8">
+      <c r="A154" t="s">
+        <v>545</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>546</v>
+      </c>
+      <c r="D154" t="s">
+        <v>393</v>
+      </c>
+      <c r="E154" t="s">
+        <v>394</v>
+      </c>
+      <c r="F154" t="s">
+        <v>122</v>
+      </c>
+      <c r="G154" s="1" t="s">
+        <v>547</v>
+      </c>
+      <c r="H154" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="155" spans="1:8">
+      <c r="A155" t="s">
+        <v>549</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
+        <v>550</v>
+      </c>
+      <c r="D155" t="s">
+        <v>393</v>
+      </c>
+      <c r="E155" t="s">
+        <v>394</v>
+      </c>
+      <c r="F155" t="s">
+        <v>551</v>
+      </c>
+      <c r="G155" s="1" t="s">
+        <v>552</v>
+      </c>
+      <c r="H155" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="156" spans="1:8">
+      <c r="A156" t="s">
+        <v>554</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>555</v>
+      </c>
+      <c r="D156" t="s">
+        <v>393</v>
+      </c>
+      <c r="E156" t="s">
+        <v>394</v>
+      </c>
+      <c r="F156" t="s">
+        <v>22</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>556</v>
+      </c>
+      <c r="H156" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="157" spans="1:8">
+      <c r="A157" t="s">
+        <v>558</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>559</v>
+      </c>
+      <c r="D157" t="s">
+        <v>393</v>
+      </c>
+      <c r="E157" t="s">
+        <v>394</v>
+      </c>
+      <c r="F157" t="s">
+        <v>35</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>560</v>
+      </c>
+      <c r="H157" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="158" spans="1:8">
+      <c r="A158" t="s">
+        <v>562</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>563</v>
+      </c>
+      <c r="D158" t="s">
+        <v>393</v>
+      </c>
+      <c r="E158" t="s">
+        <v>394</v>
+      </c>
+      <c r="F158" t="s">
+        <v>22</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>564</v>
+      </c>
+      <c r="H158" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="159" spans="1:8">
+      <c r="A159" t="s">
+        <v>566</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
+        <v>567</v>
+      </c>
+      <c r="D159" t="s">
+        <v>393</v>
+      </c>
+      <c r="E159" t="s">
+        <v>394</v>
+      </c>
+      <c r="F159" t="s">
+        <v>62</v>
+      </c>
+      <c r="G159" s="1" t="s">
+        <v>568</v>
+      </c>
+      <c r="H159" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="160" spans="1:8">
+      <c r="A160" t="s">
+        <v>570</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
+        <v>571</v>
+      </c>
+      <c r="D160" t="s">
+        <v>393</v>
+      </c>
+      <c r="E160" t="s">
+        <v>394</v>
+      </c>
+      <c r="F160" t="s">
+        <v>62</v>
+      </c>
+      <c r="G160" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H160" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="161" spans="1:8">
+      <c r="A161" t="s">
+        <v>574</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>575</v>
+      </c>
+      <c r="D161" t="s">
+        <v>393</v>
+      </c>
+      <c r="E161" t="s">
+        <v>394</v>
+      </c>
+      <c r="F161" t="s">
+        <v>62</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>576</v>
+      </c>
+      <c r="H161" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="162" spans="1:8">
+      <c r="A162" t="s">
+        <v>578</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>579</v>
+      </c>
+      <c r="D162" t="s">
+        <v>393</v>
+      </c>
+      <c r="E162" t="s">
+        <v>394</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>580</v>
+      </c>
+      <c r="H162" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="163" spans="1:8">
+      <c r="A163" t="s">
+        <v>582</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>583</v>
+      </c>
+      <c r="D163" t="s">
+        <v>393</v>
+      </c>
+      <c r="E163" t="s">
+        <v>394</v>
+      </c>
+      <c r="F163" t="s">
+        <v>551</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>584</v>
+      </c>
+      <c r="H163" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="164" spans="1:8">
+      <c r="A164" t="s">
+        <v>586</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
+        <v>587</v>
+      </c>
+      <c r="D164" t="s">
+        <v>393</v>
+      </c>
+      <c r="E164" t="s">
+        <v>394</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" s="1" t="s">
+        <v>588</v>
+      </c>
+      <c r="H164" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="165" spans="1:8">
+      <c r="A165" t="s">
+        <v>590</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
+        <v>591</v>
+      </c>
+      <c r="D165" t="s">
+        <v>393</v>
+      </c>
+      <c r="E165" t="s">
+        <v>394</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" s="1" t="s">
+        <v>592</v>
+      </c>
+      <c r="H165" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="166" spans="1:8">
+      <c r="A166" t="s">
+        <v>594</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
+        <v>595</v>
+      </c>
+      <c r="D166" t="s">
+        <v>393</v>
+      </c>
+      <c r="E166" t="s">
+        <v>394</v>
+      </c>
+      <c r="F166" t="s">
+        <v>62</v>
+      </c>
+      <c r="G166" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H166" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="167" spans="1:8">
+      <c r="A167" t="s">
+        <v>598</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
+        <v>599</v>
+      </c>
+      <c r="D167" t="s">
+        <v>393</v>
+      </c>
+      <c r="E167" t="s">
+        <v>394</v>
+      </c>
+      <c r="F167" t="s">
+        <v>141</v>
+      </c>
+      <c r="G167" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H167" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="168" spans="1:8">
+      <c r="A168" t="s">
+        <v>602</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
+        <v>603</v>
+      </c>
+      <c r="D168" t="s">
+        <v>393</v>
+      </c>
+      <c r="E168" t="s">
+        <v>394</v>
+      </c>
+      <c r="F168" t="s">
+        <v>35</v>
+      </c>
+      <c r="G168" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H168" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="169" spans="1:8">
+      <c r="A169" t="s">
+        <v>606</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
+        <v>607</v>
+      </c>
+      <c r="D169" t="s">
+        <v>393</v>
+      </c>
+      <c r="E169" t="s">
+        <v>394</v>
+      </c>
+      <c r="F169" t="s">
+        <v>35</v>
+      </c>
+      <c r="G169" s="1" t="s">
+        <v>608</v>
+      </c>
+      <c r="H169" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="170" spans="1:8">
+      <c r="A170" t="s">
+        <v>610</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
+        <v>611</v>
+      </c>
+      <c r="D170" t="s">
+        <v>393</v>
+      </c>
+      <c r="E170" t="s">
+        <v>394</v>
+      </c>
+      <c r="F170" t="s">
+        <v>35</v>
+      </c>
+      <c r="G170" s="1" t="s">
+        <v>612</v>
+      </c>
+      <c r="H170" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="171" spans="1:8">
+      <c r="A171" t="s">
+        <v>614</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
+        <v>615</v>
+      </c>
+      <c r="D171" t="s">
+        <v>393</v>
+      </c>
+      <c r="E171" t="s">
+        <v>394</v>
+      </c>
+      <c r="F171" t="s">
+        <v>62</v>
+      </c>
+      <c r="G171" s="1" t="s">
+        <v>616</v>
+      </c>
+      <c r="H171" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="172" spans="1:8">
+      <c r="A172" t="s">
+        <v>618</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
+        <v>619</v>
+      </c>
+      <c r="D172" t="s">
+        <v>393</v>
+      </c>
+      <c r="E172" t="s">
+        <v>394</v>
+      </c>
+      <c r="F172" t="s">
+        <v>141</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>620</v>
+      </c>
+      <c r="H172" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="173" spans="1:8">
+      <c r="A173" t="s">
+        <v>622</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
+        <v>623</v>
+      </c>
+      <c r="D173" t="s">
+        <v>393</v>
+      </c>
+      <c r="E173" t="s">
+        <v>394</v>
+      </c>
+      <c r="F173" t="s">
+        <v>22</v>
+      </c>
+      <c r="G173" s="1" t="s">
+        <v>624</v>
+      </c>
+      <c r="H173" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="174" spans="1:8">
+      <c r="A174" t="s">
+        <v>626</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
+        <v>627</v>
+      </c>
+      <c r="D174" t="s">
+        <v>393</v>
+      </c>
+      <c r="E174" t="s">
+        <v>394</v>
+      </c>
+      <c r="F174" t="s">
+        <v>122</v>
+      </c>
+      <c r="G174" s="1" t="s">
+        <v>628</v>
+      </c>
+      <c r="H174" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="175" spans="1:8">
+      <c r="A175" t="s">
+        <v>630</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
+        <v>631</v>
+      </c>
+      <c r="D175" t="s">
+        <v>393</v>
+      </c>
+      <c r="E175" t="s">
+        <v>394</v>
+      </c>
+      <c r="F175" t="s">
+        <v>167</v>
+      </c>
+      <c r="G175" s="1" t="s">
+        <v>632</v>
+      </c>
+      <c r="H175" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="176" spans="1:8">
+      <c r="A176" t="s">
+        <v>634</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
+        <v>635</v>
+      </c>
+      <c r="D176" t="s">
+        <v>393</v>
+      </c>
+      <c r="E176" t="s">
+        <v>394</v>
+      </c>
+      <c r="F176" t="s">
+        <v>167</v>
+      </c>
+      <c r="G176" s="1" t="s">
+        <v>636</v>
+      </c>
+      <c r="H176" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="177" spans="1:8">
+      <c r="A177" t="s">
+        <v>638</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
+        <v>639</v>
+      </c>
+      <c r="D177" t="s">
+        <v>393</v>
+      </c>
+      <c r="E177" t="s">
+        <v>394</v>
+      </c>
+      <c r="F177" t="s">
+        <v>551</v>
+      </c>
+      <c r="G177" s="1" t="s">
+        <v>640</v>
+      </c>
+      <c r="H177" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="178" spans="1:8">
+      <c r="A178" t="s">
+        <v>642</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
+        <v>643</v>
+      </c>
+      <c r="D178" t="s">
+        <v>393</v>
+      </c>
+      <c r="E178" t="s">
+        <v>394</v>
+      </c>
+      <c r="F178" t="s">
+        <v>40</v>
+      </c>
+      <c r="G178" s="1" t="s">
+        <v>644</v>
+      </c>
+      <c r="H178" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="179" spans="1:8">
+      <c r="A179" t="s">
+        <v>646</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
+        <v>647</v>
+      </c>
+      <c r="D179" t="s">
+        <v>393</v>
+      </c>
+      <c r="E179" t="s">
+        <v>394</v>
+      </c>
+      <c r="F179" t="s">
+        <v>35</v>
+      </c>
+      <c r="G179" s="1" t="s">
+        <v>648</v>
+      </c>
+      <c r="H179" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="180" spans="1:8">
+      <c r="A180" t="s">
+        <v>650</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
+        <v>651</v>
+      </c>
+      <c r="D180" t="s">
+        <v>393</v>
+      </c>
+      <c r="E180" t="s">
+        <v>394</v>
+      </c>
+      <c r="F180" t="s">
+        <v>22</v>
+      </c>
+      <c r="G180" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H180" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="181" spans="1:8">
+      <c r="A181" t="s">
+        <v>654</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
+        <v>655</v>
+      </c>
+      <c r="D181" t="s">
+        <v>393</v>
+      </c>
+      <c r="E181" t="s">
+        <v>394</v>
+      </c>
+      <c r="F181" t="s">
+        <v>35</v>
+      </c>
+      <c r="G181" s="1" t="s">
+        <v>656</v>
+      </c>
+      <c r="H181" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="182" spans="1:8">
+      <c r="A182" t="s">
+        <v>658</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
+        <v>659</v>
+      </c>
+      <c r="D182" t="s">
+        <v>393</v>
+      </c>
+      <c r="E182" t="s">
+        <v>394</v>
+      </c>
+      <c r="F182" t="s">
+        <v>40</v>
+      </c>
+      <c r="G182" s="1" t="s">
+        <v>660</v>
+      </c>
+      <c r="H182" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" t="s">
+        <v>662</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
+        <v>663</v>
+      </c>
+      <c r="D183" t="s">
+        <v>393</v>
+      </c>
+      <c r="E183" t="s">
+        <v>394</v>
+      </c>
+      <c r="F183" t="s">
+        <v>551</v>
+      </c>
+      <c r="G183" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H183" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" t="s">
+        <v>666</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>667</v>
+      </c>
+      <c r="D184" t="s">
+        <v>393</v>
+      </c>
+      <c r="E184" t="s">
+        <v>394</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>668</v>
+      </c>
+      <c r="H184" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" t="s">
+        <v>670</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
+        <v>671</v>
+      </c>
+      <c r="D185" t="s">
+        <v>393</v>
+      </c>
+      <c r="E185" t="s">
+        <v>394</v>
+      </c>
+      <c r="F185" t="s">
+        <v>40</v>
+      </c>
+      <c r="G185" s="1" t="s">
+        <v>672</v>
+      </c>
+      <c r="H185" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" t="s">
+        <v>674</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
+        <v>675</v>
+      </c>
+      <c r="D186" t="s">
+        <v>393</v>
+      </c>
+      <c r="E186" t="s">
+        <v>394</v>
+      </c>
+      <c r="F186" t="s">
+        <v>22</v>
+      </c>
+      <c r="G186" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H186" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" t="s">
+        <v>678</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
+        <v>679</v>
+      </c>
+      <c r="D187" t="s">
+        <v>393</v>
+      </c>
+      <c r="E187" t="s">
+        <v>394</v>
+      </c>
+      <c r="F187" t="s">
+        <v>122</v>
+      </c>
+      <c r="G187" s="1" t="s">
+        <v>680</v>
+      </c>
+      <c r="H187" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" t="s">
+        <v>682</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
+        <v>683</v>
+      </c>
+      <c r="E188" t="s">
+        <v>684</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>685</v>
+      </c>
+      <c r="H188" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>687</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>17</v>
+      </c>
+      <c r="D189" t="s">
+        <v>683</v>
+      </c>
+      <c r="E189" t="s">
+        <v>684</v>
+      </c>
+      <c r="F189" t="s">
+        <v>62</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H189" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>690</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>21</v>
+      </c>
+      <c r="D190" t="s">
+        <v>683</v>
+      </c>
+      <c r="E190" t="s">
+        <v>684</v>
+      </c>
+      <c r="F190" t="s">
+        <v>530</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>691</v>
+      </c>
+      <c r="H190" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>693</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>26</v>
+      </c>
+      <c r="D191" t="s">
+        <v>683</v>
+      </c>
+      <c r="E191" t="s">
+        <v>684</v>
+      </c>
+      <c r="F191" t="s">
+        <v>62</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>694</v>
+      </c>
+      <c r="H191" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>696</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
+        <v>30</v>
+      </c>
+      <c r="D192" t="s">
+        <v>683</v>
+      </c>
+      <c r="E192" t="s">
+        <v>684</v>
+      </c>
+      <c r="F192" t="s">
+        <v>530</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>697</v>
+      </c>
+      <c r="H192" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>699</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>34</v>
+      </c>
+      <c r="D193" t="s">
+        <v>683</v>
+      </c>
+      <c r="E193" t="s">
+        <v>684</v>
+      </c>
+      <c r="F193" t="s">
+        <v>530</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>700</v>
+      </c>
+      <c r="H193" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>702</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>39</v>
+      </c>
+      <c r="D194" t="s">
+        <v>683</v>
+      </c>
+      <c r="E194" t="s">
+        <v>684</v>
+      </c>
+      <c r="F194" t="s">
+        <v>530</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>703</v>
+      </c>
+      <c r="H194" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>705</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>44</v>
+      </c>
+      <c r="D195" t="s">
+        <v>683</v>
+      </c>
+      <c r="E195" t="s">
+        <v>684</v>
+      </c>
+      <c r="F195" t="s">
+        <v>530</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>706</v>
+      </c>
+      <c r="H195" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>708</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>48</v>
+      </c>
+      <c r="D196" t="s">
+        <v>683</v>
+      </c>
+      <c r="E196" t="s">
+        <v>684</v>
+      </c>
+      <c r="F196" t="s">
+        <v>40</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H196" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>711</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>52</v>
+      </c>
+      <c r="D197" t="s">
+        <v>683</v>
+      </c>
+      <c r="E197" t="s">
+        <v>684</v>
+      </c>
+      <c r="F197" t="s">
+        <v>530</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H197" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>714</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>57</v>
+      </c>
+      <c r="D198" t="s">
+        <v>683</v>
+      </c>
+      <c r="E198" t="s">
+        <v>684</v>
+      </c>
+      <c r="F198" t="s">
+        <v>122</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H198" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>717</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>61</v>
+      </c>
+      <c r="D199" t="s">
+        <v>683</v>
+      </c>
+      <c r="E199" t="s">
+        <v>684</v>
+      </c>
+      <c r="F199" t="s">
+        <v>530</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H199" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>720</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>66</v>
+      </c>
+      <c r="D200" t="s">
+        <v>683</v>
+      </c>
+      <c r="E200" t="s">
+        <v>684</v>
+      </c>
+      <c r="F200" t="s">
+        <v>141</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H200" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>723</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>70</v>
+      </c>
+      <c r="D201" t="s">
+        <v>683</v>
+      </c>
+      <c r="E201" t="s">
+        <v>684</v>
+      </c>
+      <c r="F201" t="s">
+        <v>62</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H201" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>726</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>74</v>
+      </c>
+      <c r="D202" t="s">
+        <v>683</v>
+      </c>
+      <c r="E202" t="s">
+        <v>684</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H202" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>729</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>78</v>
+      </c>
+      <c r="D203" t="s">
+        <v>683</v>
+      </c>
+      <c r="E203" t="s">
+        <v>684</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H203" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>732</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>330</v>
+      </c>
+      <c r="D204" t="s">
+        <v>683</v>
+      </c>
+      <c r="E204" t="s">
+        <v>684</v>
+      </c>
+      <c r="F204" t="s">
+        <v>40</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H204" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>735</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>174</v>
+      </c>
+      <c r="D205" t="s">
+        <v>683</v>
+      </c>
+      <c r="E205" t="s">
+        <v>684</v>
+      </c>
+      <c r="F205" t="s">
+        <v>13</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H205" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>738</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>178</v>
+      </c>
+      <c r="D206" t="s">
+        <v>683</v>
+      </c>
+      <c r="E206" t="s">
+        <v>684</v>
+      </c>
+      <c r="F206" t="s">
+        <v>22</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H206" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>741</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>182</v>
+      </c>
+      <c r="D207" t="s">
+        <v>683</v>
+      </c>
+      <c r="E207" t="s">
+        <v>684</v>
+      </c>
+      <c r="F207" t="s">
+        <v>13</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H207" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>744</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
+        <v>186</v>
+      </c>
+      <c r="D208" t="s">
+        <v>683</v>
+      </c>
+      <c r="E208" t="s">
+        <v>684</v>
+      </c>
+      <c r="F208" t="s">
+        <v>13</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H208" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="209" spans="1:8">
+      <c r="A209" t="s">
+        <v>747</v>
+      </c>
+      <c r="B209" t="s">
+        <v>9</v>
+      </c>
+      <c r="C209" t="s">
+        <v>190</v>
+      </c>
+      <c r="D209" t="s">
+        <v>683</v>
+      </c>
+      <c r="E209" t="s">
+        <v>684</v>
+      </c>
+      <c r="F209" t="s">
+        <v>22</v>
+      </c>
+      <c r="G209" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H209" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="210" spans="1:8">
+      <c r="A210" t="s">
+        <v>750</v>
+      </c>
+      <c r="B210" t="s">
+        <v>9</v>
+      </c>
+      <c r="C210" t="s">
+        <v>194</v>
+      </c>
+      <c r="D210" t="s">
+        <v>683</v>
+      </c>
+      <c r="E210" t="s">
+        <v>684</v>
+      </c>
+      <c r="F210" t="s">
+        <v>122</v>
+      </c>
+      <c r="G210" s="1" t="s">
+        <v>751</v>
+      </c>
+      <c r="H210" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="211" spans="1:8">
+      <c r="A211" t="s">
+        <v>753</v>
+      </c>
+      <c r="B211" t="s">
+        <v>9</v>
+      </c>
+      <c r="C211" t="s">
+        <v>198</v>
+      </c>
+      <c r="D211" t="s">
+        <v>683</v>
+      </c>
+      <c r="E211" t="s">
+        <v>684</v>
+      </c>
+      <c r="F211" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" s="1" t="s">
+        <v>754</v>
+      </c>
+      <c r="H211" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="212" spans="1:8">
+      <c r="A212" t="s">
+        <v>756</v>
+      </c>
+      <c r="B212" t="s">
+        <v>9</v>
+      </c>
+      <c r="C212" t="s">
+        <v>202</v>
+      </c>
+      <c r="D212" t="s">
+        <v>683</v>
+      </c>
+      <c r="E212" t="s">
+        <v>684</v>
+      </c>
+      <c r="F212" t="s">
+        <v>13</v>
+      </c>
+      <c r="G212" s="1" t="s">
+        <v>757</v>
+      </c>
+      <c r="H212" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="213" spans="1:8">
+      <c r="A213" t="s">
+        <v>759</v>
+      </c>
+      <c r="B213" t="s">
+        <v>9</v>
+      </c>
+      <c r="C213" t="s">
+        <v>206</v>
+      </c>
+      <c r="D213" t="s">
+        <v>683</v>
+      </c>
+      <c r="E213" t="s">
+        <v>684</v>
+      </c>
+      <c r="F213" t="s">
+        <v>13</v>
+      </c>
+      <c r="G213" s="1" t="s">
+        <v>760</v>
+      </c>
+      <c r="H213" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="214" spans="1:8">
+      <c r="A214" t="s">
+        <v>762</v>
+      </c>
+      <c r="B214" t="s">
+        <v>9</v>
+      </c>
+      <c r="C214" t="s">
+        <v>210</v>
+      </c>
+      <c r="D214" t="s">
+        <v>683</v>
+      </c>
+      <c r="E214" t="s">
+        <v>684</v>
+      </c>
+      <c r="F214" t="s">
+        <v>13</v>
+      </c>
+      <c r="G214" s="1" t="s">
+        <v>763</v>
+      </c>
+      <c r="H214" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="215" spans="1:8">
+      <c r="A215" t="s">
+        <v>765</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>214</v>
+      </c>
+      <c r="D215" t="s">
+        <v>683</v>
+      </c>
+      <c r="E215" t="s">
+        <v>684</v>
+      </c>
+      <c r="F215" t="s">
+        <v>141</v>
+      </c>
+      <c r="G215" s="1" t="s">
+        <v>766</v>
+      </c>
+      <c r="H215" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="216" spans="1:8">
+      <c r="A216" t="s">
+        <v>768</v>
+      </c>
+      <c r="B216" t="s">
+        <v>9</v>
+      </c>
+      <c r="C216" t="s">
+        <v>218</v>
+      </c>
+      <c r="D216" t="s">
+        <v>683</v>
+      </c>
+      <c r="E216" t="s">
+        <v>684</v>
+      </c>
+      <c r="F216" t="s">
+        <v>35</v>
+      </c>
+      <c r="G216" s="1" t="s">
+        <v>769</v>
+      </c>
+      <c r="H216" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="217" spans="1:8">
+      <c r="A217" t="s">
+        <v>771</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>222</v>
+      </c>
+      <c r="D217" t="s">
+        <v>683</v>
+      </c>
+      <c r="E217" t="s">
+        <v>684</v>
+      </c>
+      <c r="F217" t="s">
+        <v>35</v>
+      </c>
+      <c r="G217" s="1" t="s">
+        <v>772</v>
+      </c>
+      <c r="H217" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="218" spans="1:8">
+      <c r="A218" t="s">
+        <v>774</v>
+      </c>
+      <c r="B218" t="s">
+        <v>9</v>
+      </c>
+      <c r="C218" t="s">
+        <v>226</v>
+      </c>
+      <c r="D218" t="s">
+        <v>683</v>
+      </c>
+      <c r="E218" t="s">
+        <v>684</v>
+      </c>
+      <c r="F218" t="s">
+        <v>22</v>
+      </c>
+      <c r="G218" s="1" t="s">
+        <v>775</v>
+      </c>
+      <c r="H218" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="219" spans="1:8">
+      <c r="A219" t="s">
+        <v>777</v>
+      </c>
+      <c r="B219" t="s">
+        <v>9</v>
+      </c>
+      <c r="C219" t="s">
+        <v>230</v>
+      </c>
+      <c r="D219" t="s">
+        <v>683</v>
+      </c>
+      <c r="E219" t="s">
+        <v>684</v>
+      </c>
+      <c r="F219" t="s">
+        <v>13</v>
+      </c>
+      <c r="G219" s="1" t="s">
+        <v>778</v>
+      </c>
+      <c r="H219" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="220" spans="1:8">
+      <c r="A220" t="s">
+        <v>780</v>
+      </c>
+      <c r="B220" t="s">
+        <v>9</v>
+      </c>
+      <c r="C220" t="s">
+        <v>234</v>
+      </c>
+      <c r="D220" t="s">
+        <v>683</v>
+      </c>
+      <c r="E220" t="s">
+        <v>684</v>
+      </c>
+      <c r="F220" t="s">
+        <v>22</v>
+      </c>
+      <c r="G220" s="1" t="s">
+        <v>781</v>
+      </c>
+      <c r="H220" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="221" spans="1:8">
+      <c r="A221" t="s">
+        <v>783</v>
+      </c>
+      <c r="B221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C221" t="s">
+        <v>238</v>
+      </c>
+      <c r="D221" t="s">
+        <v>683</v>
+      </c>
+      <c r="E221" t="s">
+        <v>684</v>
+      </c>
+      <c r="F221" t="s">
+        <v>22</v>
+      </c>
+      <c r="G221" s="1" t="s">
+        <v>784</v>
+      </c>
+      <c r="H221" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="222" spans="1:8">
+      <c r="A222" t="s">
+        <v>786</v>
+      </c>
+      <c r="B222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C222" t="s">
+        <v>242</v>
+      </c>
+      <c r="D222" t="s">
+        <v>683</v>
+      </c>
+      <c r="E222" t="s">
+        <v>684</v>
+      </c>
+      <c r="F222" t="s">
+        <v>22</v>
+      </c>
+      <c r="G222" s="1" t="s">
+        <v>787</v>
+      </c>
+      <c r="H222" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="223" spans="1:8">
+      <c r="A223" t="s">
+        <v>789</v>
+      </c>
+      <c r="B223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C223" t="s">
+        <v>389</v>
+      </c>
+      <c r="D223" t="s">
+        <v>683</v>
+      </c>
+      <c r="E223" t="s">
+        <v>684</v>
+      </c>
+      <c r="F223" t="s">
+        <v>22</v>
+      </c>
+      <c r="G223" s="1" t="s">
+        <v>790</v>
+      </c>
+      <c r="H223" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="224" spans="1:8">
+      <c r="A224" t="s">
+        <v>792</v>
+      </c>
+      <c r="B224" t="s">
+        <v>9</v>
+      </c>
+      <c r="C224" t="s">
+        <v>501</v>
+      </c>
+      <c r="D224" t="s">
+        <v>683</v>
+      </c>
+      <c r="E224" t="s">
+        <v>684</v>
+      </c>
+      <c r="F224" t="s">
+        <v>22</v>
+      </c>
+      <c r="G224" s="1" t="s">
+        <v>793</v>
+      </c>
+      <c r="H224" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="225" spans="1:8">
+      <c r="A225" t="s">
+        <v>795</v>
+      </c>
+      <c r="B225" t="s">
+        <v>9</v>
+      </c>
+      <c r="C225" t="s">
+        <v>505</v>
+      </c>
+      <c r="D225" t="s">
+        <v>683</v>
+      </c>
+      <c r="E225" t="s">
+        <v>684</v>
+      </c>
+      <c r="F225" t="s">
+        <v>22</v>
+      </c>
+      <c r="G225" s="1" t="s">
+        <v>796</v>
+      </c>
+      <c r="H225" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="226" spans="1:8">
+      <c r="A226" t="s">
+        <v>798</v>
+      </c>
+      <c r="B226" t="s">
+        <v>9</v>
+      </c>
+      <c r="C226" t="s">
+        <v>509</v>
+      </c>
+      <c r="D226" t="s">
+        <v>683</v>
+      </c>
+      <c r="E226" t="s">
+        <v>684</v>
+      </c>
+      <c r="F226" t="s">
+        <v>22</v>
+      </c>
+      <c r="G226" s="1" t="s">
+        <v>799</v>
+      </c>
+      <c r="H226" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="227" spans="1:8">
+      <c r="A227" t="s">
+        <v>801</v>
+      </c>
+      <c r="B227" t="s">
+        <v>9</v>
+      </c>
+      <c r="C227" t="s">
+        <v>513</v>
+      </c>
+      <c r="D227" t="s">
+        <v>683</v>
+      </c>
+      <c r="E227" t="s">
+        <v>684</v>
+      </c>
+      <c r="F227" t="s">
+        <v>22</v>
+      </c>
+      <c r="G227" s="1" t="s">
+        <v>802</v>
+      </c>
+      <c r="H227" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="228" spans="1:8">
+      <c r="A228" t="s">
+        <v>804</v>
+      </c>
+      <c r="B228" t="s">
+        <v>9</v>
+      </c>
+      <c r="C228" t="s">
+        <v>517</v>
+      </c>
+      <c r="D228" t="s">
+        <v>683</v>
+      </c>
+      <c r="E228" t="s">
+        <v>684</v>
+      </c>
+      <c r="F228" t="s">
+        <v>22</v>
+      </c>
+      <c r="G228" s="1" t="s">
+        <v>805</v>
+      </c>
+      <c r="H228" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="229" spans="1:8">
+      <c r="A229" t="s">
+        <v>807</v>
+      </c>
+      <c r="B229" t="s">
+        <v>9</v>
+      </c>
+      <c r="C229" t="s">
+        <v>521</v>
+      </c>
+      <c r="D229" t="s">
+        <v>683</v>
+      </c>
+      <c r="E229" t="s">
+        <v>684</v>
+      </c>
+      <c r="F229" t="s">
+        <v>13</v>
+      </c>
+      <c r="G229" s="1" t="s">
+        <v>808</v>
+      </c>
+      <c r="H229" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="230" spans="1:8">
+      <c r="A230" t="s">
+        <v>810</v>
+      </c>
+      <c r="B230" t="s">
+        <v>9</v>
+      </c>
+      <c r="C230" t="s">
+        <v>525</v>
+      </c>
+      <c r="D230" t="s">
+        <v>683</v>
+      </c>
+      <c r="E230" t="s">
+        <v>684</v>
+      </c>
+      <c r="F230" t="s">
+        <v>22</v>
+      </c>
+      <c r="G230" s="1" t="s">
+        <v>811</v>
+      </c>
+      <c r="H230" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" t="s">
+        <v>813</v>
+      </c>
+      <c r="B231" t="s">
+        <v>9</v>
+      </c>
+      <c r="C231" t="s">
+        <v>529</v>
+      </c>
+      <c r="D231" t="s">
+        <v>683</v>
+      </c>
+      <c r="E231" t="s">
+        <v>684</v>
+      </c>
+      <c r="F231" t="s">
+        <v>22</v>
+      </c>
+      <c r="G231" s="1" t="s">
+        <v>814</v>
+      </c>
+      <c r="H231" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" t="s">
+        <v>816</v>
+      </c>
+      <c r="B232" t="s">
+        <v>9</v>
+      </c>
+      <c r="C232" t="s">
+        <v>534</v>
+      </c>
+      <c r="D232" t="s">
+        <v>683</v>
+      </c>
+      <c r="E232" t="s">
+        <v>684</v>
+      </c>
+      <c r="F232" t="s">
+        <v>141</v>
+      </c>
+      <c r="G232" s="1" t="s">
+        <v>817</v>
+      </c>
+      <c r="H232" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" t="s">
+        <v>819</v>
+      </c>
+      <c r="B233" t="s">
+        <v>9</v>
+      </c>
+      <c r="C233" t="s">
+        <v>538</v>
+      </c>
+      <c r="D233" t="s">
+        <v>683</v>
+      </c>
+      <c r="E233" t="s">
+        <v>684</v>
+      </c>
+      <c r="F233" t="s">
+        <v>22</v>
+      </c>
+      <c r="G233" s="1" t="s">
+        <v>820</v>
+      </c>
+      <c r="H233" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" t="s">
+        <v>822</v>
+      </c>
+      <c r="B234" t="s">
+        <v>9</v>
+      </c>
+      <c r="C234" t="s">
+        <v>542</v>
+      </c>
+      <c r="D234" t="s">
+        <v>683</v>
+      </c>
+      <c r="E234" t="s">
+        <v>684</v>
+      </c>
+      <c r="F234" t="s">
+        <v>22</v>
+      </c>
+      <c r="G234" s="1" t="s">
+        <v>823</v>
+      </c>
+      <c r="H234" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" t="s">
+        <v>825</v>
+      </c>
+      <c r="B235" t="s">
+        <v>9</v>
+      </c>
+      <c r="C235" t="s">
+        <v>546</v>
+      </c>
+      <c r="D235" t="s">
+        <v>683</v>
+      </c>
+      <c r="E235" t="s">
+        <v>684</v>
+      </c>
+      <c r="F235" t="s">
+        <v>22</v>
+      </c>
+      <c r="G235" s="1" t="s">
+        <v>826</v>
+      </c>
+      <c r="H235" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" t="s">
+        <v>828</v>
+      </c>
+      <c r="B236" t="s">
+        <v>9</v>
+      </c>
+      <c r="C236" t="s">
+        <v>550</v>
+      </c>
+      <c r="D236" t="s">
+        <v>683</v>
+      </c>
+      <c r="E236" t="s">
+        <v>684</v>
+      </c>
+      <c r="F236" t="s">
+        <v>22</v>
+      </c>
+      <c r="G236" s="1" t="s">
+        <v>829</v>
+      </c>
+      <c r="H236" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" t="s">
+        <v>831</v>
+      </c>
+      <c r="B237" t="s">
+        <v>9</v>
+      </c>
+      <c r="C237" t="s">
+        <v>555</v>
+      </c>
+      <c r="D237" t="s">
+        <v>683</v>
+      </c>
+      <c r="E237" t="s">
+        <v>684</v>
+      </c>
+      <c r="F237" t="s">
+        <v>22</v>
+      </c>
+      <c r="G237" s="1" t="s">
+        <v>832</v>
+      </c>
+      <c r="H237" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" t="s">
+        <v>834</v>
+      </c>
+      <c r="B238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C238" t="s">
+        <v>559</v>
+      </c>
+      <c r="D238" t="s">
+        <v>683</v>
+      </c>
+      <c r="E238" t="s">
+        <v>684</v>
+      </c>
+      <c r="F238" t="s">
+        <v>22</v>
+      </c>
+      <c r="G238" s="1" t="s">
+        <v>835</v>
+      </c>
+      <c r="H238" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" t="s">
+        <v>837</v>
+      </c>
+      <c r="B239" t="s">
+        <v>9</v>
+      </c>
+      <c r="C239" t="s">
+        <v>563</v>
+      </c>
+      <c r="D239" t="s">
+        <v>683</v>
+      </c>
+      <c r="E239" t="s">
+        <v>684</v>
+      </c>
+      <c r="F239" t="s">
+        <v>22</v>
+      </c>
+      <c r="G239" s="1" t="s">
+        <v>838</v>
+      </c>
+      <c r="H239" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" t="s">
+        <v>840</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>567</v>
+      </c>
+      <c r="D240" t="s">
+        <v>683</v>
+      </c>
+      <c r="E240" t="s">
+        <v>684</v>
+      </c>
+      <c r="F240" t="s">
+        <v>22</v>
+      </c>
+      <c r="G240" s="1" t="s">
+        <v>841</v>
+      </c>
+      <c r="H240" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" t="s">
+        <v>843</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>571</v>
+      </c>
+      <c r="D241" t="s">
+        <v>683</v>
+      </c>
+      <c r="E241" t="s">
+        <v>684</v>
+      </c>
+      <c r="F241" t="s">
+        <v>22</v>
+      </c>
+      <c r="G241" s="1" t="s">
+        <v>844</v>
+      </c>
+      <c r="H241" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" t="s">
+        <v>846</v>
+      </c>
+      <c r="B242" t="s">
+        <v>9</v>
+      </c>
+      <c r="C242" t="s">
+        <v>575</v>
+      </c>
+      <c r="D242" t="s">
+        <v>683</v>
+      </c>
+      <c r="E242" t="s">
+        <v>684</v>
+      </c>
+      <c r="F242" t="s">
+        <v>22</v>
+      </c>
+      <c r="G242" s="1" t="s">
+        <v>847</v>
+      </c>
+      <c r="H242" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" t="s">
+        <v>849</v>
+      </c>
+      <c r="B243" t="s">
+        <v>9</v>
+      </c>
+      <c r="C243" t="s">
+        <v>579</v>
+      </c>
+      <c r="D243" t="s">
+        <v>683</v>
+      </c>
+      <c r="E243" t="s">
+        <v>684</v>
+      </c>
+      <c r="F243" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" s="1" t="s">
+        <v>850</v>
+      </c>
+      <c r="H243" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" t="s">
+        <v>852</v>
+      </c>
+      <c r="B244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C244" t="s">
+        <v>583</v>
+      </c>
+      <c r="D244" t="s">
+        <v>683</v>
+      </c>
+      <c r="E244" t="s">
+        <v>684</v>
+      </c>
+      <c r="F244" t="s">
+        <v>22</v>
+      </c>
+      <c r="G244" s="1" t="s">
+        <v>853</v>
+      </c>
+      <c r="H244" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" t="s">
+        <v>855</v>
+      </c>
+      <c r="B245" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" t="s">
+        <v>587</v>
+      </c>
+      <c r="D245" t="s">
+        <v>683</v>
+      </c>
+      <c r="E245" t="s">
+        <v>684</v>
+      </c>
+      <c r="F245" t="s">
+        <v>22</v>
+      </c>
+      <c r="G245" s="1" t="s">
+        <v>856</v>
+      </c>
+      <c r="H245" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" t="s">
+        <v>858</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>591</v>
+      </c>
+      <c r="D246" t="s">
+        <v>683</v>
+      </c>
+      <c r="E246" t="s">
+        <v>684</v>
+      </c>
+      <c r="F246" t="s">
+        <v>22</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>859</v>
+      </c>
+      <c r="H246" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" t="s">
+        <v>861</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>595</v>
+      </c>
+      <c r="D247" t="s">
+        <v>683</v>
+      </c>
+      <c r="E247" t="s">
+        <v>684</v>
+      </c>
+      <c r="F247" t="s">
+        <v>22</v>
+      </c>
+      <c r="G247" s="1" t="s">
+        <v>862</v>
+      </c>
+      <c r="H247" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" t="s">
+        <v>864</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
+        <v>599</v>
+      </c>
+      <c r="D248" t="s">
+        <v>683</v>
+      </c>
+      <c r="E248" t="s">
+        <v>684</v>
+      </c>
+      <c r="F248" t="s">
+        <v>22</v>
+      </c>
+      <c r="G248" s="1" t="s">
+        <v>865</v>
+      </c>
+      <c r="H248" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" t="s">
+        <v>867</v>
+      </c>
+      <c r="B249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C249" t="s">
+        <v>603</v>
+      </c>
+      <c r="D249" t="s">
+        <v>683</v>
+      </c>
+      <c r="E249" t="s">
+        <v>684</v>
+      </c>
+      <c r="F249" t="s">
+        <v>22</v>
+      </c>
+      <c r="G249" s="1" t="s">
+        <v>868</v>
+      </c>
+      <c r="H249" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" t="s">
+        <v>870</v>
+      </c>
+      <c r="B250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C250" t="s">
+        <v>607</v>
+      </c>
+      <c r="D250" t="s">
+        <v>683</v>
+      </c>
+      <c r="E250" t="s">
+        <v>684</v>
+      </c>
+      <c r="F250" t="s">
+        <v>35</v>
+      </c>
+      <c r="G250" s="1" t="s">
+        <v>871</v>
+      </c>
+      <c r="H250" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" t="s">
+        <v>873</v>
+      </c>
+      <c r="B251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C251" t="s">
+        <v>611</v>
+      </c>
+      <c r="D251" t="s">
+        <v>683</v>
+      </c>
+      <c r="E251" t="s">
+        <v>684</v>
+      </c>
+      <c r="F251" t="s">
+        <v>35</v>
+      </c>
+      <c r="G251" s="1" t="s">
+        <v>874</v>
+      </c>
+      <c r="H251" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" t="s">
+        <v>876</v>
+      </c>
+      <c r="B252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C252" t="s">
+        <v>615</v>
+      </c>
+      <c r="D252" t="s">
+        <v>683</v>
+      </c>
+      <c r="E252" t="s">
+        <v>684</v>
+      </c>
+      <c r="F252" t="s">
+        <v>35</v>
+      </c>
+      <c r="G252" s="1" t="s">
+        <v>877</v>
+      </c>
+      <c r="H252" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" t="s">
+        <v>879</v>
+      </c>
+      <c r="B253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C253" t="s">
+        <v>619</v>
+      </c>
+      <c r="D253" t="s">
+        <v>683</v>
+      </c>
+      <c r="E253" t="s">
+        <v>684</v>
+      </c>
+      <c r="F253" t="s">
+        <v>35</v>
+      </c>
+      <c r="G253" s="1" t="s">
+        <v>880</v>
+      </c>
+      <c r="H253" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" t="s">
+        <v>882</v>
+      </c>
+      <c r="B254" t="s">
+        <v>9</v>
+      </c>
+      <c r="C254" t="s">
+        <v>623</v>
+      </c>
+      <c r="D254" t="s">
+        <v>683</v>
+      </c>
+      <c r="E254" t="s">
+        <v>684</v>
+      </c>
+      <c r="F254" t="s">
+        <v>35</v>
+      </c>
+      <c r="G254" s="1" t="s">
+        <v>883</v>
+      </c>
+      <c r="H254" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" t="s">
+        <v>885</v>
+      </c>
+      <c r="B255" t="s">
+        <v>9</v>
+      </c>
+      <c r="C255" t="s">
+        <v>627</v>
+      </c>
+      <c r="D255" t="s">
+        <v>683</v>
+      </c>
+      <c r="E255" t="s">
+        <v>684</v>
+      </c>
+      <c r="F255" t="s">
+        <v>35</v>
+      </c>
+      <c r="G255" s="1" t="s">
+        <v>886</v>
+      </c>
+      <c r="H255" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" t="s">
+        <v>888</v>
+      </c>
+      <c r="B256" t="s">
+        <v>9</v>
+      </c>
+      <c r="C256" t="s">
+        <v>631</v>
+      </c>
+      <c r="D256" t="s">
+        <v>683</v>
+      </c>
+      <c r="E256" t="s">
+        <v>684</v>
+      </c>
+      <c r="F256" t="s">
+        <v>35</v>
+      </c>
+      <c r="G256" s="1" t="s">
+        <v>889</v>
+      </c>
+      <c r="H256" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" t="s">
+        <v>891</v>
+      </c>
+      <c r="B257" t="s">
+        <v>9</v>
+      </c>
+      <c r="C257" t="s">
+        <v>635</v>
+      </c>
+      <c r="D257" t="s">
+        <v>683</v>
+      </c>
+      <c r="E257" t="s">
+        <v>684</v>
+      </c>
+      <c r="F257" t="s">
+        <v>35</v>
+      </c>
+      <c r="G257" s="1" t="s">
+        <v>892</v>
+      </c>
+      <c r="H257" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="258" spans="1:8">
+      <c r="A258" t="s">
+        <v>894</v>
+      </c>
+      <c r="B258" t="s">
+        <v>9</v>
+      </c>
+      <c r="C258" t="s">
+        <v>639</v>
+      </c>
+      <c r="D258" t="s">
+        <v>683</v>
+      </c>
+      <c r="E258" t="s">
+        <v>684</v>
+      </c>
+      <c r="F258" t="s">
+        <v>35</v>
+      </c>
+      <c r="G258" s="1" t="s">
+        <v>895</v>
+      </c>
+      <c r="H258" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="259" spans="1:8">
+      <c r="A259" t="s">
+        <v>897</v>
+      </c>
+      <c r="B259" t="s">
+        <v>9</v>
+      </c>
+      <c r="C259" t="s">
+        <v>643</v>
+      </c>
+      <c r="D259" t="s">
+        <v>683</v>
+      </c>
+      <c r="E259" t="s">
+        <v>684</v>
+      </c>
+      <c r="F259" t="s">
+        <v>35</v>
+      </c>
+      <c r="G259" s="1" t="s">
+        <v>898</v>
+      </c>
+      <c r="H259" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="260" spans="1:8">
+      <c r="A260" t="s">
+        <v>900</v>
+      </c>
+      <c r="B260" t="s">
+        <v>9</v>
+      </c>
+      <c r="C260" t="s">
+        <v>647</v>
+      </c>
+      <c r="D260" t="s">
+        <v>683</v>
+      </c>
+      <c r="E260" t="s">
+        <v>684</v>
+      </c>
+      <c r="F260" t="s">
+        <v>35</v>
+      </c>
+      <c r="G260" s="1" t="s">
+        <v>901</v>
+      </c>
+      <c r="H260" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="261" spans="1:8">
+      <c r="A261" t="s">
+        <v>903</v>
+      </c>
+      <c r="B261" t="s">
+        <v>9</v>
+      </c>
+      <c r="C261" t="s">
+        <v>651</v>
+      </c>
+      <c r="D261" t="s">
+        <v>683</v>
+      </c>
+      <c r="E261" t="s">
+        <v>684</v>
+      </c>
+      <c r="F261" t="s">
+        <v>35</v>
+      </c>
+      <c r="G261" s="1" t="s">
+        <v>904</v>
+      </c>
+      <c r="H261" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="262" spans="1:8">
+      <c r="A262" t="s">
+        <v>906</v>
+      </c>
+      <c r="B262" t="s">
+        <v>9</v>
+      </c>
+      <c r="C262" t="s">
+        <v>655</v>
+      </c>
+      <c r="D262" t="s">
+        <v>683</v>
+      </c>
+      <c r="E262" t="s">
+        <v>684</v>
+      </c>
+      <c r="F262" t="s">
+        <v>35</v>
+      </c>
+      <c r="G262" s="1" t="s">
+        <v>907</v>
+      </c>
+      <c r="H262" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="263" spans="1:8">
+      <c r="A263" t="s">
+        <v>909</v>
+      </c>
+      <c r="B263" t="s">
+        <v>9</v>
+      </c>
+      <c r="C263" t="s">
+        <v>659</v>
+      </c>
+      <c r="D263" t="s">
+        <v>683</v>
+      </c>
+      <c r="E263" t="s">
+        <v>684</v>
+      </c>
+      <c r="F263" t="s">
+        <v>35</v>
+      </c>
+      <c r="G263" s="1" t="s">
+        <v>910</v>
+      </c>
+      <c r="H263" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="264" spans="1:8">
+      <c r="A264" t="s">
+        <v>912</v>
+      </c>
+      <c r="B264" t="s">
+        <v>9</v>
+      </c>
+      <c r="C264" t="s">
+        <v>663</v>
+      </c>
+      <c r="D264" t="s">
+        <v>683</v>
+      </c>
+      <c r="E264" t="s">
+        <v>684</v>
+      </c>
+      <c r="F264" t="s">
+        <v>35</v>
+      </c>
+      <c r="G264" s="1" t="s">
+        <v>913</v>
+      </c>
+      <c r="H264" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="265" spans="1:8">
+      <c r="A265" t="s">
+        <v>915</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>667</v>
+      </c>
+      <c r="D265" t="s">
+        <v>683</v>
+      </c>
+      <c r="E265" t="s">
+        <v>684</v>
+      </c>
+      <c r="F265" t="s">
+        <v>35</v>
+      </c>
+      <c r="G265" s="1" t="s">
+        <v>916</v>
+      </c>
+      <c r="H265" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" t="s">
+        <v>918</v>
+      </c>
+      <c r="B266" t="s">
+        <v>9</v>
+      </c>
+      <c r="C266" t="s">
+        <v>671</v>
+      </c>
+      <c r="D266" t="s">
+        <v>683</v>
+      </c>
+      <c r="E266" t="s">
+        <v>684</v>
+      </c>
+      <c r="F266" t="s">
+        <v>35</v>
+      </c>
+      <c r="G266" s="1" t="s">
+        <v>919</v>
+      </c>
+      <c r="H266" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" t="s">
+        <v>921</v>
+      </c>
+      <c r="B267" t="s">
+        <v>9</v>
+      </c>
+      <c r="C267" t="s">
+        <v>675</v>
+      </c>
+      <c r="D267" t="s">
+        <v>683</v>
+      </c>
+      <c r="E267" t="s">
+        <v>684</v>
+      </c>
+      <c r="F267" t="s">
+        <v>35</v>
+      </c>
+      <c r="G267" s="1" t="s">
+        <v>922</v>
+      </c>
+      <c r="H267" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" t="s">
+        <v>924</v>
+      </c>
+      <c r="B268" t="s">
+        <v>9</v>
+      </c>
+      <c r="C268" t="s">
+        <v>679</v>
+      </c>
+      <c r="D268" t="s">
+        <v>683</v>
+      </c>
+      <c r="E268" t="s">
+        <v>684</v>
+      </c>
+      <c r="F268" t="s">
+        <v>35</v>
+      </c>
+      <c r="G268" s="1" t="s">
+        <v>925</v>
+      </c>
+      <c r="H268" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" t="s">
+        <v>927</v>
+      </c>
+      <c r="B269" t="s">
+        <v>9</v>
+      </c>
+      <c r="C269" t="s">
+        <v>928</v>
+      </c>
+      <c r="D269" t="s">
+        <v>683</v>
+      </c>
+      <c r="E269" t="s">
+        <v>684</v>
+      </c>
+      <c r="F269" t="s">
+        <v>35</v>
+      </c>
+      <c r="G269" s="1" t="s">
+        <v>929</v>
+      </c>
+      <c r="H269" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" t="s">
+        <v>931</v>
+      </c>
+      <c r="B270" t="s">
+        <v>9</v>
+      </c>
+      <c r="C270" t="s">
+        <v>932</v>
+      </c>
+      <c r="D270" t="s">
+        <v>683</v>
+      </c>
+      <c r="E270" t="s">
+        <v>684</v>
+      </c>
+      <c r="F270" t="s">
+        <v>35</v>
+      </c>
+      <c r="G270" s="1" t="s">
+        <v>933</v>
+      </c>
+      <c r="H270" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" t="s">
+        <v>935</v>
+      </c>
+      <c r="B271" t="s">
+        <v>9</v>
+      </c>
+      <c r="C271" t="s">
+        <v>936</v>
+      </c>
+      <c r="D271" t="s">
+        <v>683</v>
+      </c>
+      <c r="E271" t="s">
+        <v>684</v>
+      </c>
+      <c r="F271" t="s">
+        <v>35</v>
+      </c>
+      <c r="G271" s="1" t="s">
+        <v>937</v>
+      </c>
+      <c r="H271" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" t="s">
+        <v>939</v>
+      </c>
+      <c r="B272" t="s">
+        <v>9</v>
+      </c>
+      <c r="C272" t="s">
+        <v>940</v>
+      </c>
+      <c r="D272" t="s">
+        <v>683</v>
+      </c>
+      <c r="E272" t="s">
+        <v>684</v>
+      </c>
+      <c r="F272" t="s">
+        <v>35</v>
+      </c>
+      <c r="G272" s="1" t="s">
+        <v>941</v>
+      </c>
+      <c r="H272" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" t="s">
+        <v>943</v>
+      </c>
+      <c r="B273" t="s">
+        <v>9</v>
+      </c>
+      <c r="C273" t="s">
+        <v>944</v>
+      </c>
+      <c r="D273" t="s">
+        <v>683</v>
+      </c>
+      <c r="E273" t="s">
+        <v>684</v>
+      </c>
+      <c r="F273" t="s">
+        <v>35</v>
+      </c>
+      <c r="G273" s="1" t="s">
+        <v>945</v>
+      </c>
+      <c r="H273" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" t="s">
+        <v>947</v>
+      </c>
+      <c r="B274" t="s">
+        <v>9</v>
+      </c>
+      <c r="C274" t="s">
+        <v>948</v>
+      </c>
+      <c r="D274" t="s">
+        <v>683</v>
+      </c>
+      <c r="E274" t="s">
+        <v>684</v>
+      </c>
+      <c r="F274" t="s">
+        <v>35</v>
+      </c>
+      <c r="G274" s="1" t="s">
+        <v>949</v>
+      </c>
+      <c r="H274" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" t="s">
+        <v>951</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>952</v>
+      </c>
+      <c r="D275" t="s">
+        <v>683</v>
+      </c>
+      <c r="E275" t="s">
+        <v>684</v>
+      </c>
+      <c r="F275" t="s">
+        <v>35</v>
+      </c>
+      <c r="G275" s="1" t="s">
+        <v>953</v>
+      </c>
+      <c r="H275" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" t="s">
+        <v>955</v>
+      </c>
+      <c r="B276" t="s">
+        <v>9</v>
+      </c>
+      <c r="C276" t="s">
+        <v>956</v>
+      </c>
+      <c r="D276" t="s">
+        <v>683</v>
+      </c>
+      <c r="E276" t="s">
+        <v>684</v>
+      </c>
+      <c r="F276" t="s">
+        <v>35</v>
+      </c>
+      <c r="G276" s="1" t="s">
+        <v>957</v>
+      </c>
+      <c r="H276" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" t="s">
+        <v>959</v>
+      </c>
+      <c r="B277" t="s">
+        <v>9</v>
+      </c>
+      <c r="C277" t="s">
+        <v>960</v>
+      </c>
+      <c r="D277" t="s">
+        <v>683</v>
+      </c>
+      <c r="E277" t="s">
+        <v>684</v>
+      </c>
+      <c r="F277" t="s">
+        <v>35</v>
+      </c>
+      <c r="G277" s="1" t="s">
+        <v>961</v>
+      </c>
+      <c r="H277" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" t="s">
+        <v>963</v>
+      </c>
+      <c r="B278" t="s">
+        <v>9</v>
+      </c>
+      <c r="C278" t="s">
+        <v>964</v>
+      </c>
+      <c r="D278" t="s">
+        <v>683</v>
+      </c>
+      <c r="E278" t="s">
+        <v>684</v>
+      </c>
+      <c r="F278" t="s">
+        <v>35</v>
+      </c>
+      <c r="G278" s="1" t="s">
+        <v>965</v>
+      </c>
+      <c r="H278" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" t="s">
+        <v>967</v>
+      </c>
+      <c r="B279" t="s">
+        <v>9</v>
+      </c>
+      <c r="C279" t="s">
+        <v>968</v>
+      </c>
+      <c r="D279" t="s">
+        <v>683</v>
+      </c>
+      <c r="E279" t="s">
+        <v>684</v>
+      </c>
+      <c r="F279" t="s">
+        <v>35</v>
+      </c>
+      <c r="G279" s="1" t="s">
+        <v>969</v>
+      </c>
+      <c r="H279" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" t="s">
+        <v>971</v>
+      </c>
+      <c r="B280" t="s">
+        <v>9</v>
+      </c>
+      <c r="C280" t="s">
+        <v>972</v>
+      </c>
+      <c r="D280" t="s">
+        <v>683</v>
+      </c>
+      <c r="E280" t="s">
+        <v>684</v>
+      </c>
+      <c r="F280" t="s">
+        <v>35</v>
+      </c>
+      <c r="G280" s="1" t="s">
+        <v>973</v>
+      </c>
+      <c r="H280" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" t="s">
+        <v>975</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>976</v>
+      </c>
+      <c r="D281" t="s">
+        <v>683</v>
+      </c>
+      <c r="E281" t="s">
+        <v>684</v>
+      </c>
+      <c r="F281" t="s">
+        <v>141</v>
+      </c>
+      <c r="G281" s="1" t="s">
+        <v>977</v>
+      </c>
+      <c r="H281" t="s">
+        <v>978</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" t="s">
+        <v>979</v>
+      </c>
+      <c r="B282" t="s">
+        <v>9</v>
+      </c>
+      <c r="C282" t="s">
+        <v>980</v>
+      </c>
+      <c r="D282" t="s">
+        <v>683</v>
+      </c>
+      <c r="E282" t="s">
+        <v>684</v>
+      </c>
+      <c r="F282" t="s">
+        <v>35</v>
+      </c>
+      <c r="G282" s="1" t="s">
+        <v>981</v>
+      </c>
+      <c r="H282" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" t="s">
+        <v>983</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>984</v>
+      </c>
+      <c r="D283" t="s">
+        <v>683</v>
+      </c>
+      <c r="E283" t="s">
+        <v>684</v>
+      </c>
+      <c r="F283" t="s">
+        <v>22</v>
+      </c>
+      <c r="G283" s="1" t="s">
+        <v>985</v>
+      </c>
+      <c r="H283" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" t="s">
+        <v>987</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>988</v>
+      </c>
+      <c r="D284" t="s">
+        <v>683</v>
+      </c>
+      <c r="E284" t="s">
+        <v>684</v>
+      </c>
+      <c r="F284" t="s">
+        <v>62</v>
+      </c>
+      <c r="G284" s="1" t="s">
+        <v>989</v>
+      </c>
+      <c r="H284" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" t="s">
+        <v>991</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>992</v>
+      </c>
+      <c r="D285" t="s">
+        <v>683</v>
+      </c>
+      <c r="E285" t="s">
+        <v>684</v>
+      </c>
+      <c r="F285" t="s">
+        <v>40</v>
+      </c>
+      <c r="G285" s="1" t="s">
+        <v>993</v>
+      </c>
+      <c r="H285" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" t="s">
+        <v>995</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>996</v>
+      </c>
+      <c r="D286" t="s">
+        <v>683</v>
+      </c>
+      <c r="E286" t="s">
+        <v>684</v>
+      </c>
+      <c r="F286" t="s">
+        <v>40</v>
+      </c>
+      <c r="G286" s="1" t="s">
+        <v>997</v>
+      </c>
+      <c r="H286" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" t="s">
+        <v>999</v>
+      </c>
+      <c r="B287" t="s">
+        <v>9</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D287" t="s">
+        <v>683</v>
+      </c>
+      <c r="E287" t="s">
+        <v>684</v>
+      </c>
+      <c r="F287" t="s">
+        <v>40</v>
+      </c>
+      <c r="G287" s="1" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H287" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D288" t="s">
+        <v>683</v>
+      </c>
+      <c r="E288" t="s">
+        <v>684</v>
+      </c>
+      <c r="F288" t="s">
+        <v>62</v>
+      </c>
+      <c r="G288" s="1" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H288" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1008</v>
+      </c>
+      <c r="D289" t="s">
+        <v>683</v>
+      </c>
+      <c r="E289" t="s">
+        <v>684</v>
+      </c>
+      <c r="F289" t="s">
+        <v>62</v>
+      </c>
+      <c r="G289" s="1" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H289" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B290" t="s">
+        <v>9</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D290" t="s">
+        <v>683</v>
+      </c>
+      <c r="E290" t="s">
+        <v>684</v>
+      </c>
+      <c r="F290" t="s">
+        <v>62</v>
+      </c>
+      <c r="G290" s="1" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H290" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" t="s">
+        <v>1015</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D291" t="s">
+        <v>683</v>
+      </c>
+      <c r="E291" t="s">
+        <v>684</v>
+      </c>
+      <c r="F291" t="s">
+        <v>551</v>
+      </c>
+      <c r="G291" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H291" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D292" t="s">
+        <v>683</v>
+      </c>
+      <c r="E292" t="s">
+        <v>684</v>
+      </c>
+      <c r="F292" t="s">
+        <v>551</v>
+      </c>
+      <c r="G292" s="1" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H292" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" t="s">
+        <v>1023</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D293" t="s">
+        <v>683</v>
+      </c>
+      <c r="E293" t="s">
+        <v>684</v>
+      </c>
+      <c r="F293" t="s">
+        <v>141</v>
+      </c>
+      <c r="G293" s="1" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H293" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" t="s">
+        <v>1027</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D294" t="s">
+        <v>683</v>
+      </c>
+      <c r="E294" t="s">
+        <v>684</v>
+      </c>
+      <c r="F294" t="s">
+        <v>35</v>
+      </c>
+      <c r="G294" s="1" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H294" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" t="s">
+        <v>1031</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D295" t="s">
+        <v>683</v>
+      </c>
+      <c r="E295" t="s">
+        <v>684</v>
+      </c>
+      <c r="F295" t="s">
+        <v>35</v>
+      </c>
+      <c r="G295" s="1" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H295" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" t="s">
+        <v>1035</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D296" t="s">
+        <v>683</v>
+      </c>
+      <c r="E296" t="s">
+        <v>684</v>
+      </c>
+      <c r="F296" t="s">
+        <v>35</v>
+      </c>
+      <c r="G296" s="1" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H296" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" t="s">
+        <v>1039</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1040</v>
+      </c>
+      <c r="D297" t="s">
+        <v>683</v>
+      </c>
+      <c r="E297" t="s">
+        <v>684</v>
+      </c>
+      <c r="F297" t="s">
+        <v>35</v>
+      </c>
+      <c r="G297" s="1" t="s">
+        <v>1041</v>
+      </c>
+      <c r="H297" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1044</v>
+      </c>
+      <c r="D298" t="s">
+        <v>683</v>
+      </c>
+      <c r="E298" t="s">
+        <v>684</v>
+      </c>
+      <c r="F298" t="s">
+        <v>40</v>
+      </c>
+      <c r="G298" s="1" t="s">
+        <v>1045</v>
+      </c>
+      <c r="H298" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" t="s">
+        <v>1047</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1048</v>
+      </c>
+      <c r="D299" t="s">
+        <v>683</v>
+      </c>
+      <c r="E299" t="s">
+        <v>684</v>
+      </c>
+      <c r="F299" t="s">
+        <v>22</v>
+      </c>
+      <c r="G299" s="1" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H299" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D300" t="s">
+        <v>683</v>
+      </c>
+      <c r="E300" t="s">
+        <v>684</v>
+      </c>
+      <c r="F300" t="s">
+        <v>122</v>
+      </c>
+      <c r="G300" s="1" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H300" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" t="s">
+        <v>1055</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D301" t="s">
+        <v>683</v>
+      </c>
+      <c r="E301" t="s">
+        <v>684</v>
+      </c>
+      <c r="F301" t="s">
+        <v>22</v>
+      </c>
+      <c r="G301" s="1" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H301" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" t="s">
+        <v>1059</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D302" t="s">
+        <v>683</v>
+      </c>
+      <c r="E302" t="s">
+        <v>684</v>
+      </c>
+      <c r="F302" t="s">
+        <v>22</v>
+      </c>
+      <c r="G302" s="1" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H302" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" t="s">
+        <v>1063</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D303" t="s">
+        <v>683</v>
+      </c>
+      <c r="E303" t="s">
+        <v>684</v>
+      </c>
+      <c r="F303" t="s">
+        <v>62</v>
+      </c>
+      <c r="G303" s="1" t="s">
+        <v>1065</v>
+      </c>
+      <c r="H303" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" t="s">
+        <v>1067</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1068</v>
+      </c>
+      <c r="D304" t="s">
+        <v>683</v>
+      </c>
+      <c r="E304" t="s">
+        <v>684</v>
+      </c>
+      <c r="F304" t="s">
+        <v>22</v>
+      </c>
+      <c r="G304" s="1" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H304" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" t="s">
+        <v>1071</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D305" t="s">
+        <v>683</v>
+      </c>
+      <c r="E305" t="s">
+        <v>684</v>
+      </c>
+      <c r="F305" t="s">
+        <v>13</v>
+      </c>
+      <c r="G305" s="1" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H305" t="s">
+        <v>1074</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1076</v>
+      </c>
+      <c r="D306" t="s">
+        <v>683</v>
+      </c>
+      <c r="E306" t="s">
+        <v>684</v>
+      </c>
+      <c r="F306" t="s">
+        <v>13</v>
+      </c>
+      <c r="G306" s="1" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H306" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" t="s">
+        <v>1079</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1080</v>
+      </c>
+      <c r="D307" t="s">
+        <v>683</v>
+      </c>
+      <c r="E307" t="s">
+        <v>684</v>
+      </c>
+      <c r="F307" t="s">
+        <v>13</v>
+      </c>
+      <c r="G307" s="1" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H307" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" t="s">
+        <v>1083</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D308" t="s">
+        <v>683</v>
+      </c>
+      <c r="E308" t="s">
+        <v>684</v>
+      </c>
+      <c r="F308" t="s">
+        <v>22</v>
+      </c>
+      <c r="G308" s="1" t="s">
+        <v>1085</v>
+      </c>
+      <c r="H308" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" t="s">
+        <v>1087</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1088</v>
+      </c>
+      <c r="D309" t="s">
+        <v>683</v>
+      </c>
+      <c r="E309" t="s">
+        <v>684</v>
+      </c>
+      <c r="F309" t="s">
+        <v>13</v>
+      </c>
+      <c r="G309" s="1" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H309" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" t="s">
+        <v>1091</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1092</v>
+      </c>
+      <c r="D310" t="s">
+        <v>683</v>
+      </c>
+      <c r="E310" t="s">
+        <v>684</v>
+      </c>
+      <c r="F310" t="s">
+        <v>22</v>
+      </c>
+      <c r="G310" s="1" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H310" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D311" t="s">
+        <v>683</v>
+      </c>
+      <c r="E311" t="s">
+        <v>684</v>
+      </c>
+      <c r="F311" t="s">
+        <v>13</v>
+      </c>
+      <c r="G311" s="1" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H311" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D312" t="s">
+        <v>683</v>
+      </c>
+      <c r="E312" t="s">
+        <v>684</v>
+      </c>
+      <c r="F312" t="s">
+        <v>151</v>
+      </c>
+      <c r="G312" s="1" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H312" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D313" t="s">
+        <v>683</v>
+      </c>
+      <c r="E313" t="s">
+        <v>684</v>
+      </c>
+      <c r="F313" t="s">
+        <v>151</v>
+      </c>
+      <c r="G313" s="1" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H313" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D314" t="s">
+        <v>683</v>
+      </c>
+      <c r="E314" t="s">
+        <v>684</v>
+      </c>
+      <c r="F314" t="s">
+        <v>151</v>
+      </c>
+      <c r="G314" s="1" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H314" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1112</v>
+      </c>
+      <c r="D315" t="s">
+        <v>683</v>
+      </c>
+      <c r="E315" t="s">
+        <v>684</v>
+      </c>
+      <c r="F315" t="s">
+        <v>151</v>
+      </c>
+      <c r="G315" s="1" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H315" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D316" t="s">
+        <v>683</v>
+      </c>
+      <c r="E316" t="s">
+        <v>684</v>
+      </c>
+      <c r="F316" t="s">
+        <v>151</v>
+      </c>
+      <c r="G316" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H316" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1120</v>
+      </c>
+      <c r="D317" t="s">
+        <v>683</v>
+      </c>
+      <c r="E317" t="s">
+        <v>684</v>
+      </c>
+      <c r="F317" t="s">
+        <v>151</v>
+      </c>
+      <c r="G317" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="H317" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1124</v>
+      </c>
+      <c r="D318" t="s">
+        <v>683</v>
+      </c>
+      <c r="E318" t="s">
+        <v>684</v>
+      </c>
+      <c r="F318" t="s">
+        <v>151</v>
+      </c>
+      <c r="G318" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H318" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D319" t="s">
+        <v>683</v>
+      </c>
+      <c r="E319" t="s">
+        <v>684</v>
+      </c>
+      <c r="F319" t="s">
+        <v>151</v>
+      </c>
+      <c r="G319" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H319" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D320" t="s">
+        <v>683</v>
+      </c>
+      <c r="E320" t="s">
+        <v>684</v>
+      </c>
+      <c r="F320" t="s">
+        <v>151</v>
+      </c>
+      <c r="G320" s="1" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H320" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D321" t="s">
+        <v>683</v>
+      </c>
+      <c r="E321" t="s">
+        <v>684</v>
+      </c>
+      <c r="F321" t="s">
+        <v>13</v>
+      </c>
+      <c r="G321" s="1" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H321" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1140</v>
+      </c>
+      <c r="D322" t="s">
+        <v>683</v>
+      </c>
+      <c r="E322" t="s">
+        <v>684</v>
+      </c>
+      <c r="F322" t="s">
+        <v>151</v>
+      </c>
+      <c r="G322" s="1" t="s">
+        <v>1141</v>
+      </c>
+      <c r="H322" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D323" t="s">
+        <v>683</v>
+      </c>
+      <c r="E323" t="s">
+        <v>684</v>
+      </c>
+      <c r="F323" t="s">
+        <v>22</v>
+      </c>
+      <c r="G323" s="1" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H323" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1148</v>
+      </c>
+      <c r="D324" t="s">
+        <v>683</v>
+      </c>
+      <c r="E324" t="s">
+        <v>684</v>
+      </c>
+      <c r="F324" t="s">
+        <v>13</v>
+      </c>
+      <c r="G324" s="1" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H324" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1152</v>
+      </c>
+      <c r="D325" t="s">
+        <v>683</v>
+      </c>
+      <c r="E325" t="s">
+        <v>684</v>
+      </c>
+      <c r="F325" t="s">
+        <v>22</v>
+      </c>
+      <c r="G325" s="1" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H325" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D326" t="s">
+        <v>683</v>
+      </c>
+      <c r="E326" t="s">
+        <v>684</v>
+      </c>
+      <c r="F326" t="s">
+        <v>13</v>
+      </c>
+      <c r="G326" s="1" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H326" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D327" t="s">
+        <v>683</v>
+      </c>
+      <c r="E327" t="s">
+        <v>684</v>
+      </c>
+      <c r="F327" t="s">
+        <v>53</v>
+      </c>
+      <c r="G327" s="1" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H327" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D328" t="s">
+        <v>683</v>
+      </c>
+      <c r="E328" t="s">
+        <v>684</v>
+      </c>
+      <c r="F328" t="s">
+        <v>13</v>
+      </c>
+      <c r="G328" s="1" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H328" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D329" t="s">
+        <v>683</v>
+      </c>
+      <c r="E329" t="s">
+        <v>684</v>
+      </c>
+      <c r="F329" t="s">
+        <v>22</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1169</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D330" t="s">
+        <v>683</v>
+      </c>
+      <c r="E330" t="s">
+        <v>684</v>
+      </c>
+      <c r="F330" t="s">
+        <v>22</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D331" t="s">
+        <v>683</v>
+      </c>
+      <c r="E331" t="s">
+        <v>684</v>
+      </c>
+      <c r="F331" t="s">
+        <v>53</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1180</v>
+      </c>
+      <c r="D332" t="s">
+        <v>683</v>
+      </c>
+      <c r="E332" t="s">
+        <v>684</v>
+      </c>
+      <c r="F332" t="s">
+        <v>22</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D333" t="s">
+        <v>683</v>
+      </c>
+      <c r="E333" t="s">
+        <v>684</v>
+      </c>
+      <c r="F333" t="s">
+        <v>22</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1187</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D334" t="s">
+        <v>683</v>
+      </c>
+      <c r="E334" t="s">
+        <v>684</v>
+      </c>
+      <c r="F334" t="s">
+        <v>40</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1191</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1192</v>
+      </c>
+      <c r="D335" t="s">
+        <v>683</v>
+      </c>
+      <c r="E335" t="s">
+        <v>684</v>
+      </c>
+      <c r="F335" t="s">
+        <v>22</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1195</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D336" t="s">
+        <v>683</v>
+      </c>
+      <c r="E336" t="s">
+        <v>684</v>
+      </c>
+      <c r="F336" t="s">
+        <v>22</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1199</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D337" t="s">
+        <v>683</v>
+      </c>
+      <c r="E337" t="s">
+        <v>684</v>
+      </c>
+      <c r="F337" t="s">
+        <v>13</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D338" t="s">
+        <v>683</v>
+      </c>
+      <c r="E338" t="s">
+        <v>684</v>
+      </c>
+      <c r="F338" t="s">
+        <v>22</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1207</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1208</v>
+      </c>
+      <c r="D339" t="s">
+        <v>683</v>
+      </c>
+      <c r="E339" t="s">
+        <v>684</v>
+      </c>
+      <c r="F339" t="s">
+        <v>13</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1211</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D340" t="s">
+        <v>683</v>
+      </c>
+      <c r="E340" t="s">
+        <v>684</v>
+      </c>
+      <c r="F340" t="s">
+        <v>22</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1213</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1215</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1216</v>
+      </c>
+      <c r="D341" t="s">
+        <v>683</v>
+      </c>
+      <c r="E341" t="s">
+        <v>684</v>
+      </c>
+      <c r="F341" t="s">
+        <v>13</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1219</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D342" t="s">
+        <v>683</v>
+      </c>
+      <c r="E342" t="s">
+        <v>684</v>
+      </c>
+      <c r="F342" t="s">
+        <v>22</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D343" t="s">
+        <v>683</v>
+      </c>
+      <c r="E343" t="s">
+        <v>684</v>
+      </c>
+      <c r="F343" t="s">
+        <v>22</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1227</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D344" t="s">
+        <v>683</v>
+      </c>
+      <c r="E344" t="s">
+        <v>684</v>
+      </c>
+      <c r="F344" t="s">
+        <v>22</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1232</v>
+      </c>
+      <c r="D345" t="s">
+        <v>683</v>
+      </c>
+      <c r="E345" t="s">
+        <v>684</v>
+      </c>
+      <c r="F345" t="s">
+        <v>22</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D346" t="s">
+        <v>683</v>
+      </c>
+      <c r="E346" t="s">
+        <v>684</v>
+      </c>
+      <c r="F346" t="s">
+        <v>22</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1238</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1239</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1240</v>
+      </c>
+      <c r="D347" t="s">
+        <v>683</v>
+      </c>
+      <c r="E347" t="s">
+        <v>684</v>
+      </c>
+      <c r="F347" t="s">
+        <v>22</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1243</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1244</v>
+      </c>
+      <c r="D348" t="s">
+        <v>683</v>
+      </c>
+      <c r="E348" t="s">
+        <v>684</v>
+      </c>
+      <c r="F348" t="s">
+        <v>22</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1247</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D349" t="s">
+        <v>683</v>
+      </c>
+      <c r="E349" t="s">
+        <v>684</v>
+      </c>
+      <c r="F349" t="s">
+        <v>22</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1251</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D350" t="s">
+        <v>683</v>
+      </c>
+      <c r="E350" t="s">
+        <v>684</v>
+      </c>
+      <c r="F350" t="s">
+        <v>13</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1256</v>
+      </c>
+      <c r="D351" t="s">
+        <v>683</v>
+      </c>
+      <c r="E351" t="s">
+        <v>684</v>
+      </c>
+      <c r="F351" t="s">
+        <v>13</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1259</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D352" t="s">
+        <v>683</v>
+      </c>
+      <c r="E352" t="s">
+        <v>684</v>
+      </c>
+      <c r="F352" t="s">
+        <v>13</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D353" t="s">
+        <v>683</v>
+      </c>
+      <c r="E353" t="s">
+        <v>684</v>
+      </c>
+      <c r="F353" t="s">
+        <v>167</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D354" t="s">
+        <v>683</v>
+      </c>
+      <c r="E354" t="s">
+        <v>684</v>
+      </c>
+      <c r="F354" t="s">
+        <v>551</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1271</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D355" t="s">
+        <v>683</v>
+      </c>
+      <c r="E355" t="s">
+        <v>684</v>
+      </c>
+      <c r="F355" t="s">
+        <v>22</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D356" t="s">
+        <v>683</v>
+      </c>
+      <c r="E356" t="s">
+        <v>684</v>
+      </c>
+      <c r="F356" t="s">
+        <v>141</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1279</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D357" t="s">
+        <v>683</v>
+      </c>
+      <c r="E357" t="s">
+        <v>684</v>
+      </c>
+      <c r="F357" t="s">
+        <v>551</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1282</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1283</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D358" t="s">
+        <v>683</v>
+      </c>
+      <c r="E358" t="s">
+        <v>684</v>
+      </c>
+      <c r="F358" t="s">
+        <v>167</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1287</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D359" t="s">
+        <v>683</v>
+      </c>
+      <c r="E359" t="s">
+        <v>684</v>
+      </c>
+      <c r="F359" t="s">
+        <v>167</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D360" t="s">
+        <v>683</v>
+      </c>
+      <c r="E360" t="s">
+        <v>684</v>
+      </c>
+      <c r="F360" t="s">
+        <v>22</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D361" t="s">
+        <v>683</v>
+      </c>
+      <c r="E361" t="s">
+        <v>684</v>
+      </c>
+      <c r="F361" t="s">
+        <v>53</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1299</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D362" t="s">
+        <v>683</v>
+      </c>
+      <c r="E362" t="s">
+        <v>684</v>
+      </c>
+      <c r="F362" t="s">
+        <v>53</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1304</v>
+      </c>
+      <c r="D363" t="s">
+        <v>683</v>
+      </c>
+      <c r="E363" t="s">
+        <v>684</v>
+      </c>
+      <c r="F363" t="s">
+        <v>53</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1307</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D364" t="s">
+        <v>683</v>
+      </c>
+      <c r="E364" t="s">
+        <v>684</v>
+      </c>
+      <c r="F364" t="s">
+        <v>35</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D365" t="s">
+        <v>683</v>
+      </c>
+      <c r="E365" t="s">
+        <v>684</v>
+      </c>
+      <c r="F365" t="s">
+        <v>53</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D366" t="s">
+        <v>683</v>
+      </c>
+      <c r="E366" t="s">
+        <v>684</v>
+      </c>
+      <c r="F366" t="s">
+        <v>53</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D367" t="s">
+        <v>683</v>
+      </c>
+      <c r="E367" t="s">
+        <v>684</v>
+      </c>
+      <c r="F367" t="s">
+        <v>35</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1323</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D368" t="s">
+        <v>683</v>
+      </c>
+      <c r="E368" t="s">
+        <v>684</v>
+      </c>
+      <c r="F368" t="s">
+        <v>35</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1328</v>
+      </c>
+      <c r="D369" t="s">
+        <v>683</v>
+      </c>
+      <c r="E369" t="s">
+        <v>684</v>
+      </c>
+      <c r="F369" t="s">
+        <v>35</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1331</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1332</v>
+      </c>
+      <c r="D370" t="s">
+        <v>683</v>
+      </c>
+      <c r="E370" t="s">
+        <v>684</v>
+      </c>
+      <c r="F370" t="s">
+        <v>35</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>1336</v>
+      </c>
+      <c r="D371" t="s">
+        <v>683</v>
+      </c>
+      <c r="E371" t="s">
+        <v>684</v>
+      </c>
+      <c r="F371" t="s">
+        <v>35</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D372" t="s">
+        <v>683</v>
+      </c>
+      <c r="E372" t="s">
+        <v>684</v>
+      </c>
+      <c r="F372" t="s">
+        <v>35</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1344</v>
+      </c>
+      <c r="D373" t="s">
+        <v>683</v>
+      </c>
+      <c r="E373" t="s">
+        <v>684</v>
+      </c>
+      <c r="F373" t="s">
+        <v>13</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D374" t="s">
+        <v>683</v>
+      </c>
+      <c r="E374" t="s">
+        <v>684</v>
+      </c>
+      <c r="F374" t="s">
+        <v>40</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D375" t="s">
+        <v>683</v>
+      </c>
+      <c r="E375" t="s">
+        <v>684</v>
+      </c>
+      <c r="F375" t="s">
+        <v>13</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1355</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1356</v>
+      </c>
+      <c r="D376" t="s">
+        <v>683</v>
+      </c>
+      <c r="E376" t="s">
+        <v>684</v>
+      </c>
+      <c r="F376" t="s">
+        <v>13</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1360</v>
+      </c>
+      <c r="D377" t="s">
+        <v>683</v>
+      </c>
+      <c r="E377" t="s">
+        <v>684</v>
+      </c>
+      <c r="F377" t="s">
+        <v>22</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1361</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D378" t="s">
+        <v>683</v>
+      </c>
+      <c r="E378" t="s">
+        <v>684</v>
+      </c>
+      <c r="F378" t="s">
+        <v>22</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D379" t="s">
+        <v>683</v>
+      </c>
+      <c r="E379" t="s">
+        <v>684</v>
+      </c>
+      <c r="F379" t="s">
+        <v>22</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1371</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>1372</v>
+      </c>
+      <c r="D380" t="s">
+        <v>683</v>
+      </c>
+      <c r="E380" t="s">
+        <v>684</v>
+      </c>
+      <c r="F380" t="s">
+        <v>22</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D381" t="s">
+        <v>683</v>
+      </c>
+      <c r="E381" t="s">
+        <v>684</v>
+      </c>
+      <c r="F381" t="s">
+        <v>40</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D382" t="s">
+        <v>683</v>
+      </c>
+      <c r="E382" t="s">
+        <v>684</v>
+      </c>
+      <c r="F382" t="s">
+        <v>22</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1381</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1383</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1384</v>
+      </c>
+      <c r="D383" t="s">
+        <v>683</v>
+      </c>
+      <c r="E383" t="s">
+        <v>684</v>
+      </c>
+      <c r="F383" t="s">
+        <v>13</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D384" t="s">
+        <v>683</v>
+      </c>
+      <c r="E384" t="s">
+        <v>684</v>
+      </c>
+      <c r="F384" t="s">
+        <v>22</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1391</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1392</v>
+      </c>
+      <c r="D385" t="s">
+        <v>683</v>
+      </c>
+      <c r="E385" t="s">
+        <v>684</v>
+      </c>
+      <c r="F385" t="s">
+        <v>62</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1393</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>1396</v>
+      </c>
+      <c r="D386" t="s">
+        <v>683</v>
+      </c>
+      <c r="E386" t="s">
+        <v>684</v>
+      </c>
+      <c r="F386" t="s">
+        <v>22</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1397</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1399</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D387" t="s">
+        <v>683</v>
+      </c>
+      <c r="E387" t="s">
+        <v>684</v>
+      </c>
+      <c r="F387" t="s">
+        <v>62</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D388" t="s">
+        <v>683</v>
+      </c>
+      <c r="E388" t="s">
+        <v>684</v>
+      </c>
+      <c r="F388" t="s">
+        <v>62</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1405</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1407</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D389" t="s">
+        <v>683</v>
+      </c>
+      <c r="E389" t="s">
+        <v>684</v>
+      </c>
+      <c r="F389" t="s">
+        <v>13</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1411</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D390" t="s">
+        <v>683</v>
+      </c>
+      <c r="E390" t="s">
+        <v>684</v>
+      </c>
+      <c r="F390" t="s">
+        <v>13</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D391" t="s">
+        <v>683</v>
+      </c>
+      <c r="E391" t="s">
+        <v>684</v>
+      </c>
+      <c r="F391" t="s">
+        <v>13</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1419</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D392" t="s">
+        <v>683</v>
+      </c>
+      <c r="E392" t="s">
+        <v>684</v>
+      </c>
+      <c r="F392" t="s">
+        <v>13</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D393" t="s">
+        <v>683</v>
+      </c>
+      <c r="E393" t="s">
+        <v>684</v>
+      </c>
+      <c r="F393" t="s">
+        <v>40</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1427</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D394" t="s">
+        <v>683</v>
+      </c>
+      <c r="E394" t="s">
+        <v>684</v>
+      </c>
+      <c r="F394" t="s">
+        <v>40</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1430</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1432</v>
+      </c>
+      <c r="D395" t="s">
+        <v>683</v>
+      </c>
+      <c r="E395" t="s">
+        <v>684</v>
+      </c>
+      <c r="F395" t="s">
+        <v>551</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1436</v>
+      </c>
+      <c r="D396" t="s">
+        <v>683</v>
+      </c>
+      <c r="E396" t="s">
+        <v>684</v>
+      </c>
+      <c r="F396" t="s">
+        <v>62</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1437</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1440</v>
+      </c>
+      <c r="D397" t="s">
+        <v>683</v>
+      </c>
+      <c r="E397" t="s">
+        <v>684</v>
+      </c>
+      <c r="F397" t="s">
+        <v>40</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1443</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D398" t="s">
+        <v>683</v>
+      </c>
+      <c r="E398" t="s">
+        <v>684</v>
+      </c>
+      <c r="F398" t="s">
+        <v>62</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D399" t="s">
+        <v>683</v>
+      </c>
+      <c r="E399" t="s">
+        <v>684</v>
+      </c>
+      <c r="F399" t="s">
+        <v>141</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1451</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D400" t="s">
+        <v>683</v>
+      </c>
+      <c r="E400" t="s">
+        <v>684</v>
+      </c>
+      <c r="F400" t="s">
+        <v>141</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D401" t="s">
+        <v>683</v>
+      </c>
+      <c r="E401" t="s">
+        <v>684</v>
+      </c>
+      <c r="F401" t="s">
+        <v>22</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1458</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D402" t="s">
+        <v>683</v>
+      </c>
+      <c r="E402" t="s">
+        <v>684</v>
+      </c>
+      <c r="F402" t="s">
+        <v>22</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1462</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1463</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>1464</v>
+      </c>
+      <c r="D403" t="s">
+        <v>683</v>
+      </c>
+      <c r="E403" t="s">
+        <v>684</v>
+      </c>
+      <c r="F403" t="s">
+        <v>22</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D404" t="s">
+        <v>683</v>
+      </c>
+      <c r="E404" t="s">
+        <v>684</v>
+      </c>
+      <c r="F404" t="s">
+        <v>22</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1470</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1471</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D405" t="s">
+        <v>683</v>
+      </c>
+      <c r="E405" t="s">
+        <v>684</v>
+      </c>
+      <c r="F405" t="s">
+        <v>22</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1475</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>1476</v>
+      </c>
+      <c r="D406" t="s">
+        <v>683</v>
+      </c>
+      <c r="E406" t="s">
+        <v>684</v>
+      </c>
+      <c r="F406" t="s">
+        <v>22</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1479</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D407" t="s">
+        <v>683</v>
+      </c>
+      <c r="E407" t="s">
+        <v>684</v>
+      </c>
+      <c r="F407" t="s">
+        <v>22</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1483</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>1484</v>
+      </c>
+      <c r="D408" t="s">
+        <v>683</v>
+      </c>
+      <c r="E408" t="s">
+        <v>684</v>
+      </c>
+      <c r="F408" t="s">
+        <v>22</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1486</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1487</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1488</v>
+      </c>
+      <c r="D409" t="s">
+        <v>683</v>
+      </c>
+      <c r="E409" t="s">
+        <v>684</v>
+      </c>
+      <c r="F409" t="s">
+        <v>53</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1489</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1491</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1492</v>
+      </c>
+      <c r="D410" t="s">
+        <v>683</v>
+      </c>
+      <c r="E410" t="s">
+        <v>684</v>
+      </c>
+      <c r="F410" t="s">
+        <v>53</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1494</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1495</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>1496</v>
+      </c>
+      <c r="D411" t="s">
+        <v>683</v>
+      </c>
+      <c r="E411" t="s">
+        <v>684</v>
+      </c>
+      <c r="F411" t="s">
+        <v>53</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1499</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D412" t="s">
+        <v>683</v>
+      </c>
+      <c r="E412" t="s">
+        <v>684</v>
+      </c>
+      <c r="F412" t="s">
+        <v>53</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D413" t="s">
+        <v>683</v>
+      </c>
+      <c r="E413" t="s">
+        <v>684</v>
+      </c>
+      <c r="F413" t="s">
+        <v>22</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1507</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D414" t="s">
+        <v>683</v>
+      </c>
+      <c r="E414" t="s">
+        <v>684</v>
+      </c>
+      <c r="F414" t="s">
+        <v>35</v>
+      </c>
+      <c r="G414" s="1" t="s">
+        <v>1509</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1510</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D415" t="s">
+        <v>683</v>
+      </c>
+      <c r="E415" t="s">
+        <v>684</v>
+      </c>
+      <c r="F415" t="s">
+        <v>35</v>
+      </c>
+      <c r="G415" s="1" t="s">
+        <v>1513</v>
+      </c>
+      <c r="H415" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" t="s">
+        <v>1515</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1516</v>
+      </c>
+      <c r="D416" t="s">
+        <v>683</v>
+      </c>
+      <c r="E416" t="s">
+        <v>684</v>
+      </c>
+      <c r="F416" t="s">
+        <v>22</v>
+      </c>
+      <c r="G416" s="1" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H416" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" t="s">
+        <v>1519</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1520</v>
+      </c>
+      <c r="D417" t="s">
+        <v>683</v>
+      </c>
+      <c r="E417" t="s">
+        <v>684</v>
+      </c>
+      <c r="F417" t="s">
+        <v>22</v>
+      </c>
+      <c r="G417" s="1" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H417" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" t="s">
+        <v>1523</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D418" t="s">
+        <v>683</v>
+      </c>
+      <c r="E418" t="s">
+        <v>684</v>
+      </c>
+      <c r="F418" t="s">
+        <v>35</v>
+      </c>
+      <c r="G418" s="1" t="s">
+        <v>1525</v>
+      </c>
+      <c r="H418" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" t="s">
+        <v>1527</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1528</v>
+      </c>
+      <c r="D419" t="s">
+        <v>683</v>
+      </c>
+      <c r="E419" t="s">
+        <v>684</v>
+      </c>
+      <c r="F419" t="s">
+        <v>35</v>
+      </c>
+      <c r="G419" s="1" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H419" t="s">
+        <v>1530</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" t="s">
+        <v>1531</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1532</v>
+      </c>
+      <c r="D420" t="s">
+        <v>683</v>
+      </c>
+      <c r="E420" t="s">
+        <v>684</v>
+      </c>
+      <c r="F420" t="s">
+        <v>22</v>
+      </c>
+      <c r="G420" s="1" t="s">
+        <v>1533</v>
+      </c>
+      <c r="H420" t="s">
+        <v>1534</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" t="s">
+        <v>1535</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1536</v>
+      </c>
+      <c r="D421" t="s">
+        <v>683</v>
+      </c>
+      <c r="E421" t="s">
+        <v>684</v>
+      </c>
+      <c r="F421" t="s">
+        <v>22</v>
+      </c>
+      <c r="G421" s="1" t="s">
+        <v>1537</v>
+      </c>
+      <c r="H421" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" t="s">
+        <v>1539</v>
+      </c>
+      <c r="B422" t="s">
+        <v>9</v>
+      </c>
+      <c r="C422" t="s">
+        <v>1540</v>
+      </c>
+      <c r="D422" t="s">
+        <v>683</v>
+      </c>
+      <c r="E422" t="s">
+        <v>684</v>
+      </c>
+      <c r="F422" t="s">
+        <v>22</v>
+      </c>
+      <c r="G422" s="1" t="s">
+        <v>1541</v>
+      </c>
+      <c r="H422" t="s">
+        <v>1542</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" t="s">
+        <v>1543</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
+        <v>1544</v>
+      </c>
+      <c r="D423" t="s">
+        <v>683</v>
+      </c>
+      <c r="E423" t="s">
+        <v>684</v>
+      </c>
+      <c r="F423" t="s">
+        <v>22</v>
+      </c>
+      <c r="G423" s="1" t="s">
+        <v>1545</v>
+      </c>
+      <c r="H423" t="s">
+        <v>1546</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" t="s">
+        <v>1547</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
+        <v>1548</v>
+      </c>
+      <c r="D424" t="s">
+        <v>683</v>
+      </c>
+      <c r="E424" t="s">
+        <v>684</v>
+      </c>
+      <c r="F424" t="s">
+        <v>22</v>
+      </c>
+      <c r="G424" s="1" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H424" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D425" t="s">
+        <v>683</v>
+      </c>
+      <c r="E425" t="s">
+        <v>684</v>
+      </c>
+      <c r="F425" t="s">
+        <v>22</v>
+      </c>
+      <c r="G425" s="1" t="s">
+        <v>1553</v>
+      </c>
+      <c r="H425" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1556</v>
+      </c>
+      <c r="D426" t="s">
+        <v>683</v>
+      </c>
+      <c r="E426" t="s">
+        <v>684</v>
+      </c>
+      <c r="F426" t="s">
+        <v>167</v>
+      </c>
+      <c r="G426" s="1" t="s">
+        <v>1557</v>
+      </c>
+      <c r="H426" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D427" t="s">
+        <v>683</v>
+      </c>
+      <c r="E427" t="s">
+        <v>684</v>
+      </c>
+      <c r="F427" t="s">
+        <v>13</v>
+      </c>
+      <c r="G427" s="1" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H427" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D428" t="s">
+        <v>683</v>
+      </c>
+      <c r="E428" t="s">
+        <v>684</v>
+      </c>
+      <c r="F428" t="s">
+        <v>167</v>
+      </c>
+      <c r="G428" s="1" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H428" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1568</v>
+      </c>
+      <c r="D429" t="s">
+        <v>683</v>
+      </c>
+      <c r="E429" t="s">
+        <v>684</v>
+      </c>
+      <c r="F429" t="s">
+        <v>167</v>
+      </c>
+      <c r="G429" s="1" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H429" t="s">
+        <v>1570</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
+        <v>1572</v>
+      </c>
+      <c r="D430" t="s">
+        <v>683</v>
+      </c>
+      <c r="E430" t="s">
+        <v>684</v>
+      </c>
+      <c r="F430" t="s">
+        <v>167</v>
+      </c>
+      <c r="G430" s="1" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H430" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D431" t="s">
+        <v>683</v>
+      </c>
+      <c r="E431" t="s">
+        <v>684</v>
+      </c>
+      <c r="F431" t="s">
+        <v>13</v>
+      </c>
+      <c r="G431" s="1" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H431" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D432" t="s">
+        <v>683</v>
+      </c>
+      <c r="E432" t="s">
+        <v>684</v>
+      </c>
+      <c r="F432" t="s">
+        <v>13</v>
+      </c>
+      <c r="G432" s="1" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H432" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
+        <v>1584</v>
+      </c>
+      <c r="D433" t="s">
+        <v>683</v>
+      </c>
+      <c r="E433" t="s">
+        <v>684</v>
+      </c>
+      <c r="F433" t="s">
+        <v>13</v>
+      </c>
+      <c r="G433" s="1" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H433" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D434" t="s">
+        <v>683</v>
+      </c>
+      <c r="E434" t="s">
+        <v>684</v>
+      </c>
+      <c r="F434" t="s">
+        <v>40</v>
+      </c>
+      <c r="G434" s="1" t="s">
+        <v>1589</v>
+      </c>
+      <c r="H434" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1592</v>
+      </c>
+      <c r="D435" t="s">
+        <v>683</v>
+      </c>
+      <c r="E435" t="s">
+        <v>684</v>
+      </c>
+      <c r="F435" t="s">
+        <v>40</v>
+      </c>
+      <c r="G435" s="1" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H435" t="s">
+        <v>1594</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
+        <v>1596</v>
+      </c>
+      <c r="D436" t="s">
+        <v>683</v>
+      </c>
+      <c r="E436" t="s">
+        <v>684</v>
+      </c>
+      <c r="F436" t="s">
+        <v>40</v>
+      </c>
+      <c r="G436" s="1" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H436" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D437" t="s">
+        <v>683</v>
+      </c>
+      <c r="E437" t="s">
+        <v>684</v>
+      </c>
+      <c r="F437" t="s">
+        <v>13</v>
+      </c>
+      <c r="G437" s="1" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H437" t="s">
+        <v>1602</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1604</v>
+      </c>
+      <c r="D438" t="s">
+        <v>683</v>
+      </c>
+      <c r="E438" t="s">
+        <v>684</v>
+      </c>
+      <c r="F438" t="s">
+        <v>551</v>
+      </c>
+      <c r="G438" s="1" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H438" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
+        <v>1608</v>
+      </c>
+      <c r="D439" t="s">
+        <v>683</v>
+      </c>
+      <c r="E439" t="s">
+        <v>684</v>
+      </c>
+      <c r="F439" t="s">
+        <v>13</v>
+      </c>
+      <c r="G439" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H439" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D440" t="s">
+        <v>683</v>
+      </c>
+      <c r="E440" t="s">
+        <v>684</v>
+      </c>
+      <c r="F440" t="s">
+        <v>13</v>
+      </c>
+      <c r="G440" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H440" t="s">
+        <v>1614</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
+        <v>1616</v>
+      </c>
+      <c r="D441" t="s">
+        <v>683</v>
+      </c>
+      <c r="E441" t="s">
+        <v>684</v>
+      </c>
+      <c r="F441" t="s">
+        <v>13</v>
+      </c>
+      <c r="G441" s="1" t="s">
+        <v>1617</v>
+      </c>
+      <c r="H441" t="s">
+        <v>1618</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1620</v>
+      </c>
+      <c r="D442" t="s">
+        <v>683</v>
+      </c>
+      <c r="E442" t="s">
+        <v>684</v>
+      </c>
+      <c r="F442" t="s">
+        <v>40</v>
+      </c>
+      <c r="G442" s="1" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H442" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D443" t="s">
+        <v>683</v>
+      </c>
+      <c r="E443" t="s">
+        <v>684</v>
+      </c>
+      <c r="F443" t="s">
+        <v>40</v>
+      </c>
+      <c r="G443" s="1" t="s">
+        <v>1625</v>
+      </c>
+      <c r="H443" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" t="s">
+        <v>1627</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D444" t="s">
+        <v>683</v>
+      </c>
+      <c r="E444" t="s">
+        <v>684</v>
+      </c>
+      <c r="F444" t="s">
+        <v>13</v>
+      </c>
+      <c r="G444" s="1" t="s">
+        <v>1629</v>
+      </c>
+      <c r="H444" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1632</v>
+      </c>
+      <c r="D445" t="s">
+        <v>683</v>
+      </c>
+      <c r="E445" t="s">
+        <v>684</v>
+      </c>
+      <c r="F445" t="s">
+        <v>13</v>
+      </c>
+      <c r="G445" s="1" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H445" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" t="s">
+        <v>1635</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D446" t="s">
+        <v>683</v>
+      </c>
+      <c r="E446" t="s">
+        <v>684</v>
+      </c>
+      <c r="F446" t="s">
+        <v>13</v>
+      </c>
+      <c r="G446" s="1" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H446" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" t="s">
+        <v>1639</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1640</v>
+      </c>
+      <c r="D447" t="s">
+        <v>683</v>
+      </c>
+      <c r="E447" t="s">
+        <v>684</v>
+      </c>
+      <c r="F447" t="s">
+        <v>35</v>
+      </c>
+      <c r="G447" s="1" t="s">
+        <v>1641</v>
+      </c>
+      <c r="H447" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" t="s">
+        <v>1643</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1644</v>
+      </c>
+      <c r="D448" t="s">
+        <v>683</v>
+      </c>
+      <c r="E448" t="s">
+        <v>684</v>
+      </c>
+      <c r="F448" t="s">
+        <v>35</v>
+      </c>
+      <c r="G448" s="1" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H448" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" t="s">
+        <v>1647</v>
+      </c>
+      <c r="B449" t="s">
+        <v>9</v>
+      </c>
+      <c r="C449" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D449" t="s">
+        <v>683</v>
+      </c>
+      <c r="E449" t="s">
+        <v>684</v>
+      </c>
+      <c r="F449" t="s">
+        <v>35</v>
+      </c>
+      <c r="G449" s="1" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H449" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
+        <v>1652</v>
+      </c>
+      <c r="D450" t="s">
+        <v>683</v>
+      </c>
+      <c r="E450" t="s">
+        <v>684</v>
+      </c>
+      <c r="F450" t="s">
+        <v>35</v>
+      </c>
+      <c r="G450" s="1" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H450" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" t="s">
+        <v>1655</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
+        <v>1656</v>
+      </c>
+      <c r="D451" t="s">
+        <v>683</v>
+      </c>
+      <c r="E451" t="s">
+        <v>684</v>
+      </c>
+      <c r="F451" t="s">
+        <v>35</v>
+      </c>
+      <c r="G451" s="1" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H451" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" t="s">
+        <v>1659</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D452" t="s">
+        <v>683</v>
+      </c>
+      <c r="E452" t="s">
+        <v>684</v>
+      </c>
+      <c r="F452" t="s">
+        <v>35</v>
+      </c>
+      <c r="G452" s="1" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H452" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D453" t="s">
+        <v>683</v>
+      </c>
+      <c r="E453" t="s">
+        <v>684</v>
+      </c>
+      <c r="F453" t="s">
+        <v>35</v>
+      </c>
+      <c r="G453" s="1" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H453" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" t="s">
+        <v>1667</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1668</v>
+      </c>
+      <c r="D454" t="s">
+        <v>683</v>
+      </c>
+      <c r="E454" t="s">
+        <v>684</v>
+      </c>
+      <c r="F454" t="s">
+        <v>141</v>
+      </c>
+      <c r="G454" s="1" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H454" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D455" t="s">
+        <v>683</v>
+      </c>
+      <c r="E455" t="s">
+        <v>684</v>
+      </c>
+      <c r="F455" t="s">
+        <v>35</v>
+      </c>
+      <c r="G455" s="1" t="s">
+        <v>1673</v>
+      </c>
+      <c r="H455" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" t="s">
+        <v>1675</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D456" t="s">
+        <v>683</v>
+      </c>
+      <c r="E456" t="s">
+        <v>684</v>
+      </c>
+      <c r="F456" t="s">
+        <v>35</v>
+      </c>
+      <c r="G456" s="1" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H456" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" t="s">
+        <v>1679</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
+        <v>1680</v>
+      </c>
+      <c r="D457" t="s">
+        <v>683</v>
+      </c>
+      <c r="E457" t="s">
+        <v>684</v>
+      </c>
+      <c r="F457" t="s">
+        <v>35</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>1681</v>
+      </c>
+      <c r="H457" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" t="s">
+        <v>1683</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
+        <v>1684</v>
+      </c>
+      <c r="D458" t="s">
+        <v>683</v>
+      </c>
+      <c r="E458" t="s">
+        <v>684</v>
+      </c>
+      <c r="F458" t="s">
+        <v>35</v>
+      </c>
+      <c r="G458" s="1" t="s">
+        <v>1685</v>
+      </c>
+      <c r="H458" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" t="s">
+        <v>1687</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D459" t="s">
+        <v>683</v>
+      </c>
+      <c r="E459" t="s">
+        <v>684</v>
+      </c>
+      <c r="F459" t="s">
+        <v>35</v>
+      </c>
+      <c r="G459" s="1" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H459" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" t="s">
+        <v>1691</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
+        <v>1692</v>
+      </c>
+      <c r="D460" t="s">
+        <v>683</v>
+      </c>
+      <c r="E460" t="s">
+        <v>684</v>
+      </c>
+      <c r="F460" t="s">
+        <v>35</v>
+      </c>
+      <c r="G460" s="1" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H460" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" t="s">
+        <v>1695</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D461" t="s">
+        <v>683</v>
+      </c>
+      <c r="E461" t="s">
+        <v>684</v>
+      </c>
+      <c r="F461" t="s">
+        <v>35</v>
+      </c>
+      <c r="G461" s="1" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H461" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" t="s">
+        <v>1699</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D462" t="s">
+        <v>683</v>
+      </c>
+      <c r="E462" t="s">
+        <v>684</v>
+      </c>
+      <c r="F462" t="s">
+        <v>35</v>
+      </c>
+      <c r="G462" s="1" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H462" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" t="s">
+        <v>1703</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D463" t="s">
+        <v>683</v>
+      </c>
+      <c r="E463" t="s">
+        <v>684</v>
+      </c>
+      <c r="F463" t="s">
+        <v>22</v>
+      </c>
+      <c r="G463" s="1" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H463" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="464" spans="1:8">
+      <c r="A464" t="s">
+        <v>1707</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D464" t="s">
+        <v>683</v>
+      </c>
+      <c r="E464" t="s">
+        <v>684</v>
+      </c>
+      <c r="F464" t="s">
+        <v>22</v>
+      </c>
+      <c r="G464" s="1" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H464" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" t="s">
+        <v>1711</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
+        <v>1712</v>
+      </c>
+      <c r="D465" t="s">
+        <v>683</v>
+      </c>
+      <c r="E465" t="s">
+        <v>684</v>
+      </c>
+      <c r="F465" t="s">
+        <v>22</v>
+      </c>
+      <c r="G465" s="1" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H465" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" t="s">
+        <v>1715</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D466" t="s">
+        <v>683</v>
+      </c>
+      <c r="E466" t="s">
+        <v>684</v>
+      </c>
+      <c r="F466" t="s">
+        <v>22</v>
+      </c>
+      <c r="G466" s="1" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H466" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" t="s">
+        <v>1719</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D467" t="s">
+        <v>683</v>
+      </c>
+      <c r="E467" t="s">
+        <v>684</v>
+      </c>
+      <c r="F467" t="s">
+        <v>22</v>
+      </c>
+      <c r="G467" s="1" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H467" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D468" t="s">
+        <v>683</v>
+      </c>
+      <c r="E468" t="s">
+        <v>684</v>
+      </c>
+      <c r="F468" t="s">
+        <v>22</v>
+      </c>
+      <c r="G468" s="1" t="s">
+        <v>1725</v>
+      </c>
+      <c r="H468" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" t="s">
+        <v>1727</v>
+      </c>
+      <c r="B469" t="s">
+        <v>9</v>
+      </c>
+      <c r="C469" t="s">
+        <v>1728</v>
+      </c>
+      <c r="D469" t="s">
+        <v>683</v>
+      </c>
+      <c r="E469" t="s">
+        <v>684</v>
+      </c>
+      <c r="F469" t="s">
+        <v>22</v>
+      </c>
+      <c r="G469" s="1" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H469" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D470" t="s">
+        <v>683</v>
+      </c>
+      <c r="E470" t="s">
+        <v>684</v>
+      </c>
+      <c r="F470" t="s">
+        <v>22</v>
+      </c>
+      <c r="G470" s="1" t="s">
+        <v>1733</v>
+      </c>
+      <c r="H470" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" t="s">
+        <v>1735</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
+        <v>1736</v>
+      </c>
+      <c r="D471" t="s">
+        <v>683</v>
+      </c>
+      <c r="E471" t="s">
+        <v>684</v>
+      </c>
+      <c r="F471" t="s">
+        <v>22</v>
+      </c>
+      <c r="G471" s="1" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H471" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" t="s">
+        <v>1739</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D472" t="s">
+        <v>683</v>
+      </c>
+      <c r="E472" t="s">
+        <v>684</v>
+      </c>
+      <c r="F472" t="s">
+        <v>13</v>
+      </c>
+      <c r="G472" s="1" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H472" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" t="s">
+        <v>1743</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D473" t="s">
+        <v>683</v>
+      </c>
+      <c r="E473" t="s">
+        <v>684</v>
+      </c>
+      <c r="F473" t="s">
+        <v>13</v>
+      </c>
+      <c r="G473" s="1" t="s">
+        <v>1745</v>
+      </c>
+      <c r="H473" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" t="s">
+        <v>1747</v>
+      </c>
+      <c r="B474" t="s">
+        <v>9</v>
+      </c>
+      <c r="C474" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D474" t="s">
+        <v>683</v>
+      </c>
+      <c r="E474" t="s">
+        <v>684</v>
+      </c>
+      <c r="F474" t="s">
+        <v>13</v>
+      </c>
+      <c r="G474" s="1" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H474" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" t="s">
+        <v>1751</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1752</v>
+      </c>
+      <c r="D475" t="s">
+        <v>683</v>
+      </c>
+      <c r="E475" t="s">
+        <v>684</v>
+      </c>
+      <c r="F475" t="s">
+        <v>22</v>
+      </c>
+      <c r="G475" s="1" t="s">
+        <v>1753</v>
+      </c>
+      <c r="H475" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" t="s">
+        <v>1755</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D476" t="s">
+        <v>683</v>
+      </c>
+      <c r="E476" t="s">
+        <v>684</v>
+      </c>
+      <c r="F476" t="s">
+        <v>13</v>
+      </c>
+      <c r="G476" s="1" t="s">
+        <v>1757</v>
+      </c>
+      <c r="H476" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" t="s">
+        <v>1759</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1760</v>
+      </c>
+      <c r="D477" t="s">
+        <v>683</v>
+      </c>
+      <c r="E477" t="s">
+        <v>684</v>
+      </c>
+      <c r="F477" t="s">
+        <v>13</v>
+      </c>
+      <c r="G477" s="1" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H477" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" t="s">
+        <v>1763</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D478" t="s">
+        <v>683</v>
+      </c>
+      <c r="E478" t="s">
+        <v>684</v>
+      </c>
+      <c r="F478" t="s">
+        <v>13</v>
+      </c>
+      <c r="G478" s="1" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H478" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" t="s">
+        <v>1767</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1768</v>
+      </c>
+      <c r="D479" t="s">
+        <v>683</v>
+      </c>
+      <c r="E479" t="s">
+        <v>684</v>
+      </c>
+      <c r="F479" t="s">
+        <v>53</v>
+      </c>
+      <c r="G479" s="1" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H479" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" t="s">
+        <v>1771</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D480" t="s">
+        <v>683</v>
+      </c>
+      <c r="E480" t="s">
+        <v>684</v>
+      </c>
+      <c r="F480" t="s">
+        <v>53</v>
+      </c>
+      <c r="G480" s="1" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H480" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D481" t="s">
+        <v>683</v>
+      </c>
+      <c r="E481" t="s">
+        <v>684</v>
+      </c>
+      <c r="F481" t="s">
+        <v>53</v>
+      </c>
+      <c r="G481" s="1" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H481" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" t="s">
+        <v>1779</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
+        <v>1780</v>
+      </c>
+      <c r="D482" t="s">
+        <v>683</v>
+      </c>
+      <c r="E482" t="s">
+        <v>684</v>
+      </c>
+      <c r="F482" t="s">
+        <v>53</v>
+      </c>
+      <c r="G482" s="1" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H482" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" t="s">
+        <v>1783</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D483" t="s">
+        <v>683</v>
+      </c>
+      <c r="E483" t="s">
+        <v>684</v>
+      </c>
+      <c r="F483" t="s">
+        <v>53</v>
+      </c>
+      <c r="G483" s="1" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H483" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" t="s">
+        <v>1787</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D484" t="s">
+        <v>683</v>
+      </c>
+      <c r="E484" t="s">
+        <v>684</v>
+      </c>
+      <c r="F484" t="s">
+        <v>13</v>
+      </c>
+      <c r="G484" s="1" t="s">
+        <v>1789</v>
+      </c>
+      <c r="H484" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" t="s">
+        <v>1791</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1792</v>
+      </c>
+      <c r="D485" t="s">
+        <v>683</v>
+      </c>
+      <c r="E485" t="s">
+        <v>684</v>
+      </c>
+      <c r="F485" t="s">
+        <v>13</v>
+      </c>
+      <c r="G485" s="1" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H485" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" t="s">
+        <v>1795</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D486" t="s">
+        <v>683</v>
+      </c>
+      <c r="E486" t="s">
+        <v>684</v>
+      </c>
+      <c r="F486" t="s">
+        <v>62</v>
+      </c>
+      <c r="G486" s="1" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H486" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1799</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1800</v>
+      </c>
+      <c r="D487" t="s">
+        <v>683</v>
+      </c>
+      <c r="E487" t="s">
+        <v>684</v>
+      </c>
+      <c r="F487" t="s">
+        <v>13</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H487" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1803</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D488" t="s">
+        <v>683</v>
+      </c>
+      <c r="E488" t="s">
+        <v>684</v>
+      </c>
+      <c r="F488" t="s">
+        <v>13</v>
+      </c>
+      <c r="G488" s="1" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H488" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" t="s">
+        <v>1807</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D489" t="s">
+        <v>683</v>
+      </c>
+      <c r="E489" t="s">
+        <v>684</v>
+      </c>
+      <c r="F489" t="s">
+        <v>62</v>
+      </c>
+      <c r="G489" s="1" t="s">
+        <v>1809</v>
+      </c>
+      <c r="H489" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1812</v>
+      </c>
+      <c r="D490" t="s">
+        <v>683</v>
+      </c>
+      <c r="E490" t="s">
+        <v>684</v>
+      </c>
+      <c r="F490" t="s">
+        <v>62</v>
+      </c>
+      <c r="G490" s="1" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H490" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1815</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D491" t="s">
+        <v>683</v>
+      </c>
+      <c r="E491" t="s">
+        <v>684</v>
+      </c>
+      <c r="F491" t="s">
+        <v>13</v>
+      </c>
+      <c r="G491" s="1" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H491" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1819</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D492" t="s">
+        <v>683</v>
+      </c>
+      <c r="E492" t="s">
+        <v>684</v>
+      </c>
+      <c r="F492" t="s">
+        <v>13</v>
+      </c>
+      <c r="G492" s="1" t="s">
+        <v>1821</v>
+      </c>
+      <c r="H492" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1823</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1824</v>
+      </c>
+      <c r="D493" t="s">
+        <v>683</v>
+      </c>
+      <c r="E493" t="s">
+        <v>684</v>
+      </c>
+      <c r="F493" t="s">
+        <v>13</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H493" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1827</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D494" t="s">
+        <v>683</v>
+      </c>
+      <c r="E494" t="s">
+        <v>684</v>
+      </c>
+      <c r="F494" t="s">
+        <v>13</v>
+      </c>
+      <c r="G494" s="1" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H494" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" t="s">
+        <v>1831</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D495" t="s">
+        <v>683</v>
+      </c>
+      <c r="E495" t="s">
+        <v>684</v>
+      </c>
+      <c r="F495" t="s">
+        <v>13</v>
+      </c>
+      <c r="G495" s="1" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H495" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" t="s">
+        <v>1835</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D496" t="s">
+        <v>683</v>
+      </c>
+      <c r="E496" t="s">
+        <v>684</v>
+      </c>
+      <c r="F496" t="s">
+        <v>13</v>
+      </c>
+      <c r="G496" s="1" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H496" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1839</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D497" t="s">
+        <v>683</v>
+      </c>
+      <c r="E497" t="s">
+        <v>684</v>
+      </c>
+      <c r="F497" t="s">
+        <v>13</v>
+      </c>
+      <c r="G497" s="1" t="s">
+        <v>1841</v>
+      </c>
+      <c r="H497" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" t="s">
+        <v>1843</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1844</v>
+      </c>
+      <c r="D498" t="s">
+        <v>683</v>
+      </c>
+      <c r="E498" t="s">
+        <v>684</v>
+      </c>
+      <c r="F498" t="s">
+        <v>13</v>
+      </c>
+      <c r="G498" s="1" t="s">
+        <v>1845</v>
+      </c>
+      <c r="H498" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" t="s">
+        <v>1847</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D499" t="s">
+        <v>683</v>
+      </c>
+      <c r="E499" t="s">
+        <v>684</v>
+      </c>
+      <c r="F499" t="s">
+        <v>13</v>
+      </c>
+      <c r="G499" s="1" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H499" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" t="s">
+        <v>1851</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D500" t="s">
+        <v>683</v>
+      </c>
+      <c r="E500" t="s">
+        <v>684</v>
+      </c>
+      <c r="F500" t="s">
+        <v>13</v>
+      </c>
+      <c r="G500" s="1" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H500" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" t="s">
+        <v>1855</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D501" t="s">
+        <v>683</v>
+      </c>
+      <c r="E501" t="s">
+        <v>684</v>
+      </c>
+      <c r="F501" t="s">
+        <v>13</v>
+      </c>
+      <c r="G501" s="1" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H501" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" t="s">
+        <v>1859</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D502" t="s">
+        <v>683</v>
+      </c>
+      <c r="E502" t="s">
+        <v>684</v>
+      </c>
+      <c r="F502" t="s">
+        <v>13</v>
+      </c>
+      <c r="G502" s="1" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H502" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D503" t="s">
+        <v>683</v>
+      </c>
+      <c r="E503" t="s">
+        <v>684</v>
+      </c>
+      <c r="F503" t="s">
+        <v>13</v>
+      </c>
+      <c r="G503" s="1" t="s">
+        <v>1865</v>
+      </c>
+      <c r="H503" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" t="s">
+        <v>1867</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1868</v>
+      </c>
+      <c r="D504" t="s">
+        <v>683</v>
+      </c>
+      <c r="E504" t="s">
+        <v>684</v>
+      </c>
+      <c r="F504" t="s">
+        <v>22</v>
+      </c>
+      <c r="G504" s="1" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H504" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" t="s">
+        <v>1871</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1872</v>
+      </c>
+      <c r="D505" t="s">
+        <v>683</v>
+      </c>
+      <c r="E505" t="s">
+        <v>684</v>
+      </c>
+      <c r="F505" t="s">
+        <v>13</v>
+      </c>
+      <c r="G505" s="1" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H505" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" t="s">
+        <v>1875</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D506" t="s">
+        <v>683</v>
+      </c>
+      <c r="E506" t="s">
+        <v>684</v>
+      </c>
+      <c r="F506" t="s">
+        <v>40</v>
+      </c>
+      <c r="G506" s="1" t="s">
+        <v>1877</v>
+      </c>
+      <c r="H506" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" t="s">
+        <v>1879</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1880</v>
+      </c>
+      <c r="D507" t="s">
+        <v>683</v>
+      </c>
+      <c r="E507" t="s">
+        <v>684</v>
+      </c>
+      <c r="F507" t="s">
+        <v>141</v>
+      </c>
+      <c r="G507" s="1" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H507" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" t="s">
+        <v>1883</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D508" t="s">
+        <v>683</v>
+      </c>
+      <c r="E508" t="s">
+        <v>684</v>
+      </c>
+      <c r="F508" t="s">
+        <v>62</v>
+      </c>
+      <c r="G508" s="1" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H508" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D509" t="s">
+        <v>683</v>
+      </c>
+      <c r="E509" t="s">
+        <v>684</v>
+      </c>
+      <c r="F509" t="s">
+        <v>35</v>
+      </c>
+      <c r="G509" s="1" t="s">
+        <v>1889</v>
+      </c>
+      <c r="H509" t="s">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" t="s">
+        <v>1891</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1892</v>
+      </c>
+      <c r="D510" t="s">
+        <v>683</v>
+      </c>
+      <c r="E510" t="s">
+        <v>684</v>
+      </c>
+      <c r="F510" t="s">
+        <v>40</v>
+      </c>
+      <c r="G510" s="1" t="s">
+        <v>1893</v>
+      </c>
+      <c r="H510" t="s">
+        <v>1894</v>
+      </c>
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" t="s">
+        <v>1895</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1896</v>
+      </c>
+      <c r="D511" t="s">
+        <v>683</v>
+      </c>
+      <c r="E511" t="s">
+        <v>684</v>
+      </c>
+      <c r="F511" t="s">
+        <v>40</v>
+      </c>
+      <c r="G511" s="1" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H511" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" t="s">
+        <v>1899</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D512" t="s">
+        <v>683</v>
+      </c>
+      <c r="E512" t="s">
+        <v>684</v>
+      </c>
+      <c r="F512" t="s">
+        <v>40</v>
+      </c>
+      <c r="G512" s="1" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H512" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" t="s">
+        <v>1903</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D513" t="s">
+        <v>683</v>
+      </c>
+      <c r="E513" t="s">
+        <v>684</v>
+      </c>
+      <c r="F513" t="s">
+        <v>35</v>
+      </c>
+      <c r="G513" s="1" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H513" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1908</v>
+      </c>
+      <c r="D514" t="s">
+        <v>683</v>
+      </c>
+      <c r="E514" t="s">
+        <v>684</v>
+      </c>
+      <c r="F514" t="s">
+        <v>35</v>
+      </c>
+      <c r="G514" s="1" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H514" t="s">
+        <v>1910</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" t="s">
+        <v>1911</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1912</v>
+      </c>
+      <c r="D515" t="s">
+        <v>683</v>
+      </c>
+      <c r="E515" t="s">
+        <v>684</v>
+      </c>
+      <c r="F515" t="s">
+        <v>551</v>
+      </c>
+      <c r="G515" s="1" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H515" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" t="s">
+        <v>1915</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D516" t="s">
+        <v>683</v>
+      </c>
+      <c r="E516" t="s">
+        <v>684</v>
+      </c>
+      <c r="F516" t="s">
+        <v>551</v>
+      </c>
+      <c r="G516" s="1" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H516" t="s">
+        <v>1918</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" t="s">
+        <v>1919</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1920</v>
+      </c>
+      <c r="D517" t="s">
+        <v>683</v>
+      </c>
+      <c r="E517" t="s">
+        <v>684</v>
+      </c>
+      <c r="F517" t="s">
+        <v>35</v>
+      </c>
+      <c r="G517" s="1" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H517" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" t="s">
+        <v>1923</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D518" t="s">
+        <v>683</v>
+      </c>
+      <c r="E518" t="s">
+        <v>684</v>
+      </c>
+      <c r="F518" t="s">
+        <v>551</v>
+      </c>
+      <c r="G518" s="1" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H518" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" t="s">
+        <v>1927</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D519" t="s">
+        <v>683</v>
+      </c>
+      <c r="E519" t="s">
+        <v>684</v>
+      </c>
+      <c r="F519" t="s">
+        <v>22</v>
+      </c>
+      <c r="G519" s="1" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H519" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" t="s">
+        <v>1931</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D520" t="s">
+        <v>683</v>
+      </c>
+      <c r="E520" t="s">
+        <v>684</v>
+      </c>
+      <c r="F520" t="s">
+        <v>551</v>
+      </c>
+      <c r="G520" s="1" t="s">
+        <v>1933</v>
+      </c>
+      <c r="H520" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="521" spans="1:8">
+      <c r="A521" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D521" t="s">
+        <v>683</v>
+      </c>
+      <c r="E521" t="s">
+        <v>684</v>
+      </c>
+      <c r="F521" t="s">
+        <v>35</v>
+      </c>
+      <c r="G521" s="1" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H521" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="522" spans="1:8">
+      <c r="A522" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D522" t="s">
+        <v>683</v>
+      </c>
+      <c r="E522" t="s">
+        <v>684</v>
+      </c>
+      <c r="F522" t="s">
+        <v>35</v>
+      </c>
+      <c r="G522" s="1" t="s">
+        <v>1941</v>
+      </c>
+      <c r="H522" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="523" spans="1:8">
+      <c r="A523" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B523" t="s">
+        <v>9</v>
+      </c>
+      <c r="C523" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D523" t="s">
+        <v>683</v>
+      </c>
+      <c r="E523" t="s">
+        <v>684</v>
+      </c>
+      <c r="F523" t="s">
+        <v>35</v>
+      </c>
+      <c r="G523" s="1" t="s">
+        <v>1945</v>
+      </c>
+      <c r="H523" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="524" spans="1:8">
+      <c r="A524" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B524" t="s">
+        <v>9</v>
+      </c>
+      <c r="C524" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D524" t="s">
+        <v>683</v>
+      </c>
+      <c r="E524" t="s">
+        <v>684</v>
+      </c>
+      <c r="F524" t="s">
+        <v>35</v>
+      </c>
+      <c r="G524" s="1" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H524" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="525" spans="1:8">
+      <c r="A525" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D525" t="s">
+        <v>683</v>
+      </c>
+      <c r="E525" t="s">
+        <v>684</v>
+      </c>
+      <c r="F525" t="s">
+        <v>53</v>
+      </c>
+      <c r="G525" s="1" t="s">
+        <v>1953</v>
+      </c>
+      <c r="H525" t="s">
+        <v>1954</v>
+      </c>
+    </row>
+    <row r="526" spans="1:8">
+      <c r="A526" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D526" t="s">
+        <v>683</v>
+      </c>
+      <c r="E526" t="s">
+        <v>684</v>
+      </c>
+      <c r="F526" t="s">
+        <v>35</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>1957</v>
+      </c>
+      <c r="H526" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="527" spans="1:8">
+      <c r="A527" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D527" t="s">
+        <v>683</v>
+      </c>
+      <c r="E527" t="s">
+        <v>684</v>
+      </c>
+      <c r="F527" t="s">
+        <v>35</v>
+      </c>
+      <c r="G527" s="1" t="s">
+        <v>1961</v>
+      </c>
+      <c r="H527" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="528" spans="1:8">
+      <c r="A528" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D528" t="s">
+        <v>683</v>
+      </c>
+      <c r="E528" t="s">
+        <v>684</v>
+      </c>
+      <c r="F528" t="s">
+        <v>53</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H528" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="529" spans="1:8">
+      <c r="A529" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D529" t="s">
+        <v>683</v>
+      </c>
+      <c r="E529" t="s">
+        <v>684</v>
+      </c>
+      <c r="F529" t="s">
+        <v>22</v>
+      </c>
+      <c r="G529" s="1" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H529" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="530" spans="1:8">
+      <c r="A530" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D530" t="s">
+        <v>683</v>
+      </c>
+      <c r="E530" t="s">
+        <v>684</v>
+      </c>
+      <c r="F530" t="s">
+        <v>53</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H530" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="531" spans="1:8">
+      <c r="A531" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D531" t="s">
+        <v>683</v>
+      </c>
+      <c r="E531" t="s">
+        <v>684</v>
+      </c>
+      <c r="F531" t="s">
+        <v>53</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H531" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="532" spans="1:8">
+      <c r="A532" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D532" t="s">
+        <v>683</v>
+      </c>
+      <c r="E532" t="s">
+        <v>684</v>
+      </c>
+      <c r="F532" t="s">
+        <v>53</v>
+      </c>
+      <c r="G532" s="1" t="s">
+        <v>1981</v>
+      </c>
+      <c r="H532" t="s">
+        <v>1982</v>
+      </c>
+    </row>
+    <row r="533" spans="1:8">
+      <c r="A533" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D533" t="s">
+        <v>683</v>
+      </c>
+      <c r="E533" t="s">
+        <v>684</v>
+      </c>
+      <c r="F533" t="s">
+        <v>53</v>
+      </c>
+      <c r="G533" s="1" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H533" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="534" spans="1:8">
+      <c r="A534" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D534" t="s">
+        <v>683</v>
+      </c>
+      <c r="E534" t="s">
+        <v>684</v>
+      </c>
+      <c r="F534" t="s">
+        <v>53</v>
+      </c>
+      <c r="G534" s="1" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H534" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="535" spans="1:8">
+      <c r="A535" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D535" t="s">
+        <v>683</v>
+      </c>
+      <c r="E535" t="s">
+        <v>684</v>
+      </c>
+      <c r="F535" t="s">
+        <v>53</v>
+      </c>
+      <c r="G535" s="1" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H535" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="536" spans="1:8">
+      <c r="A536" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D536" t="s">
+        <v>683</v>
+      </c>
+      <c r="E536" t="s">
+        <v>684</v>
+      </c>
+      <c r="F536" t="s">
+        <v>53</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H536" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="537" spans="1:8">
+      <c r="A537" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D537" t="s">
+        <v>683</v>
+      </c>
+      <c r="E537" t="s">
+        <v>684</v>
+      </c>
+      <c r="F537" t="s">
+        <v>53</v>
+      </c>
+      <c r="G537" s="1" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H537" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="538" spans="1:8">
+      <c r="A538" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D538" t="s">
+        <v>683</v>
+      </c>
+      <c r="E538" t="s">
+        <v>684</v>
+      </c>
+      <c r="F538" t="s">
+        <v>53</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>2005</v>
+      </c>
+      <c r="H538" t="s">
+        <v>2006</v>
+      </c>
+    </row>
+    <row r="539" spans="1:8">
+      <c r="A539" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D539" t="s">
+        <v>683</v>
+      </c>
+      <c r="E539" t="s">
+        <v>684</v>
+      </c>
+      <c r="F539" t="s">
+        <v>141</v>
+      </c>
+      <c r="G539" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H539" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="540" spans="1:8">
+      <c r="A540" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D540" t="s">
+        <v>683</v>
+      </c>
+      <c r="E540" t="s">
+        <v>684</v>
+      </c>
+      <c r="F540" t="s">
+        <v>53</v>
+      </c>
+      <c r="G540" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H540" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="541" spans="1:8">
+      <c r="A541" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D541" t="s">
+        <v>683</v>
+      </c>
+      <c r="E541" t="s">
+        <v>684</v>
+      </c>
+      <c r="F541" t="s">
+        <v>53</v>
+      </c>
+      <c r="G541" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H541" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="542" spans="1:8">
+      <c r="A542" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D542" t="s">
+        <v>683</v>
+      </c>
+      <c r="E542" t="s">
+        <v>684</v>
+      </c>
+      <c r="F542" t="s">
+        <v>53</v>
+      </c>
+      <c r="G542" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H542" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="543" spans="1:8">
+      <c r="A543" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D543" t="s">
+        <v>683</v>
+      </c>
+      <c r="E543" t="s">
+        <v>684</v>
+      </c>
+      <c r="F543" t="s">
+        <v>53</v>
+      </c>
+      <c r="G543" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H543" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="544" spans="1:8">
+      <c r="A544" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D544" t="s">
+        <v>683</v>
+      </c>
+      <c r="E544" t="s">
+        <v>684</v>
+      </c>
+      <c r="F544" t="s">
+        <v>53</v>
+      </c>
+      <c r="G544" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H544" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="545" spans="1:8">
+      <c r="A545" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D545" t="s">
+        <v>683</v>
+      </c>
+      <c r="E545" t="s">
+        <v>684</v>
+      </c>
+      <c r="F545" t="s">
+        <v>40</v>
+      </c>
+      <c r="G545" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H545" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="546" spans="1:8">
+      <c r="A546" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D546" t="s">
+        <v>683</v>
+      </c>
+      <c r="E546" t="s">
+        <v>684</v>
+      </c>
+      <c r="F546" t="s">
+        <v>13</v>
+      </c>
+      <c r="G546" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H546" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="547" spans="1:8">
+      <c r="A547" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D547" t="s">
+        <v>683</v>
+      </c>
+      <c r="E547" t="s">
+        <v>684</v>
+      </c>
+      <c r="F547" t="s">
+        <v>22</v>
+      </c>
+      <c r="G547" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H547" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="548" spans="1:8">
+      <c r="A548" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D548" t="s">
+        <v>683</v>
+      </c>
+      <c r="E548" t="s">
+        <v>684</v>
+      </c>
+      <c r="F548" t="s">
+        <v>22</v>
+      </c>
+      <c r="G548" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H548" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="549" spans="1:8">
+      <c r="A549" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D549" t="s">
+        <v>683</v>
+      </c>
+      <c r="E549" t="s">
+        <v>684</v>
+      </c>
+      <c r="F549" t="s">
+        <v>22</v>
+      </c>
+      <c r="G549" s="1" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H549" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="550" spans="1:8">
+      <c r="A550" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D550" t="s">
+        <v>683</v>
+      </c>
+      <c r="E550" t="s">
+        <v>684</v>
+      </c>
+      <c r="F550" t="s">
+        <v>22</v>
+      </c>
+      <c r="G550" s="1" t="s">
+        <v>2053</v>
+      </c>
+      <c r="H550" t="s">
+        <v>2054</v>
+      </c>
+    </row>
+    <row r="551" spans="1:8">
+      <c r="A551" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2056</v>
+      </c>
+      <c r="D551" t="s">
+        <v>683</v>
+      </c>
+      <c r="E551" t="s">
+        <v>684</v>
+      </c>
+      <c r="F551" t="s">
+        <v>13</v>
+      </c>
+      <c r="G551" s="1" t="s">
+        <v>2057</v>
+      </c>
+      <c r="H551" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="552" spans="1:8">
+      <c r="A552" t="s">
+        <v>2059</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D552" t="s">
+        <v>683</v>
+      </c>
+      <c r="E552" t="s">
+        <v>684</v>
+      </c>
+      <c r="F552" t="s">
+        <v>22</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H552" t="s">
+        <v>2062</v>
+      </c>
+    </row>
+    <row r="553" spans="1:8">
+      <c r="A553" t="s">
+        <v>2063</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2064</v>
+      </c>
+      <c r="D553" t="s">
+        <v>683</v>
+      </c>
+      <c r="E553" t="s">
+        <v>684</v>
+      </c>
+      <c r="F553" t="s">
+        <v>22</v>
+      </c>
+      <c r="G553" s="1" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H553" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="554" spans="1:8">
+      <c r="A554" t="s">
+        <v>2067</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D554" t="s">
+        <v>683</v>
+      </c>
+      <c r="E554" t="s">
+        <v>684</v>
+      </c>
+      <c r="F554" t="s">
+        <v>13</v>
+      </c>
+      <c r="G554" s="1" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H554" t="s">
+        <v>2070</v>
+      </c>
+    </row>
+    <row r="555" spans="1:8">
+      <c r="A555" t="s">
+        <v>2071</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D555" t="s">
+        <v>683</v>
+      </c>
+      <c r="E555" t="s">
+        <v>684</v>
+      </c>
+      <c r="F555" t="s">
+        <v>22</v>
+      </c>
+      <c r="G555" s="1" t="s">
+        <v>2073</v>
+      </c>
+      <c r="H555" t="s">
+        <v>2074</v>
+      </c>
+    </row>
+    <row r="556" spans="1:8">
+      <c r="A556" t="s">
+        <v>2075</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2076</v>
+      </c>
+      <c r="D556" t="s">
+        <v>683</v>
+      </c>
+      <c r="E556" t="s">
+        <v>684</v>
+      </c>
+      <c r="F556" t="s">
+        <v>22</v>
+      </c>
+      <c r="G556" s="1" t="s">
+        <v>2077</v>
+      </c>
+      <c r="H556" t="s">
+        <v>2078</v>
+      </c>
+    </row>
+    <row r="557" spans="1:8">
+      <c r="A557" t="s">
+        <v>2079</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2080</v>
+      </c>
+      <c r="D557" t="s">
+        <v>683</v>
+      </c>
+      <c r="E557" t="s">
+        <v>684</v>
+      </c>
+      <c r="F557" t="s">
+        <v>53</v>
+      </c>
+      <c r="G557" s="1" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H557" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="558" spans="1:8">
+      <c r="A558" t="s">
+        <v>2083</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D558" t="s">
+        <v>683</v>
+      </c>
+      <c r="E558" t="s">
+        <v>684</v>
+      </c>
+      <c r="F558" t="s">
+        <v>13</v>
+      </c>
+      <c r="G558" s="1" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H558" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="559" spans="1:8">
+      <c r="A559" t="s">
+        <v>2087</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D559" t="s">
+        <v>683</v>
+      </c>
+      <c r="E559" t="s">
+        <v>684</v>
+      </c>
+      <c r="F559" t="s">
+        <v>13</v>
+      </c>
+      <c r="G559" s="1" t="s">
+        <v>2089</v>
+      </c>
+      <c r="H559" t="s">
+        <v>2090</v>
+      </c>
+    </row>
+    <row r="560" spans="1:8">
+      <c r="A560" t="s">
+        <v>2091</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2092</v>
+      </c>
+      <c r="D560" t="s">
+        <v>683</v>
+      </c>
+      <c r="E560" t="s">
+        <v>684</v>
+      </c>
+      <c r="F560" t="s">
+        <v>13</v>
+      </c>
+      <c r="G560" s="1" t="s">
+        <v>2093</v>
+      </c>
+      <c r="H560" t="s">
+        <v>2094</v>
+      </c>
+    </row>
+    <row r="561" spans="1:8">
+      <c r="A561" t="s">
+        <v>2095</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2096</v>
+      </c>
+      <c r="D561" t="s">
+        <v>683</v>
+      </c>
+      <c r="E561" t="s">
+        <v>684</v>
+      </c>
+      <c r="F561" t="s">
+        <v>530</v>
+      </c>
+      <c r="G561" s="1" t="s">
+        <v>2097</v>
+      </c>
+      <c r="H561" t="s">
+        <v>2098</v>
+      </c>
+    </row>
+    <row r="562" spans="1:8">
+      <c r="A562" t="s">
+        <v>2099</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2100</v>
+      </c>
+      <c r="D562" t="s">
+        <v>683</v>
+      </c>
+      <c r="E562" t="s">
+        <v>684</v>
+      </c>
+      <c r="F562" t="s">
+        <v>530</v>
+      </c>
+      <c r="G562" s="1" t="s">
+        <v>2101</v>
+      </c>
+      <c r="H562" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="563" spans="1:8">
+      <c r="A563" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D563" t="s">
+        <v>683</v>
+      </c>
+      <c r="E563" t="s">
+        <v>684</v>
+      </c>
+      <c r="F563" t="s">
+        <v>13</v>
+      </c>
+      <c r="G563" s="1" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H563" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="564" spans="1:8">
+      <c r="A564" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D564" t="s">
+        <v>683</v>
+      </c>
+      <c r="E564" t="s">
+        <v>684</v>
+      </c>
+      <c r="F564" t="s">
+        <v>13</v>
+      </c>
+      <c r="G564" s="1" t="s">
+        <v>2109</v>
+      </c>
+      <c r="H564" t="s">
+        <v>2110</v>
+      </c>
+    </row>
+    <row r="565" spans="1:8">
+      <c r="A565" t="s">
+        <v>2111</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2112</v>
+      </c>
+      <c r="D565" t="s">
+        <v>683</v>
+      </c>
+      <c r="E565" t="s">
+        <v>684</v>
+      </c>
+      <c r="F565" t="s">
+        <v>40</v>
+      </c>
+      <c r="G565" s="1" t="s">
+        <v>2113</v>
+      </c>
+      <c r="H565" t="s">
+        <v>2114</v>
+      </c>
+    </row>
+    <row r="566" spans="1:8">
+      <c r="A566" t="s">
+        <v>2115</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D566" t="s">
+        <v>683</v>
+      </c>
+      <c r="E566" t="s">
+        <v>684</v>
+      </c>
+      <c r="F566" t="s">
+        <v>62</v>
+      </c>
+      <c r="G566" s="1" t="s">
+        <v>2117</v>
+      </c>
+      <c r="H566" t="s">
+        <v>2118</v>
+      </c>
+    </row>
+    <row r="567" spans="1:8">
+      <c r="A567" t="s">
+        <v>2119</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2120</v>
+      </c>
+      <c r="D567" t="s">
+        <v>683</v>
+      </c>
+      <c r="E567" t="s">
+        <v>684</v>
+      </c>
+      <c r="F567" t="s">
+        <v>62</v>
+      </c>
+      <c r="G567" s="1" t="s">
+        <v>2121</v>
+      </c>
+      <c r="H567" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="568" spans="1:8">
+      <c r="A568" t="s">
+        <v>2123</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>2124</v>
+      </c>
+      <c r="D568" t="s">
+        <v>683</v>
+      </c>
+      <c r="E568" t="s">
+        <v>684</v>
+      </c>
+      <c r="F568" t="s">
+        <v>62</v>
+      </c>
+      <c r="G568" s="1" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H568" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="569" spans="1:8">
+      <c r="A569" t="s">
+        <v>2127</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D569" t="s">
+        <v>683</v>
+      </c>
+      <c r="E569" t="s">
+        <v>684</v>
+      </c>
+      <c r="F569" t="s">
+        <v>62</v>
+      </c>
+      <c r="G569" s="1" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H569" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="570" spans="1:8">
+      <c r="A570" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D570" t="s">
+        <v>683</v>
+      </c>
+      <c r="E570" t="s">
+        <v>684</v>
+      </c>
+      <c r="F570" t="s">
+        <v>22</v>
+      </c>
+      <c r="G570" s="1" t="s">
+        <v>2133</v>
+      </c>
+      <c r="H570" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
+        <v>2135</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2136</v>
+      </c>
+      <c r="D571" t="s">
+        <v>683</v>
+      </c>
+      <c r="E571" t="s">
+        <v>684</v>
+      </c>
+      <c r="F571" t="s">
+        <v>35</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>2139</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D572" t="s">
+        <v>683</v>
+      </c>
+      <c r="E572" t="s">
+        <v>684</v>
+      </c>
+      <c r="F572" t="s">
+        <v>22</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>2143</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D573" t="s">
+        <v>683</v>
+      </c>
+      <c r="E573" t="s">
+        <v>684</v>
+      </c>
+      <c r="F573" t="s">
+        <v>35</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2147</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D574" t="s">
+        <v>683</v>
+      </c>
+      <c r="E574" t="s">
+        <v>684</v>
+      </c>
+      <c r="F574" t="s">
+        <v>35</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2151</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D575" t="s">
+        <v>683</v>
+      </c>
+      <c r="E575" t="s">
+        <v>684</v>
+      </c>
+      <c r="F575" t="s">
+        <v>35</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2153</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2154</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2155</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2156</v>
+      </c>
+      <c r="D576" t="s">
+        <v>683</v>
+      </c>
+      <c r="E576" t="s">
+        <v>684</v>
+      </c>
+      <c r="F576" t="s">
+        <v>35</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2157</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2158</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2159</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D577" t="s">
+        <v>683</v>
+      </c>
+      <c r="E577" t="s">
+        <v>684</v>
+      </c>
+      <c r="F577" t="s">
+        <v>35</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2161</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2162</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2163</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2164</v>
+      </c>
+      <c r="D578" t="s">
+        <v>683</v>
+      </c>
+      <c r="E578" t="s">
+        <v>684</v>
+      </c>
+      <c r="F578" t="s">
+        <v>35</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2165</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2166</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2167</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2168</v>
+      </c>
+      <c r="D579" t="s">
+        <v>683</v>
+      </c>
+      <c r="E579" t="s">
+        <v>684</v>
+      </c>
+      <c r="F579" t="s">
+        <v>141</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2171</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D580" t="s">
+        <v>683</v>
+      </c>
+      <c r="E580" t="s">
+        <v>684</v>
+      </c>
+      <c r="F580" t="s">
+        <v>35</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2173</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2174</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" t="s">
+        <v>2175</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D581" t="s">
+        <v>683</v>
+      </c>
+      <c r="E581" t="s">
+        <v>684</v>
+      </c>
+      <c r="F581" t="s">
+        <v>35</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>2177</v>
+      </c>
+      <c r="H581" t="s">
+        <v>2178</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" t="s">
+        <v>2179</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2180</v>
+      </c>
+      <c r="D582" t="s">
+        <v>683</v>
+      </c>
+      <c r="E582" t="s">
+        <v>684</v>
+      </c>
+      <c r="F582" t="s">
+        <v>35</v>
+      </c>
+      <c r="G582" s="1" t="s">
+        <v>2181</v>
+      </c>
+      <c r="H582" t="s">
+        <v>2182</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" t="s">
+        <v>2183</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2184</v>
+      </c>
+      <c r="D583" t="s">
+        <v>683</v>
+      </c>
+      <c r="E583" t="s">
+        <v>684</v>
+      </c>
+      <c r="F583" t="s">
+        <v>35</v>
+      </c>
+      <c r="G583" s="1" t="s">
+        <v>2185</v>
+      </c>
+      <c r="H583" t="s">
+        <v>2186</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" t="s">
+        <v>2187</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2188</v>
+      </c>
+      <c r="D584" t="s">
+        <v>683</v>
+      </c>
+      <c r="E584" t="s">
+        <v>684</v>
+      </c>
+      <c r="F584" t="s">
+        <v>22</v>
+      </c>
+      <c r="G584" s="1" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H584" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" t="s">
+        <v>2191</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D585" t="s">
+        <v>683</v>
+      </c>
+      <c r="E585" t="s">
+        <v>684</v>
+      </c>
+      <c r="F585" t="s">
+        <v>22</v>
+      </c>
+      <c r="G585" s="1" t="s">
+        <v>2193</v>
+      </c>
+      <c r="H585" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" t="s">
+        <v>2195</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
+        <v>2196</v>
+      </c>
+      <c r="D586" t="s">
+        <v>683</v>
+      </c>
+      <c r="E586" t="s">
+        <v>684</v>
+      </c>
+      <c r="F586" t="s">
+        <v>22</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H586" t="s">
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D587" t="s">
+        <v>683</v>
+      </c>
+      <c r="E587" t="s">
+        <v>684</v>
+      </c>
+      <c r="F587" t="s">
+        <v>22</v>
+      </c>
+      <c r="G587" s="1" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H587" t="s">
+        <v>2202</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" t="s">
+        <v>2203</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2204</v>
+      </c>
+      <c r="D588" t="s">
+        <v>683</v>
+      </c>
+      <c r="E588" t="s">
+        <v>684</v>
+      </c>
+      <c r="F588" t="s">
+        <v>22</v>
+      </c>
+      <c r="G588" s="1" t="s">
+        <v>2205</v>
+      </c>
+      <c r="H588" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" t="s">
+        <v>2207</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2208</v>
+      </c>
+      <c r="D589" t="s">
+        <v>683</v>
+      </c>
+      <c r="E589" t="s">
+        <v>684</v>
+      </c>
+      <c r="F589" t="s">
+        <v>53</v>
+      </c>
+      <c r="G589" s="1" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H589" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" t="s">
+        <v>2211</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D590" t="s">
+        <v>683</v>
+      </c>
+      <c r="E590" t="s">
+        <v>684</v>
+      </c>
+      <c r="F590" t="s">
+        <v>53</v>
+      </c>
+      <c r="G590" s="1" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H590" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D591" t="s">
+        <v>683</v>
+      </c>
+      <c r="E591" t="s">
+        <v>684</v>
+      </c>
+      <c r="F591" t="s">
+        <v>53</v>
+      </c>
+      <c r="G591" s="1" t="s">
+        <v>2217</v>
+      </c>
+      <c r="H591" t="s">
+        <v>2218</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" t="s">
+        <v>2219</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2220</v>
+      </c>
+      <c r="D592" t="s">
+        <v>683</v>
+      </c>
+      <c r="E592" t="s">
+        <v>684</v>
+      </c>
+      <c r="F592" t="s">
+        <v>22</v>
+      </c>
+      <c r="G592" s="1" t="s">
+        <v>2221</v>
+      </c>
+      <c r="H592" t="s">
+        <v>2222</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" t="s">
+        <v>2223</v>
+      </c>
+      <c r="B593" t="s">
+        <v>9</v>
+      </c>
+      <c r="C593" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D593" t="s">
+        <v>683</v>
+      </c>
+      <c r="E593" t="s">
+        <v>684</v>
+      </c>
+      <c r="F593" t="s">
+        <v>53</v>
+      </c>
+      <c r="G593" s="1" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H593" t="s">
+        <v>2226</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" t="s">
+        <v>2227</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2228</v>
+      </c>
+      <c r="D594" t="s">
+        <v>683</v>
+      </c>
+      <c r="E594" t="s">
+        <v>684</v>
+      </c>
+      <c r="F594" t="s">
+        <v>53</v>
+      </c>
+      <c r="G594" s="1" t="s">
+        <v>2229</v>
+      </c>
+      <c r="H594" t="s">
+        <v>2230</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" t="s">
+        <v>2231</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
+        <v>2232</v>
+      </c>
+      <c r="D595" t="s">
+        <v>683</v>
+      </c>
+      <c r="E595" t="s">
+        <v>684</v>
+      </c>
+      <c r="F595" t="s">
+        <v>53</v>
+      </c>
+      <c r="G595" s="1" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H595" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" t="s">
+        <v>2235</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D596" t="s">
+        <v>683</v>
+      </c>
+      <c r="E596" t="s">
+        <v>684</v>
+      </c>
+      <c r="F596" t="s">
+        <v>53</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>2237</v>
+      </c>
+      <c r="H596" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" t="s">
+        <v>2238</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2239</v>
+      </c>
+      <c r="D597" t="s">
+        <v>683</v>
+      </c>
+      <c r="E597" t="s">
+        <v>684</v>
+      </c>
+      <c r="F597" t="s">
+        <v>53</v>
+      </c>
+      <c r="G597" s="1" t="s">
+        <v>2240</v>
+      </c>
+      <c r="H597" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2243</v>
+      </c>
+      <c r="D598" t="s">
+        <v>683</v>
+      </c>
+      <c r="E598" t="s">
+        <v>684</v>
+      </c>
+      <c r="F598" t="s">
+        <v>35</v>
+      </c>
+      <c r="G598" s="1" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H598" t="s">
+        <v>2245</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" t="s">
+        <v>2246</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2247</v>
+      </c>
+      <c r="D599" t="s">
+        <v>683</v>
+      </c>
+      <c r="E599" t="s">
+        <v>684</v>
+      </c>
+      <c r="F599" t="s">
+        <v>40</v>
+      </c>
+      <c r="G599" s="1" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H599" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" t="s">
+        <v>2250</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2251</v>
+      </c>
+      <c r="D600" t="s">
+        <v>683</v>
+      </c>
+      <c r="E600" t="s">
+        <v>684</v>
+      </c>
+      <c r="F600" t="s">
+        <v>40</v>
+      </c>
+      <c r="G600" s="1" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H600" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" t="s">
+        <v>2254</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D601" t="s">
+        <v>683</v>
+      </c>
+      <c r="E601" t="s">
+        <v>684</v>
+      </c>
+      <c r="F601" t="s">
+        <v>13</v>
+      </c>
+      <c r="G601" s="1" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H601" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" t="s">
+        <v>2258</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D602" t="s">
+        <v>683</v>
+      </c>
+      <c r="E602" t="s">
+        <v>684</v>
+      </c>
+      <c r="F602" t="s">
+        <v>53</v>
+      </c>
+      <c r="G602" s="1" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H602" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" t="s">
+        <v>2262</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2263</v>
+      </c>
+      <c r="D603" t="s">
+        <v>683</v>
+      </c>
+      <c r="E603" t="s">
+        <v>684</v>
+      </c>
+      <c r="F603" t="s">
+        <v>53</v>
+      </c>
+      <c r="G603" s="1" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H603" t="s">
+        <v>2265</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" t="s">
+        <v>2266</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D604" t="s">
+        <v>683</v>
+      </c>
+      <c r="E604" t="s">
+        <v>684</v>
+      </c>
+      <c r="F604" t="s">
+        <v>22</v>
+      </c>
+      <c r="G604" s="1" t="s">
+        <v>2268</v>
+      </c>
+      <c r="H604" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2271</v>
+      </c>
+      <c r="D605" t="s">
+        <v>683</v>
+      </c>
+      <c r="E605" t="s">
+        <v>684</v>
+      </c>
+      <c r="F605" t="s">
+        <v>35</v>
+      </c>
+      <c r="G605" s="1" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H605" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D606" t="s">
+        <v>683</v>
+      </c>
+      <c r="E606" t="s">
+        <v>684</v>
+      </c>
+      <c r="F606" t="s">
+        <v>22</v>
+      </c>
+      <c r="G606" s="1" t="s">
+        <v>2276</v>
+      </c>
+      <c r="H606" t="s">
+        <v>2277</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2279</v>
+      </c>
+      <c r="D607" t="s">
+        <v>683</v>
+      </c>
+      <c r="E607" t="s">
+        <v>684</v>
+      </c>
+      <c r="F607" t="s">
+        <v>40</v>
+      </c>
+      <c r="G607" s="1" t="s">
+        <v>2280</v>
+      </c>
+      <c r="H607" t="s">
+        <v>2281</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" t="s">
+        <v>2282</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2283</v>
+      </c>
+      <c r="D608" t="s">
+        <v>683</v>
+      </c>
+      <c r="E608" t="s">
+        <v>684</v>
+      </c>
+      <c r="F608" t="s">
+        <v>40</v>
+      </c>
+      <c r="G608" s="1" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H608" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" t="s">
+        <v>2286</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D609" t="s">
+        <v>683</v>
+      </c>
+      <c r="E609" t="s">
+        <v>684</v>
+      </c>
+      <c r="F609" t="s">
+        <v>22</v>
+      </c>
+      <c r="G609" s="1" t="s">
+        <v>2288</v>
+      </c>
+      <c r="H609" t="s">
+        <v>2289</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" t="s">
+        <v>2290</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D610" t="s">
+        <v>683</v>
+      </c>
+      <c r="E610" t="s">
+        <v>684</v>
+      </c>
+      <c r="F610" t="s">
+        <v>40</v>
+      </c>
+      <c r="G610" s="1" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H610" t="s">
+        <v>2293</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" t="s">
+        <v>2294</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2295</v>
+      </c>
+      <c r="D611" t="s">
+        <v>683</v>
+      </c>
+      <c r="E611" t="s">
+        <v>684</v>
+      </c>
+      <c r="F611" t="s">
+        <v>551</v>
+      </c>
+      <c r="G611" s="1" t="s">
+        <v>2296</v>
+      </c>
+      <c r="H611" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" t="s">
+        <v>2298</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2299</v>
+      </c>
+      <c r="D612" t="s">
+        <v>683</v>
+      </c>
+      <c r="E612" t="s">
+        <v>684</v>
+      </c>
+      <c r="F612" t="s">
+        <v>551</v>
+      </c>
+      <c r="G612" s="1" t="s">
+        <v>2300</v>
+      </c>
+      <c r="H612" t="s">
+        <v>2301</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" t="s">
+        <v>2302</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2303</v>
+      </c>
+      <c r="D613" t="s">
+        <v>683</v>
+      </c>
+      <c r="E613" t="s">
+        <v>684</v>
+      </c>
+      <c r="F613" t="s">
+        <v>551</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>2304</v>
+      </c>
+      <c r="H613" t="s">
+        <v>2305</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" t="s">
+        <v>2306</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D614" t="s">
+        <v>683</v>
+      </c>
+      <c r="E614" t="s">
+        <v>684</v>
+      </c>
+      <c r="F614" t="s">
+        <v>551</v>
+      </c>
+      <c r="G614" s="1" t="s">
+        <v>2308</v>
+      </c>
+      <c r="H614" t="s">
+        <v>2309</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" t="s">
+        <v>2310</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2311</v>
+      </c>
+      <c r="D615" t="s">
+        <v>683</v>
+      </c>
+      <c r="E615" t="s">
+        <v>684</v>
+      </c>
+      <c r="F615" t="s">
+        <v>551</v>
+      </c>
+      <c r="G615" s="1" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H615" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" t="s">
+        <v>2314</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D616" t="s">
+        <v>683</v>
+      </c>
+      <c r="E616" t="s">
+        <v>684</v>
+      </c>
+      <c r="F616" t="s">
+        <v>13</v>
+      </c>
+      <c r="G616" s="1" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H616" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" t="s">
+        <v>2318</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D617" t="s">
+        <v>683</v>
+      </c>
+      <c r="E617" t="s">
+        <v>684</v>
+      </c>
+      <c r="F617" t="s">
+        <v>551</v>
+      </c>
+      <c r="G617" s="1" t="s">
+        <v>2320</v>
+      </c>
+      <c r="H617" t="s">
+        <v>2321</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" t="s">
+        <v>2322</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2323</v>
+      </c>
+      <c r="D618" t="s">
+        <v>683</v>
+      </c>
+      <c r="E618" t="s">
+        <v>684</v>
+      </c>
+      <c r="F618" t="s">
+        <v>551</v>
+      </c>
+      <c r="G618" s="1" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H618" t="s">
+        <v>2325</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" t="s">
+        <v>2326</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2327</v>
+      </c>
+      <c r="D619" t="s">
+        <v>683</v>
+      </c>
+      <c r="E619" t="s">
+        <v>684</v>
+      </c>
+      <c r="F619" t="s">
+        <v>551</v>
+      </c>
+      <c r="G619" s="1" t="s">
+        <v>2328</v>
+      </c>
+      <c r="H619" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" t="s">
+        <v>2330</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D620" t="s">
+        <v>683</v>
+      </c>
+      <c r="E620" t="s">
+        <v>684</v>
+      </c>
+      <c r="F620" t="s">
+        <v>13</v>
+      </c>
+      <c r="G620" s="1" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H620" t="s">
+        <v>2333</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" t="s">
+        <v>2334</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2335</v>
+      </c>
+      <c r="D621" t="s">
+        <v>683</v>
+      </c>
+      <c r="E621" t="s">
+        <v>684</v>
+      </c>
+      <c r="F621" t="s">
+        <v>40</v>
+      </c>
+      <c r="G621" s="1" t="s">
+        <v>2336</v>
+      </c>
+      <c r="H621" t="s">
+        <v>2337</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D622" t="s">
+        <v>683</v>
+      </c>
+      <c r="E622" t="s">
+        <v>684</v>
+      </c>
+      <c r="F622" t="s">
+        <v>167</v>
+      </c>
+      <c r="G622" s="1" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H622" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D623" t="s">
+        <v>683</v>
+      </c>
+      <c r="E623" t="s">
+        <v>684</v>
+      </c>
+      <c r="F623" t="s">
+        <v>13</v>
+      </c>
+      <c r="G623" s="1" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H623" t="s">
+        <v>2345</v>
+      </c>
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D624" t="s">
+        <v>683</v>
+      </c>
+      <c r="E624" t="s">
+        <v>684</v>
+      </c>
+      <c r="F624" t="s">
+        <v>13</v>
+      </c>
+      <c r="G624" s="1" t="s">
+        <v>2348</v>
+      </c>
+      <c r="H624" t="s">
+        <v>2349</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D625" t="s">
+        <v>683</v>
+      </c>
+      <c r="E625" t="s">
+        <v>684</v>
+      </c>
+      <c r="F625" t="s">
+        <v>13</v>
+      </c>
+      <c r="G625" s="1" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H625" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D626" t="s">
+        <v>683</v>
+      </c>
+      <c r="E626" t="s">
+        <v>684</v>
+      </c>
+      <c r="F626" t="s">
+        <v>13</v>
+      </c>
+      <c r="G626" s="1" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H626" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D627" t="s">
+        <v>683</v>
+      </c>
+      <c r="E627" t="s">
+        <v>684</v>
+      </c>
+      <c r="F627" t="s">
+        <v>13</v>
+      </c>
+      <c r="G627" s="1" t="s">
+        <v>2360</v>
+      </c>
+      <c r="H627" t="s">
+        <v>2361</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B628" t="s">
+        <v>9</v>
+      </c>
+      <c r="C628" t="s">
+        <v>2363</v>
+      </c>
+      <c r="D628" t="s">
+        <v>683</v>
+      </c>
+      <c r="E628" t="s">
+        <v>684</v>
+      </c>
+      <c r="F628" t="s">
+        <v>13</v>
+      </c>
+      <c r="G628" s="1" t="s">
+        <v>2364</v>
+      </c>
+      <c r="H628" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D629" t="s">
+        <v>683</v>
+      </c>
+      <c r="E629" t="s">
+        <v>684</v>
+      </c>
+      <c r="F629" t="s">
+        <v>13</v>
+      </c>
+      <c r="G629" s="1" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H629" t="s">
+        <v>2369</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D630" t="s">
+        <v>683</v>
+      </c>
+      <c r="E630" t="s">
+        <v>684</v>
+      </c>
+      <c r="F630" t="s">
+        <v>35</v>
+      </c>
+      <c r="G630" s="1" t="s">
+        <v>2372</v>
+      </c>
+      <c r="H630" t="s">
+        <v>2373</v>
+      </c>
+    </row>
+    <row r="631" spans="1:8">
+      <c r="A631" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2375</v>
+      </c>
+      <c r="D631" t="s">
+        <v>683</v>
+      </c>
+      <c r="E631" t="s">
+        <v>684</v>
+      </c>
+      <c r="F631" t="s">
+        <v>22</v>
+      </c>
+      <c r="G631" s="1" t="s">
+        <v>2376</v>
+      </c>
+      <c r="H631" t="s">
+        <v>2377</v>
+      </c>
+    </row>
+    <row r="632" spans="1:8">
+      <c r="A632" t="s">
+        <v>2378</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2379</v>
+      </c>
+      <c r="D632" t="s">
+        <v>683</v>
+      </c>
+      <c r="E632" t="s">
+        <v>684</v>
+      </c>
+      <c r="F632" t="s">
+        <v>22</v>
+      </c>
+      <c r="G632" s="1" t="s">
+        <v>2380</v>
+      </c>
+      <c r="H632" t="s">
+        <v>2381</v>
+      </c>
+    </row>
+    <row r="633" spans="1:8">
+      <c r="A633" t="s">
+        <v>2382</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2383</v>
+      </c>
+      <c r="D633" t="s">
+        <v>683</v>
+      </c>
+      <c r="E633" t="s">
+        <v>684</v>
+      </c>
+      <c r="F633" t="s">
+        <v>22</v>
+      </c>
+      <c r="G633" s="1" t="s">
+        <v>2384</v>
+      </c>
+      <c r="H633" t="s">
+        <v>2385</v>
+      </c>
+    </row>
+    <row r="634" spans="1:8">
+      <c r="A634" t="s">
+        <v>2386</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2387</v>
+      </c>
+      <c r="D634" t="s">
+        <v>683</v>
+      </c>
+      <c r="E634" t="s">
+        <v>684</v>
+      </c>
+      <c r="F634" t="s">
+        <v>22</v>
+      </c>
+      <c r="G634" s="1" t="s">
+        <v>2388</v>
+      </c>
+      <c r="H634" t="s">
+        <v>2389</v>
+      </c>
+    </row>
+    <row r="635" spans="1:8">
+      <c r="A635" t="s">
+        <v>2390</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2391</v>
+      </c>
+      <c r="D635" t="s">
+        <v>683</v>
+      </c>
+      <c r="E635" t="s">
+        <v>684</v>
+      </c>
+      <c r="F635" t="s">
+        <v>35</v>
+      </c>
+      <c r="G635" s="1" t="s">
+        <v>2392</v>
+      </c>
+      <c r="H635" t="s">
+        <v>2393</v>
+      </c>
+    </row>
+    <row r="636" spans="1:8">
+      <c r="A636" t="s">
+        <v>2394</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2395</v>
+      </c>
+      <c r="D636" t="s">
+        <v>683</v>
+      </c>
+      <c r="E636" t="s">
+        <v>684</v>
+      </c>
+      <c r="F636" t="s">
+        <v>35</v>
+      </c>
+      <c r="G636" s="1" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H636" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="637" spans="1:8">
+      <c r="A637" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D637" t="s">
+        <v>683</v>
+      </c>
+      <c r="E637" t="s">
+        <v>684</v>
+      </c>
+      <c r="F637" t="s">
+        <v>35</v>
+      </c>
+      <c r="G637" s="1" t="s">
+        <v>2400</v>
+      </c>
+      <c r="H637" t="s">
+        <v>2401</v>
+      </c>
+    </row>
+    <row r="638" spans="1:8">
+      <c r="A638" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D638" t="s">
+        <v>683</v>
+      </c>
+      <c r="E638" t="s">
+        <v>684</v>
+      </c>
+      <c r="F638" t="s">
+        <v>53</v>
+      </c>
+      <c r="G638" s="1" t="s">
+        <v>2404</v>
+      </c>
+      <c r="H638" t="s">
+        <v>2405</v>
+      </c>
+    </row>
+    <row r="639" spans="1:8">
+      <c r="A639" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D639" t="s">
+        <v>683</v>
+      </c>
+      <c r="E639" t="s">
+        <v>684</v>
+      </c>
+      <c r="F639" t="s">
+        <v>53</v>
+      </c>
+      <c r="G639" s="1" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H639" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="640" spans="1:8">
+      <c r="A640" t="s">
+        <v>2410</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D640" t="s">
+        <v>683</v>
+      </c>
+      <c r="E640" t="s">
+        <v>684</v>
+      </c>
+      <c r="F640" t="s">
+        <v>53</v>
+      </c>
+      <c r="G640" s="1" t="s">
+        <v>2412</v>
+      </c>
+      <c r="H640" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="641" spans="1:8">
+      <c r="A641" t="s">
+        <v>2414</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2415</v>
+      </c>
+      <c r="D641" t="s">
+        <v>683</v>
+      </c>
+      <c r="E641" t="s">
+        <v>684</v>
+      </c>
+      <c r="F641" t="s">
+        <v>35</v>
+      </c>
+      <c r="G641" s="1" t="s">
+        <v>2416</v>
+      </c>
+      <c r="H641" t="s">
+        <v>2417</v>
+      </c>
+    </row>
+    <row r="642" spans="1:8">
+      <c r="A642" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D642" t="s">
+        <v>683</v>
+      </c>
+      <c r="E642" t="s">
+        <v>684</v>
+      </c>
+      <c r="F642" t="s">
+        <v>53</v>
+      </c>
+      <c r="G642" s="1" t="s">
+        <v>2420</v>
+      </c>
+      <c r="H642" t="s">
+        <v>2421</v>
+      </c>
+    </row>
+    <row r="643" spans="1:8">
+      <c r="A643" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D643" t="s">
+        <v>683</v>
+      </c>
+      <c r="E643" t="s">
+        <v>684</v>
+      </c>
+      <c r="F643" t="s">
+        <v>35</v>
+      </c>
+      <c r="G643" s="1" t="s">
+        <v>2424</v>
+      </c>
+      <c r="H643" t="s">
+        <v>2425</v>
+      </c>
+    </row>
+    <row r="644" spans="1:8">
+      <c r="A644" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D644" t="s">
+        <v>683</v>
+      </c>
+      <c r="E644" t="s">
+        <v>684</v>
+      </c>
+      <c r="F644" t="s">
+        <v>53</v>
+      </c>
+      <c r="G644" s="1" t="s">
+        <v>2428</v>
+      </c>
+      <c r="H644" t="s">
+        <v>2429</v>
+      </c>
+    </row>
+    <row r="645" spans="1:8">
+      <c r="A645" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D645" t="s">
+        <v>683</v>
+      </c>
+      <c r="E645" t="s">
+        <v>684</v>
+      </c>
+      <c r="F645" t="s">
+        <v>35</v>
+      </c>
+      <c r="G645" s="1" t="s">
+        <v>2432</v>
+      </c>
+      <c r="H645" t="s">
+        <v>2433</v>
+      </c>
+    </row>
+    <row r="646" spans="1:8">
+      <c r="A646" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D646" t="s">
+        <v>683</v>
+      </c>
+      <c r="E646" t="s">
+        <v>684</v>
+      </c>
+      <c r="F646" t="s">
+        <v>53</v>
+      </c>
+      <c r="G646" s="1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="H646" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="647" spans="1:8">
+      <c r="A647" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D647" t="s">
+        <v>683</v>
+      </c>
+      <c r="E647" t="s">
+        <v>684</v>
+      </c>
+      <c r="F647" t="s">
+        <v>53</v>
+      </c>
+      <c r="G647" s="1" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H647" t="s">
+        <v>2441</v>
+      </c>
+    </row>
+    <row r="648" spans="1:8">
+      <c r="A648" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2443</v>
+      </c>
+      <c r="D648" t="s">
+        <v>683</v>
+      </c>
+      <c r="E648" t="s">
+        <v>684</v>
+      </c>
+      <c r="F648" t="s">
+        <v>53</v>
+      </c>
+      <c r="G648" s="1" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H648" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="649" spans="1:8">
+      <c r="A649" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D649" t="s">
+        <v>683</v>
+      </c>
+      <c r="E649" t="s">
+        <v>684</v>
+      </c>
+      <c r="F649" t="s">
+        <v>53</v>
+      </c>
+      <c r="G649" s="1" t="s">
+        <v>2448</v>
+      </c>
+      <c r="H649" t="s">
+        <v>2449</v>
+      </c>
+    </row>
+    <row r="650" spans="1:8">
+      <c r="A650" t="s">
+        <v>2450</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2451</v>
+      </c>
+      <c r="D650" t="s">
+        <v>683</v>
+      </c>
+      <c r="E650" t="s">
+        <v>684</v>
+      </c>
+      <c r="F650" t="s">
+        <v>53</v>
+      </c>
+      <c r="G650" s="1" t="s">
+        <v>2452</v>
+      </c>
+      <c r="H650" t="s">
+        <v>2453</v>
+      </c>
+    </row>
+    <row r="651" spans="1:8">
+      <c r="A651" t="s">
+        <v>2454</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D651" t="s">
+        <v>683</v>
+      </c>
+      <c r="E651" t="s">
+        <v>684</v>
+      </c>
+      <c r="F651" t="s">
+        <v>35</v>
+      </c>
+      <c r="G651" s="1" t="s">
+        <v>2456</v>
+      </c>
+      <c r="H651" t="s">
+        <v>2457</v>
+      </c>
+    </row>
+    <row r="652" spans="1:8">
+      <c r="A652" t="s">
+        <v>2458</v>
+      </c>
+      <c r="B652" t="s">
+        <v>9</v>
+      </c>
+      <c r="C652" t="s">
+        <v>2459</v>
+      </c>
+      <c r="D652" t="s">
+        <v>683</v>
+      </c>
+      <c r="E652" t="s">
+        <v>684</v>
+      </c>
+      <c r="F652" t="s">
+        <v>53</v>
+      </c>
+      <c r="G652" s="1" t="s">
+        <v>2460</v>
+      </c>
+      <c r="H652" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="653" spans="1:8">
+      <c r="A653" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B653" t="s">
+        <v>9</v>
+      </c>
+      <c r="C653" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D653" t="s">
+        <v>683</v>
+      </c>
+      <c r="E653" t="s">
+        <v>684</v>
+      </c>
+      <c r="F653" t="s">
+        <v>35</v>
+      </c>
+      <c r="G653" s="1" t="s">
+        <v>2464</v>
+      </c>
+      <c r="H653" t="s">
+        <v>2465</v>
+      </c>
+    </row>
+    <row r="654" spans="1:8">
+      <c r="A654" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B654" t="s">
+        <v>9</v>
+      </c>
+      <c r="C654" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D654" t="s">
+        <v>683</v>
+      </c>
+      <c r="E654" t="s">
+        <v>684</v>
+      </c>
+      <c r="F654" t="s">
+        <v>53</v>
+      </c>
+      <c r="G654" s="1" t="s">
+        <v>2468</v>
+      </c>
+      <c r="H654" t="s">
+        <v>2469</v>
+      </c>
+    </row>
+    <row r="655" spans="1:8">
+      <c r="A655" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B655" t="s">
+        <v>9</v>
+      </c>
+      <c r="C655" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D655" t="s">
+        <v>683</v>
+      </c>
+      <c r="E655" t="s">
+        <v>684</v>
+      </c>
+      <c r="F655" t="s">
+        <v>35</v>
+      </c>
+      <c r="G655" s="1" t="s">
+        <v>2472</v>
+      </c>
+      <c r="H655" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="656" spans="1:8">
+      <c r="A656" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D656" t="s">
+        <v>683</v>
+      </c>
+      <c r="E656" t="s">
+        <v>684</v>
+      </c>
+      <c r="F656" t="s">
+        <v>53</v>
+      </c>
+      <c r="G656" s="1" t="s">
+        <v>2476</v>
+      </c>
+      <c r="H656" t="s">
+        <v>2477</v>
+      </c>
+    </row>
+    <row r="657" spans="1:8">
+      <c r="A657" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D657" t="s">
+        <v>683</v>
+      </c>
+      <c r="E657" t="s">
+        <v>684</v>
+      </c>
+      <c r="F657" t="s">
+        <v>35</v>
+      </c>
+      <c r="G657" s="1" t="s">
+        <v>2480</v>
+      </c>
+      <c r="H657" t="s">
+        <v>2481</v>
+      </c>
+    </row>
+    <row r="658" spans="1:8">
+      <c r="A658" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D658" t="s">
+        <v>683</v>
+      </c>
+      <c r="E658" t="s">
+        <v>684</v>
+      </c>
+      <c r="F658" t="s">
+        <v>53</v>
+      </c>
+      <c r="G658" s="1" t="s">
+        <v>2484</v>
+      </c>
+      <c r="H658" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="659" spans="1:8">
+      <c r="A659" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D659" t="s">
+        <v>683</v>
+      </c>
+      <c r="E659" t="s">
+        <v>684</v>
+      </c>
+      <c r="F659" t="s">
+        <v>53</v>
+      </c>
+      <c r="G659" s="1" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H659" t="s">
+        <v>2489</v>
+      </c>
+    </row>
+    <row r="660" spans="1:8">
+      <c r="A660" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D660" t="s">
+        <v>683</v>
+      </c>
+      <c r="E660" t="s">
+        <v>684</v>
+      </c>
+      <c r="F660" t="s">
+        <v>53</v>
+      </c>
+      <c r="G660" s="1" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H660" t="s">
+        <v>2493</v>
+      </c>
+    </row>
+    <row r="661" spans="1:8">
+      <c r="A661" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D661" t="s">
+        <v>683</v>
+      </c>
+      <c r="E661" t="s">
+        <v>684</v>
+      </c>
+      <c r="F661" t="s">
+        <v>53</v>
+      </c>
+      <c r="G661" s="1" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H661" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="662" spans="1:8">
+      <c r="A662" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D662" t="s">
+        <v>683</v>
+      </c>
+      <c r="E662" t="s">
+        <v>684</v>
+      </c>
+      <c r="F662" t="s">
+        <v>53</v>
+      </c>
+      <c r="G662" s="1" t="s">
+        <v>2500</v>
+      </c>
+      <c r="H662" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="663" spans="1:8">
+      <c r="A663" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D663" t="s">
+        <v>683</v>
+      </c>
+      <c r="E663" t="s">
+        <v>684</v>
+      </c>
+      <c r="F663" t="s">
+        <v>53</v>
+      </c>
+      <c r="G663" s="1" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H663" t="s">
+        <v>2505</v>
+      </c>
+    </row>
+    <row r="664" spans="1:8">
+      <c r="A664" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D664" t="s">
+        <v>683</v>
+      </c>
+      <c r="E664" t="s">
+        <v>684</v>
+      </c>
+      <c r="F664" t="s">
+        <v>53</v>
+      </c>
+      <c r="G664" s="1" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H664" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="665" spans="1:8">
+      <c r="A665" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D665" t="s">
+        <v>683</v>
+      </c>
+      <c r="E665" t="s">
+        <v>684</v>
+      </c>
+      <c r="F665" t="s">
+        <v>53</v>
+      </c>
+      <c r="G665" s="1" t="s">
+        <v>2512</v>
+      </c>
+      <c r="H665" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="666" spans="1:8">
+      <c r="A666" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D666" t="s">
+        <v>683</v>
+      </c>
+      <c r="E666" t="s">
+        <v>684</v>
+      </c>
+      <c r="F666" t="s">
+        <v>35</v>
+      </c>
+      <c r="G666" s="1" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H666" t="s">
+        <v>2517</v>
+      </c>
+    </row>
+    <row r="667" spans="1:8">
+      <c r="A667" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D667" t="s">
+        <v>683</v>
+      </c>
+      <c r="E667" t="s">
+        <v>684</v>
+      </c>
+      <c r="F667" t="s">
+        <v>53</v>
+      </c>
+      <c r="G667" s="1" t="s">
+        <v>2520</v>
+      </c>
+      <c r="H667" t="s">
+        <v>2521</v>
+      </c>
+    </row>
+    <row r="668" spans="1:8">
+      <c r="A668" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D668" t="s">
+        <v>683</v>
+      </c>
+      <c r="E668" t="s">
+        <v>684</v>
+      </c>
+      <c r="F668" t="s">
+        <v>53</v>
+      </c>
+      <c r="G668" s="1" t="s">
+        <v>2524</v>
+      </c>
+      <c r="H668" t="s">
+        <v>2525</v>
+      </c>
+    </row>
+    <row r="669" spans="1:8">
+      <c r="A669" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D669" t="s">
+        <v>683</v>
+      </c>
+      <c r="E669" t="s">
+        <v>684</v>
+      </c>
+      <c r="F669" t="s">
+        <v>53</v>
+      </c>
+      <c r="G669" s="1" t="s">
+        <v>2528</v>
+      </c>
+      <c r="H669" t="s">
+        <v>2529</v>
+      </c>
+    </row>
+    <row r="670" spans="1:8">
+      <c r="A670" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D670" t="s">
+        <v>683</v>
+      </c>
+      <c r="E670" t="s">
+        <v>684</v>
+      </c>
+      <c r="F670" t="s">
+        <v>22</v>
+      </c>
+      <c r="G670" s="1" t="s">
+        <v>2532</v>
+      </c>
+      <c r="H670" t="s">
+        <v>2533</v>
+      </c>
+    </row>
+    <row r="671" spans="1:8">
+      <c r="A671" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D671" t="s">
+        <v>683</v>
+      </c>
+      <c r="E671" t="s">
+        <v>684</v>
+      </c>
+      <c r="F671" t="s">
+        <v>53</v>
+      </c>
+      <c r="G671" s="1" t="s">
+        <v>2536</v>
+      </c>
+      <c r="H671" t="s">
+        <v>2537</v>
+      </c>
+    </row>
+    <row r="672" spans="1:8">
+      <c r="A672" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D672" t="s">
+        <v>683</v>
+      </c>
+      <c r="E672" t="s">
+        <v>684</v>
+      </c>
+      <c r="F672" t="s">
+        <v>22</v>
+      </c>
+      <c r="G672" s="1" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H672" t="s">
+        <v>2541</v>
+      </c>
+    </row>
+    <row r="673" spans="1:8">
+      <c r="A673" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D673" t="s">
+        <v>683</v>
+      </c>
+      <c r="E673" t="s">
+        <v>684</v>
+      </c>
+      <c r="F673" t="s">
+        <v>53</v>
+      </c>
+      <c r="G673" s="1" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H673" t="s">
+        <v>2545</v>
+      </c>
+    </row>
+    <row r="674" spans="1:8">
+      <c r="A674" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D674" t="s">
+        <v>683</v>
+      </c>
+      <c r="E674" t="s">
+        <v>684</v>
+      </c>
+      <c r="F674" t="s">
+        <v>151</v>
+      </c>
+      <c r="G674" s="1" t="s">
+        <v>2548</v>
+      </c>
+      <c r="H674" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="675" spans="1:8">
+      <c r="A675" t="s">
+        <v>2549</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2550</v>
+      </c>
+      <c r="D675" t="s">
+        <v>683</v>
+      </c>
+      <c r="E675" t="s">
+        <v>684</v>
+      </c>
+      <c r="F675" t="s">
+        <v>22</v>
+      </c>
+      <c r="G675" s="1" t="s">
+        <v>2551</v>
+      </c>
+      <c r="H675" t="s">
+        <v>2552</v>
+      </c>
+    </row>
+    <row r="676" spans="1:8">
+      <c r="A676" t="s">
+        <v>2553</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>2554</v>
+      </c>
+      <c r="D676" t="s">
+        <v>683</v>
+      </c>
+      <c r="E676" t="s">
+        <v>684</v>
+      </c>
+      <c r="F676" t="s">
+        <v>141</v>
+      </c>
+      <c r="G676" s="1" t="s">
+        <v>2555</v>
+      </c>
+      <c r="H676" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="677" spans="1:8">
+      <c r="A677" t="s">
+        <v>2557</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2558</v>
+      </c>
+      <c r="D677" t="s">
+        <v>683</v>
+      </c>
+      <c r="E677" t="s">
+        <v>684</v>
+      </c>
+      <c r="F677" t="s">
+        <v>151</v>
+      </c>
+      <c r="G677" s="1" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H677" t="s">
+        <v>2560</v>
+      </c>
+    </row>
+    <row r="678" spans="1:8">
+      <c r="A678" t="s">
+        <v>2561</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2562</v>
+      </c>
+      <c r="D678" t="s">
+        <v>683</v>
+      </c>
+      <c r="E678" t="s">
+        <v>684</v>
+      </c>
+      <c r="F678" t="s">
+        <v>151</v>
+      </c>
+      <c r="G678" s="1" t="s">
+        <v>2563</v>
+      </c>
+      <c r="H678" t="s">
+        <v>2564</v>
+      </c>
+    </row>
+    <row r="679" spans="1:8">
+      <c r="A679" t="s">
+        <v>2565</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
+        <v>2566</v>
+      </c>
+      <c r="D679" t="s">
+        <v>683</v>
+      </c>
+      <c r="E679" t="s">
+        <v>684</v>
+      </c>
+      <c r="F679" t="s">
+        <v>151</v>
+      </c>
+      <c r="G679" s="1" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H679" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="680" spans="1:8">
+      <c r="A680" t="s">
+        <v>2569</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D680" t="s">
+        <v>683</v>
+      </c>
+      <c r="E680" t="s">
+        <v>684</v>
+      </c>
+      <c r="F680" t="s">
+        <v>151</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H680" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="681" spans="1:8">
+      <c r="A681" t="s">
+        <v>2572</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>2573</v>
+      </c>
+      <c r="D681" t="s">
+        <v>683</v>
+      </c>
+      <c r="E681" t="s">
+        <v>684</v>
+      </c>
+      <c r="F681" t="s">
+        <v>151</v>
+      </c>
+      <c r="G681" s="1" t="s">
+        <v>2574</v>
+      </c>
+      <c r="H681" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="682" spans="1:8">
+      <c r="A682" t="s">
+        <v>2575</v>
+      </c>
+      <c r="B682" t="s">
+        <v>9</v>
+      </c>
+      <c r="C682" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D682" t="s">
+        <v>683</v>
+      </c>
+      <c r="E682" t="s">
+        <v>684</v>
+      </c>
+      <c r="F682" t="s">
+        <v>151</v>
+      </c>
+      <c r="G682" s="1" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H682" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="683" spans="1:8">
+      <c r="A683" t="s">
+        <v>2579</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D683" t="s">
+        <v>683</v>
+      </c>
+      <c r="E683" t="s">
+        <v>684</v>
+      </c>
+      <c r="F683" t="s">
+        <v>151</v>
+      </c>
+      <c r="G683" s="1" t="s">
+        <v>2581</v>
+      </c>
+      <c r="H683" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="684" spans="1:8">
+      <c r="A684" t="s">
+        <v>2583</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2584</v>
+      </c>
+      <c r="D684" t="s">
+        <v>683</v>
+      </c>
+      <c r="E684" t="s">
+        <v>684</v>
+      </c>
+      <c r="F684" t="s">
+        <v>141</v>
+      </c>
+      <c r="G684" s="1" t="s">
+        <v>2585</v>
+      </c>
+      <c r="H684" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="685" spans="1:8">
+      <c r="A685" t="s">
+        <v>2587</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2588</v>
+      </c>
+      <c r="D685" t="s">
+        <v>683</v>
+      </c>
+      <c r="E685" t="s">
+        <v>684</v>
+      </c>
+      <c r="F685" t="s">
+        <v>122</v>
+      </c>
+      <c r="G685" s="1" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H685" t="s">
+        <v>2590</v>
+      </c>
+    </row>
+    <row r="686" spans="1:8">
+      <c r="A686" t="s">
+        <v>2591</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2592</v>
+      </c>
+      <c r="D686" t="s">
+        <v>683</v>
+      </c>
+      <c r="E686" t="s">
+        <v>684</v>
+      </c>
+      <c r="F686" t="s">
+        <v>122</v>
+      </c>
+      <c r="G686" s="1" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H686" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="687" spans="1:8">
+      <c r="A687" t="s">
+        <v>2595</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>10</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E687" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F687" t="s">
+        <v>13</v>
+      </c>
+      <c r="G687" s="1" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H687" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="688" spans="1:8">
+      <c r="A688" t="s">
+        <v>2600</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>17</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F688" t="s">
+        <v>13</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H688" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="689" spans="1:8">
+      <c r="A689" t="s">
+        <v>2603</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>21</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F689" t="s">
+        <v>13</v>
+      </c>
+      <c r="G689" s="1" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H689" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="690" spans="1:8">
+      <c r="A690" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>26</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E690" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F690" t="s">
+        <v>40</v>
+      </c>
+      <c r="G690" s="1" t="s">
+        <v>2607</v>
+      </c>
+      <c r="H690" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="691" spans="1:8">
+      <c r="A691" t="s">
+        <v>2609</v>
+      </c>
+      <c r="B691" t="s">
+        <v>9</v>
+      </c>
+      <c r="C691" t="s">
+        <v>30</v>
+      </c>
+      <c r="D691" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E691" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F691" t="s">
+        <v>13</v>
+      </c>
+      <c r="G691" s="1" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H691" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="692" spans="1:8">
+      <c r="A692" t="s">
+        <v>2612</v>
+      </c>
+      <c r="B692" t="s">
+        <v>9</v>
+      </c>
+      <c r="C692" t="s">
+        <v>34</v>
+      </c>
+      <c r="D692" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E692" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F692" t="s">
+        <v>13</v>
+      </c>
+      <c r="G692" s="1" t="s">
+        <v>2613</v>
+      </c>
+      <c r="H692" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="693" spans="1:8">
+      <c r="A693" t="s">
+        <v>2615</v>
+      </c>
+      <c r="B693" t="s">
+        <v>9</v>
+      </c>
+      <c r="C693" t="s">
+        <v>39</v>
+      </c>
+      <c r="D693" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E693" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F693" t="s">
+        <v>22</v>
+      </c>
+      <c r="G693" s="1" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H693" t="s">
+        <v>2617</v>
+      </c>
+    </row>
+    <row r="694" spans="1:8">
+      <c r="A694" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>44</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F694" t="s">
+        <v>167</v>
+      </c>
+      <c r="G694" s="1" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H694" t="s">
+        <v>2620</v>
+      </c>
+    </row>
+    <row r="695" spans="1:8">
+      <c r="A695" t="s">
+        <v>2621</v>
+      </c>
+      <c r="B695" t="s">
+        <v>9</v>
+      </c>
+      <c r="C695" t="s">
+        <v>48</v>
+      </c>
+      <c r="D695" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E695" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F695" t="s">
+        <v>167</v>
+      </c>
+      <c r="G695" s="1" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H695" t="s">
+        <v>2623</v>
+      </c>
+    </row>
+    <row r="696" spans="1:8">
+      <c r="A696" t="s">
+        <v>2624</v>
+      </c>
+      <c r="B696" t="s">
+        <v>9</v>
+      </c>
+      <c r="C696" t="s">
+        <v>52</v>
+      </c>
+      <c r="D696" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E696" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F696" t="s">
+        <v>22</v>
+      </c>
+      <c r="G696" s="1" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H696" t="s">
+        <v>2626</v>
+      </c>
+    </row>
+    <row r="697" spans="1:8">
+      <c r="A697" t="s">
+        <v>2627</v>
+      </c>
+      <c r="B697" t="s">
+        <v>9</v>
+      </c>
+      <c r="C697" t="s">
+        <v>57</v>
+      </c>
+      <c r="D697" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E697" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F697" t="s">
+        <v>141</v>
+      </c>
+      <c r="G697" s="1" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H697" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="698" spans="1:8">
+      <c r="A698" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B698" t="s">
+        <v>9</v>
+      </c>
+      <c r="C698" t="s">
+        <v>61</v>
+      </c>
+      <c r="D698" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E698" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F698" t="s">
+        <v>13</v>
+      </c>
+      <c r="G698" s="1" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H698" t="s">
+        <v>2632</v>
+      </c>
+    </row>
+    <row r="699" spans="1:8">
+      <c r="A699" t="s">
+        <v>2633</v>
+      </c>
+      <c r="B699" t="s">
+        <v>9</v>
+      </c>
+      <c r="C699" t="s">
+        <v>66</v>
+      </c>
+      <c r="D699" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E699" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F699" t="s">
+        <v>40</v>
+      </c>
+      <c r="G699" s="1" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H699" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="700" spans="1:8">
+      <c r="A700" t="s">
+        <v>2636</v>
+      </c>
+      <c r="B700" t="s">
+        <v>9</v>
+      </c>
+      <c r="C700" t="s">
+        <v>70</v>
+      </c>
+      <c r="D700" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E700" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F700" t="s">
+        <v>551</v>
+      </c>
+      <c r="G700" s="1" t="s">
+        <v>2637</v>
+      </c>
+      <c r="H700" t="s">
+        <v>2638</v>
+      </c>
+    </row>
+    <row r="701" spans="1:8">
+      <c r="A701" t="s">
+        <v>2639</v>
+      </c>
+      <c r="B701" t="s">
+        <v>9</v>
+      </c>
+      <c r="C701" t="s">
+        <v>74</v>
+      </c>
+      <c r="D701" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E701" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F701" t="s">
+        <v>530</v>
+      </c>
+      <c r="G701" s="1" t="s">
+        <v>2640</v>
+      </c>
+      <c r="H701" t="s">
+        <v>2641</v>
+      </c>
+    </row>
+    <row r="702" spans="1:8">
+      <c r="A702" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B702" t="s">
+        <v>9</v>
+      </c>
+      <c r="C702" t="s">
+        <v>78</v>
+      </c>
+      <c r="D702" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E702" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F702" t="s">
+        <v>167</v>
+      </c>
+      <c r="G702" s="1" t="s">
+        <v>2643</v>
+      </c>
+      <c r="H702" t="s">
+        <v>2644</v>
+      </c>
+    </row>
+    <row r="703" spans="1:8">
+      <c r="A703" t="s">
+        <v>2645</v>
+      </c>
+      <c r="B703" t="s">
+        <v>9</v>
+      </c>
+      <c r="C703" t="s">
+        <v>330</v>
+      </c>
+      <c r="D703" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E703" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F703" t="s">
+        <v>141</v>
+      </c>
+      <c r="G703" s="1" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H703" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="704" spans="1:8">
+      <c r="A704" t="s">
+        <v>2648</v>
+      </c>
+      <c r="B704" t="s">
+        <v>9</v>
+      </c>
+      <c r="C704" t="s">
+        <v>174</v>
+      </c>
+      <c r="D704" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E704" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F704" t="s">
+        <v>22</v>
+      </c>
+      <c r="G704" s="1" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H704" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="705" spans="1:8">
+      <c r="A705" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B705" t="s">
+        <v>9</v>
+      </c>
+      <c r="C705" t="s">
+        <v>178</v>
+      </c>
+      <c r="D705" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E705" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F705" t="s">
+        <v>22</v>
+      </c>
+      <c r="G705" s="1" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H705" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="706" spans="1:8">
+      <c r="A706" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B706" t="s">
+        <v>9</v>
+      </c>
+      <c r="C706" t="s">
+        <v>182</v>
+      </c>
+      <c r="D706" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E706" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F706" t="s">
+        <v>551</v>
+      </c>
+      <c r="G706" s="1" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H706" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="707" spans="1:8">
+      <c r="A707" t="s">
+        <v>2657</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>186</v>
+      </c>
+      <c r="D707" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E707" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F707" t="s">
+        <v>22</v>
+      </c>
+      <c r="G707" s="1" t="s">
+        <v>2658</v>
+      </c>
+      <c r="H707" t="s">
+        <v>2659</v>
+      </c>
+    </row>
+    <row r="708" spans="1:8">
+      <c r="A708" t="s">
+        <v>2660</v>
+      </c>
+      <c r="B708" t="s">
+        <v>9</v>
+      </c>
+      <c r="C708" t="s">
+        <v>190</v>
+      </c>
+      <c r="D708" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E708" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F708" t="s">
+        <v>62</v>
+      </c>
+      <c r="G708" s="1" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H708" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="709" spans="1:8">
+      <c r="A709" t="s">
+        <v>2663</v>
+      </c>
+      <c r="B709" t="s">
+        <v>9</v>
+      </c>
+      <c r="C709" t="s">
+        <v>194</v>
+      </c>
+      <c r="D709" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E709" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F709" t="s">
+        <v>22</v>
+      </c>
+      <c r="G709" s="1" t="s">
+        <v>2664</v>
+      </c>
+      <c r="H709" t="s">
+        <v>2665</v>
+      </c>
+    </row>
+    <row r="710" spans="1:8">
+      <c r="A710" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B710" t="s">
+        <v>9</v>
+      </c>
+      <c r="C710" t="s">
+        <v>198</v>
+      </c>
+      <c r="D710" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E710" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F710" t="s">
+        <v>22</v>
+      </c>
+      <c r="G710" s="1" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H710" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="711" spans="1:8">
+      <c r="A711" t="s">
+        <v>2669</v>
+      </c>
+      <c r="B711" t="s">
+        <v>9</v>
+      </c>
+      <c r="C711" t="s">
+        <v>202</v>
+      </c>
+      <c r="D711" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E711" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F711" t="s">
+        <v>22</v>
+      </c>
+      <c r="G711" s="1" t="s">
+        <v>2670</v>
+      </c>
+      <c r="H711" t="s">
+        <v>2671</v>
+      </c>
+    </row>
+    <row r="712" spans="1:8">
+      <c r="A712" t="s">
+        <v>2672</v>
+      </c>
+      <c r="B712" t="s">
+        <v>9</v>
+      </c>
+      <c r="C712" t="s">
+        <v>206</v>
+      </c>
+      <c r="D712" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E712" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F712" t="s">
+        <v>22</v>
+      </c>
+      <c r="G712" s="1" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H712" t="s">
+        <v>2674</v>
+      </c>
+    </row>
+    <row r="713" spans="1:8">
+      <c r="A713" t="s">
+        <v>2675</v>
+      </c>
+      <c r="B713" t="s">
+        <v>9</v>
+      </c>
+      <c r="C713" t="s">
+        <v>210</v>
+      </c>
+      <c r="D713" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E713" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F713" t="s">
+        <v>13</v>
+      </c>
+      <c r="G713" s="1" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H713" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="714" spans="1:8">
+      <c r="A714" t="s">
+        <v>2678</v>
+      </c>
+      <c r="B714" t="s">
+        <v>9</v>
+      </c>
+      <c r="C714" t="s">
+        <v>214</v>
+      </c>
+      <c r="D714" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E714" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F714" t="s">
+        <v>13</v>
+      </c>
+      <c r="G714" s="1" t="s">
+        <v>2679</v>
+      </c>
+      <c r="H714" t="s">
+        <v>2680</v>
+      </c>
+    </row>
+    <row r="715" spans="1:8">
+      <c r="A715" t="s">
+        <v>2681</v>
+      </c>
+      <c r="B715" t="s">
+        <v>9</v>
+      </c>
+      <c r="C715" t="s">
+        <v>218</v>
+      </c>
+      <c r="D715" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E715" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F715" t="s">
+        <v>141</v>
+      </c>
+      <c r="G715" s="1" t="s">
+        <v>2682</v>
+      </c>
+      <c r="H715" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="716" spans="1:8">
+      <c r="A716" t="s">
+        <v>2684</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>222</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F716" t="s">
+        <v>40</v>
+      </c>
+      <c r="G716" s="1" t="s">
+        <v>2685</v>
+      </c>
+      <c r="H716" t="s">
+        <v>2686</v>
+      </c>
+    </row>
+    <row r="717" spans="1:8">
+      <c r="A717" t="s">
+        <v>2687</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>226</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F717" t="s">
+        <v>40</v>
+      </c>
+      <c r="G717" s="1" t="s">
+        <v>2688</v>
+      </c>
+      <c r="H717" t="s">
+        <v>2689</v>
+      </c>
+    </row>
+    <row r="718" spans="1:8">
+      <c r="A718" t="s">
+        <v>2690</v>
+      </c>
+      <c r="B718" t="s">
+        <v>9</v>
+      </c>
+      <c r="C718" t="s">
+        <v>230</v>
+      </c>
+      <c r="D718" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E718" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F718" t="s">
+        <v>22</v>
+      </c>
+      <c r="G718" s="1" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H718" t="s">
+        <v>2692</v>
+      </c>
+    </row>
+    <row r="719" spans="1:8">
+      <c r="A719" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B719" t="s">
+        <v>9</v>
+      </c>
+      <c r="C719" t="s">
+        <v>234</v>
+      </c>
+      <c r="D719" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E719" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F719" t="s">
+        <v>22</v>
+      </c>
+      <c r="G719" s="1" t="s">
+        <v>2694</v>
+      </c>
+      <c r="H719" t="s">
+        <v>2695</v>
+      </c>
+    </row>
+    <row r="720" spans="1:8">
+      <c r="A720" t="s">
+        <v>2696</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>238</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2596</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F720" t="s">
+        <v>13</v>
+      </c>
+      <c r="G720" s="1" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H720" t="s">
+        <v>2698</v>
+      </c>
+    </row>
+    <row r="721" spans="1:8">
+      <c r="A721" t="s">
+        <v>2699</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>10</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G721" s="1" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H721" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="722" spans="1:8">
+      <c r="A722" t="s">
+        <v>2703</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>17</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G722" s="1" t="s">
+        <v>2704</v>
+      </c>
+      <c r="H722" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="723" spans="1:8">
+      <c r="A723" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>21</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G723" s="1" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H723" t="s">
+        <v>2707</v>
+      </c>
+    </row>
+    <row r="724" spans="1:8">
+      <c r="A724" t="s">
+        <v>2708</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>26</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2701</v>
+      </c>
+      <c r="F724" t="s">
+        <v>2709</v>
+      </c>
+      <c r="G724" s="1" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H724" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="725" spans="1:8">
+      <c r="A725" t="s">
+        <v>2711</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>30</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G725" s="1" t="s">
+        <v>2712</v>
+      </c>
+      <c r="H725" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="726" spans="1:8">
+      <c r="A726" t="s">
+        <v>2713</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>34</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2700</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2701</v>
+      </c>
+      <c r="G726" s="1" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H726" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="727" spans="1:8">
+      <c r="A727" t="s">
+        <v>2715</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>10</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F727" t="s">
+        <v>89</v>
+      </c>
+      <c r="G727" s="1" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H727" t="s">
+        <v>2719</v>
+      </c>
+    </row>
+    <row r="728" spans="1:8">
+      <c r="A728" t="s">
+        <v>2720</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>17</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F728" t="s">
+        <v>89</v>
+      </c>
+      <c r="G728" s="1" t="s">
+        <v>2721</v>
+      </c>
+      <c r="H728" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="729" spans="1:8">
+      <c r="A729" t="s">
+        <v>2723</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>21</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F729" t="s">
+        <v>89</v>
+      </c>
+      <c r="G729" s="1" t="s">
+        <v>2724</v>
+      </c>
+      <c r="H729" t="s">
+        <v>2725</v>
+      </c>
+    </row>
+    <row r="730" spans="1:8">
+      <c r="A730" t="s">
+        <v>2726</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>26</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F730" t="s">
+        <v>89</v>
+      </c>
+      <c r="G730" s="1" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H730" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="731" spans="1:8">
+      <c r="A731" t="s">
+        <v>2729</v>
+      </c>
+      <c r="B731" t="s">
+        <v>9</v>
+      </c>
+      <c r="C731" t="s">
+        <v>30</v>
+      </c>
+      <c r="D731" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E731" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F731" t="s">
+        <v>2730</v>
+      </c>
+      <c r="G731" s="1" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H731" t="s">
+        <v>2732</v>
+      </c>
+    </row>
+    <row r="732" spans="1:8">
+      <c r="A732" t="s">
+        <v>2733</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>34</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F732" t="s">
+        <v>2734</v>
+      </c>
+      <c r="G732" s="1" t="s">
+        <v>2735</v>
+      </c>
+      <c r="H732" t="s">
+        <v>2736</v>
+      </c>
+    </row>
+    <row r="733" spans="1:8">
+      <c r="A733" t="s">
+        <v>2737</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>39</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F733" t="s">
+        <v>89</v>
+      </c>
+      <c r="G733" s="1" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H733" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="734" spans="1:8">
+      <c r="A734" t="s">
+        <v>2740</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>44</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F734" t="s">
+        <v>2730</v>
+      </c>
+      <c r="G734" s="1" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H734" t="s">
+        <v>2742</v>
+      </c>
+    </row>
+    <row r="735" spans="1:8">
+      <c r="A735" t="s">
+        <v>2743</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>48</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F735" t="s">
+        <v>89</v>
+      </c>
+      <c r="G735" s="1" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H735" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="736" spans="1:8">
+      <c r="A736" t="s">
+        <v>2746</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>52</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F736" t="s">
+        <v>89</v>
+      </c>
+      <c r="G736" s="1" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H736" t="s">
+        <v>2748</v>
+      </c>
+    </row>
+    <row r="737" spans="1:8">
+      <c r="A737" t="s">
+        <v>2749</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>57</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F737" t="s">
+        <v>89</v>
+      </c>
+      <c r="G737" s="1" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H737" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="738" spans="1:8">
+      <c r="A738" t="s">
+        <v>2752</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>61</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F738" t="s">
+        <v>2734</v>
+      </c>
+      <c r="G738" s="1" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H738" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="739" spans="1:8">
+      <c r="A739" t="s">
+        <v>2755</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>66</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F739" t="s">
+        <v>89</v>
+      </c>
+      <c r="G739" s="1" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H739" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="740" spans="1:8">
+      <c r="A740" t="s">
+        <v>2758</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>70</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F740" t="s">
+        <v>89</v>
+      </c>
+      <c r="G740" s="1" t="s">
+        <v>2759</v>
+      </c>
+      <c r="H740" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="741" spans="1:8">
+      <c r="A741" t="s">
+        <v>2761</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>74</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F741" t="s">
+        <v>89</v>
+      </c>
+      <c r="G741" s="1" t="s">
+        <v>2762</v>
+      </c>
+      <c r="H741" t="s">
+        <v>2763</v>
+      </c>
+    </row>
+    <row r="742" spans="1:8">
+      <c r="A742" t="s">
+        <v>2764</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
+        <v>78</v>
+      </c>
+      <c r="D742" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F742" t="s">
+        <v>89</v>
+      </c>
+      <c r="G742" s="1" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H742" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="743" spans="1:8">
+      <c r="A743" t="s">
+        <v>2767</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
+        <v>330</v>
+      </c>
+      <c r="D743" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F743" t="s">
+        <v>89</v>
+      </c>
+      <c r="G743" s="1" t="s">
+        <v>2768</v>
+      </c>
+      <c r="H743" t="s">
+        <v>2769</v>
+      </c>
+    </row>
+    <row r="744" spans="1:8">
+      <c r="A744" t="s">
+        <v>2770</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>174</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F744" t="s">
+        <v>89</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>2771</v>
+      </c>
+      <c r="H744" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="745" spans="1:8">
+      <c r="A745" t="s">
+        <v>2773</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>178</v>
+      </c>
+      <c r="D745" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E745" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F745" t="s">
+        <v>2774</v>
+      </c>
+      <c r="G745" s="1" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H745" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="746" spans="1:8">
+      <c r="A746" t="s">
+        <v>2777</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>182</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F746" t="s">
+        <v>89</v>
+      </c>
+      <c r="G746" s="1" t="s">
+        <v>2778</v>
+      </c>
+      <c r="H746" t="s">
+        <v>2779</v>
+      </c>
+    </row>
+    <row r="747" spans="1:8">
+      <c r="A747" t="s">
+        <v>2780</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>186</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F747" t="s">
+        <v>89</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H747" t="s">
+        <v>2782</v>
+      </c>
+    </row>
+    <row r="748" spans="1:8">
+      <c r="A748" t="s">
+        <v>2783</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>190</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F748" t="s">
+        <v>89</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2784</v>
+      </c>
+      <c r="H748" t="s">
+        <v>2785</v>
+      </c>
+    </row>
+    <row r="749" spans="1:8">
+      <c r="A749" t="s">
+        <v>2786</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>194</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E749" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F749" t="s">
+        <v>89</v>
+      </c>
+      <c r="G749" s="1" t="s">
+        <v>2787</v>
+      </c>
+      <c r="H749" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="750" spans="1:8">
+      <c r="A750" t="s">
+        <v>2789</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>198</v>
+      </c>
+      <c r="D750" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E750" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F750" t="s">
+        <v>89</v>
+      </c>
+      <c r="G750" s="1" t="s">
+        <v>2790</v>
+      </c>
+      <c r="H750" t="s">
+        <v>2791</v>
+      </c>
+    </row>
+    <row r="751" spans="1:8">
+      <c r="A751" t="s">
+        <v>2792</v>
+      </c>
+      <c r="B751" t="s">
+        <v>9</v>
+      </c>
+      <c r="C751" t="s">
+        <v>202</v>
+      </c>
+      <c r="D751" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E751" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F751" t="s">
+        <v>89</v>
+      </c>
+      <c r="G751" s="1" t="s">
+        <v>2793</v>
+      </c>
+      <c r="H751" t="s">
+        <v>2794</v>
+      </c>
+    </row>
+    <row r="752" spans="1:8">
+      <c r="A752" t="s">
+        <v>2795</v>
+      </c>
+      <c r="B752" t="s">
+        <v>9</v>
+      </c>
+      <c r="C752" t="s">
+        <v>206</v>
+      </c>
+      <c r="D752" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F752" t="s">
+        <v>89</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>2796</v>
+      </c>
+      <c r="H752" t="s">
+        <v>2797</v>
+      </c>
+    </row>
+    <row r="753" spans="1:8">
+      <c r="A753" t="s">
+        <v>2798</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>210</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F753" t="s">
+        <v>89</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2799</v>
+      </c>
+      <c r="H753" t="s">
+        <v>2800</v>
+      </c>
+    </row>
+    <row r="754" spans="1:8">
+      <c r="A754" t="s">
+        <v>2801</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>214</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F754" t="s">
+        <v>89</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2802</v>
+      </c>
+      <c r="H754" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="755" spans="1:8">
+      <c r="A755" t="s">
+        <v>2804</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>218</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E755" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F755" t="s">
+        <v>89</v>
+      </c>
+      <c r="G755" s="1" t="s">
+        <v>2805</v>
+      </c>
+      <c r="H755" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="756" spans="1:8">
+      <c r="A756" t="s">
+        <v>2807</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
+        <v>222</v>
+      </c>
+      <c r="D756" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F756" t="s">
+        <v>89</v>
+      </c>
+      <c r="G756" s="1" t="s">
+        <v>2808</v>
+      </c>
+      <c r="H756" t="s">
+        <v>2809</v>
+      </c>
+    </row>
+    <row r="757" spans="1:8">
+      <c r="A757" t="s">
+        <v>2810</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
+        <v>226</v>
+      </c>
+      <c r="D757" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F757" t="s">
+        <v>89</v>
+      </c>
+      <c r="G757" s="1" t="s">
+        <v>2811</v>
+      </c>
+      <c r="H757" t="s">
+        <v>2812</v>
+      </c>
+    </row>
+    <row r="758" spans="1:8">
+      <c r="A758" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
+        <v>230</v>
+      </c>
+      <c r="D758" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F758" t="s">
+        <v>89</v>
+      </c>
+      <c r="G758" s="1" t="s">
+        <v>2814</v>
+      </c>
+      <c r="H758" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="759" spans="1:8">
+      <c r="A759" t="s">
+        <v>2816</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
+        <v>234</v>
+      </c>
+      <c r="D759" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F759" t="s">
+        <v>89</v>
+      </c>
+      <c r="G759" s="1" t="s">
+        <v>2817</v>
+      </c>
+      <c r="H759" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="760" spans="1:8">
+      <c r="A760" t="s">
+        <v>2819</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
+        <v>238</v>
+      </c>
+      <c r="D760" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F760" t="s">
+        <v>89</v>
+      </c>
+      <c r="G760" s="1" t="s">
+        <v>2820</v>
+      </c>
+      <c r="H760" t="s">
+        <v>2821</v>
+      </c>
+    </row>
+    <row r="761" spans="1:8">
+      <c r="A761" t="s">
+        <v>2822</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
+        <v>242</v>
+      </c>
+      <c r="D761" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F761" t="s">
+        <v>89</v>
+      </c>
+      <c r="G761" s="1" t="s">
+        <v>2823</v>
+      </c>
+      <c r="H761" t="s">
+        <v>2824</v>
+      </c>
+    </row>
+    <row r="762" spans="1:8">
+      <c r="A762" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
+        <v>389</v>
+      </c>
+      <c r="D762" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F762" t="s">
+        <v>89</v>
+      </c>
+      <c r="G762" s="1" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H762" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="763" spans="1:8">
+      <c r="A763" t="s">
+        <v>2828</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
+        <v>501</v>
+      </c>
+      <c r="D763" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2717</v>
+      </c>
+      <c r="G763" s="1" t="s">
+        <v>314</v>
+      </c>
+      <c r="H763" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="764" spans="1:8">
+      <c r="A764" t="s">
+        <v>2830</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
+        <v>505</v>
+      </c>
+      <c r="D764" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2734</v>
+      </c>
+      <c r="G764" s="1" t="s">
+        <v>2831</v>
+      </c>
+      <c r="H764" t="s">
+        <v>2832</v>
+      </c>
+    </row>
+    <row r="765" spans="1:8">
+      <c r="A765" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
+        <v>509</v>
+      </c>
+      <c r="D765" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F765" t="s">
+        <v>89</v>
+      </c>
+      <c r="G765" s="1" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H765" t="s">
+        <v>2835</v>
+      </c>
+    </row>
+    <row r="766" spans="1:8">
+      <c r="A766" t="s">
+        <v>2836</v>
+      </c>
+      <c r="B766" t="s">
+        <v>9</v>
+      </c>
+      <c r="C766" t="s">
+        <v>513</v>
+      </c>
+      <c r="D766" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E766" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F766" t="s">
+        <v>89</v>
+      </c>
+      <c r="G766" s="1" t="s">
+        <v>2837</v>
+      </c>
+      <c r="H766" t="s">
+        <v>2838</v>
+      </c>
+    </row>
+    <row r="767" spans="1:8">
+      <c r="A767" t="s">
+        <v>2839</v>
+      </c>
+      <c r="B767" t="s">
+        <v>9</v>
+      </c>
+      <c r="C767" t="s">
+        <v>517</v>
+      </c>
+      <c r="D767" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E767" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F767" t="s">
+        <v>89</v>
+      </c>
+      <c r="G767" s="1" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H767" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="768" spans="1:8">
+      <c r="A768" t="s">
+        <v>2842</v>
+      </c>
+      <c r="B768" t="s">
+        <v>9</v>
+      </c>
+      <c r="C768" t="s">
+        <v>521</v>
+      </c>
+      <c r="D768" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E768" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F768" t="s">
+        <v>89</v>
+      </c>
+      <c r="G768" s="1" t="s">
+        <v>2843</v>
+      </c>
+      <c r="H768" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="769" spans="1:8">
+      <c r="A769" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>525</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F769" t="s">
+        <v>89</v>
+      </c>
+      <c r="G769" s="1" t="s">
+        <v>2846</v>
+      </c>
+      <c r="H769" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="770" spans="1:8">
+      <c r="A770" t="s">
+        <v>2848</v>
+      </c>
+      <c r="B770" t="s">
+        <v>9</v>
+      </c>
+      <c r="C770" t="s">
+        <v>529</v>
+      </c>
+      <c r="D770" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E770" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F770" t="s">
+        <v>89</v>
+      </c>
+      <c r="G770" s="1" t="s">
+        <v>2849</v>
+      </c>
+      <c r="H770" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="771" spans="1:8">
+      <c r="A771" t="s">
+        <v>2851</v>
+      </c>
+      <c r="B771" t="s">
+        <v>9</v>
+      </c>
+      <c r="C771" t="s">
+        <v>534</v>
+      </c>
+      <c r="D771" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E771" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F771" t="s">
+        <v>89</v>
+      </c>
+      <c r="G771" s="1" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H771" t="s">
+        <v>2853</v>
+      </c>
+    </row>
+    <row r="772" spans="1:8">
+      <c r="A772" t="s">
+        <v>2854</v>
+      </c>
+      <c r="B772" t="s">
+        <v>9</v>
+      </c>
+      <c r="C772" t="s">
+        <v>538</v>
+      </c>
+      <c r="D772" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E772" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F772" t="s">
+        <v>89</v>
+      </c>
+      <c r="G772" s="1" t="s">
+        <v>2855</v>
+      </c>
+      <c r="H772" t="s">
+        <v>2856</v>
+      </c>
+    </row>
+    <row r="773" spans="1:8">
+      <c r="A773" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B773" t="s">
+        <v>9</v>
+      </c>
+      <c r="C773" t="s">
+        <v>542</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F773" t="s">
+        <v>89</v>
+      </c>
+      <c r="G773" s="1" t="s">
+        <v>2858</v>
+      </c>
+      <c r="H773" t="s">
+        <v>2859</v>
+      </c>
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
+        <v>2860</v>
+      </c>
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>546</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F774" t="s">
+        <v>89</v>
+      </c>
+      <c r="G774" s="1" t="s">
+        <v>2861</v>
+      </c>
+      <c r="H774" t="s">
+        <v>2862</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>2863</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>550</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F775" t="s">
+        <v>89</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H775" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>2866</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>555</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F776" t="s">
+        <v>89</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H776" t="s">
+        <v>2868</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>559</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F777" t="s">
+        <v>89</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H777" t="s">
+        <v>2871</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>2872</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>563</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F778" t="s">
+        <v>89</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>2873</v>
+      </c>
+      <c r="H778" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>2875</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>567</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2716</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2717</v>
+      </c>
+      <c r="F779" t="s">
+        <v>2734</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>2876</v>
+      </c>
+      <c r="H779" t="s">
+        <v>2877</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>10</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>2881</v>
+      </c>
+      <c r="H780" t="s">
+        <v>2882</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>2883</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>17</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>2884</v>
+      </c>
+      <c r="H781" t="s">
+        <v>2885</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>2886</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>21</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H782" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>26</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>2890</v>
+      </c>
+      <c r="H783" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>2892</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>30</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>2893</v>
+      </c>
+      <c r="H784" t="s">
+        <v>2894</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>2895</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>34</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>2896</v>
+      </c>
+      <c r="H785" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>2898</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>39</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>2899</v>
+      </c>
+      <c r="H786" t="s">
+        <v>2900</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>44</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H787" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>2904</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>48</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>2905</v>
+      </c>
+      <c r="H788" t="s">
+        <v>2906</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>2907</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>52</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>2908</v>
+      </c>
+      <c r="H789" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>2910</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>57</v>
+      </c>
+      <c r="D790" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E790" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>2911</v>
+      </c>
+      <c r="H790" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>61</v>
+      </c>
+      <c r="D791" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E791" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H791" t="s">
+        <v>2915</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>2916</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>66</v>
+      </c>
+      <c r="D792" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E792" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G792" s="1" t="s">
+        <v>2917</v>
+      </c>
+      <c r="H792" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="793" spans="1:8">
+      <c r="A793" t="s">
+        <v>2919</v>
+      </c>
+      <c r="B793" t="s">
+        <v>9</v>
+      </c>
+      <c r="C793" t="s">
+        <v>70</v>
+      </c>
+      <c r="D793" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E793" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G793" s="1" t="s">
+        <v>2920</v>
+      </c>
+      <c r="H793" t="s">
+        <v>2921</v>
+      </c>
+    </row>
+    <row r="794" spans="1:8">
+      <c r="A794" t="s">
+        <v>2922</v>
+      </c>
+      <c r="B794" t="s">
+        <v>9</v>
+      </c>
+      <c r="C794" t="s">
+        <v>74</v>
+      </c>
+      <c r="D794" t="s">
+        <v>2879</v>
+      </c>
+      <c r="E794" t="s">
+        <v>2880</v>
+      </c>
+      <c r="G794" s="1" t="s">
+        <v>2923</v>
+      </c>
+      <c r="H794" t="s">
+        <v>2924</v>
+      </c>
+    </row>
+    <row r="795" spans="1:8">
+      <c r="A795" t="s">
+        <v>2925</v>
+      </c>
+      <c r="B795" t="s">
+        <v>9</v>
+      </c>
+      <c r="C795" t="s">
+        <v>10</v>
+      </c>
+      <c r="D795" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E795" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G795" s="1" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H795" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="796" spans="1:8">
+      <c r="A796" t="s">
+        <v>2930</v>
+      </c>
+      <c r="B796" t="s">
+        <v>9</v>
+      </c>
+      <c r="C796" t="s">
+        <v>17</v>
+      </c>
+      <c r="D796" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E796" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G796" s="1" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H796" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="797" spans="1:8">
+      <c r="A797" t="s">
+        <v>2933</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>21</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G797" s="1" t="s">
+        <v>2934</v>
+      </c>
+      <c r="H797" t="s">
+        <v>2935</v>
+      </c>
+    </row>
+    <row r="798" spans="1:8">
+      <c r="A798" t="s">
+        <v>2936</v>
+      </c>
+      <c r="B798" t="s">
+        <v>9</v>
+      </c>
+      <c r="C798" t="s">
+        <v>26</v>
+      </c>
+      <c r="D798" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E798" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G798" s="1" t="s">
+        <v>2937</v>
+      </c>
+      <c r="H798" t="s">
+        <v>2938</v>
+      </c>
+    </row>
+    <row r="799" spans="1:8">
+      <c r="A799" t="s">
+        <v>2939</v>
+      </c>
+      <c r="B799" t="s">
+        <v>9</v>
+      </c>
+      <c r="C799" t="s">
+        <v>30</v>
+      </c>
+      <c r="D799" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E799" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G799" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H799" t="s">
+        <v>2941</v>
+      </c>
+    </row>
+    <row r="800" spans="1:8">
+      <c r="A800" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B800" t="s">
+        <v>9</v>
+      </c>
+      <c r="C800" t="s">
+        <v>34</v>
+      </c>
+      <c r="D800" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E800" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G800" s="1" t="s">
+        <v>2943</v>
+      </c>
+      <c r="H800" t="s">
+        <v>2944</v>
+      </c>
+    </row>
+    <row r="801" spans="1:8">
+      <c r="A801" t="s">
+        <v>2945</v>
+      </c>
+      <c r="B801" t="s">
+        <v>9</v>
+      </c>
+      <c r="C801" t="s">
+        <v>39</v>
+      </c>
+      <c r="D801" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E801" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G801" s="1" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H801" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="802" spans="1:8">
+      <c r="A802" t="s">
+        <v>2948</v>
+      </c>
+      <c r="B802" t="s">
+        <v>9</v>
+      </c>
+      <c r="C802" t="s">
+        <v>44</v>
+      </c>
+      <c r="D802" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E802" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G802" s="1" t="s">
+        <v>2949</v>
+      </c>
+      <c r="H802" t="s">
+        <v>2950</v>
+      </c>
+    </row>
+    <row r="803" spans="1:8">
+      <c r="A803" t="s">
+        <v>2951</v>
+      </c>
+      <c r="B803" t="s">
+        <v>9</v>
+      </c>
+      <c r="C803" t="s">
+        <v>48</v>
+      </c>
+      <c r="D803" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E803" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G803" s="1" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H803" t="s">
+        <v>2953</v>
+      </c>
+    </row>
+    <row r="804" spans="1:8">
+      <c r="A804" t="s">
+        <v>2954</v>
+      </c>
+      <c r="B804" t="s">
+        <v>9</v>
+      </c>
+      <c r="C804" t="s">
+        <v>52</v>
+      </c>
+      <c r="D804" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E804" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G804" s="1" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H804" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="805" spans="1:8">
+      <c r="A805" t="s">
+        <v>2957</v>
+      </c>
+      <c r="B805" t="s">
+        <v>9</v>
+      </c>
+      <c r="C805" t="s">
+        <v>57</v>
+      </c>
+      <c r="D805" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E805" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G805" s="1" t="s">
+        <v>2958</v>
+      </c>
+      <c r="H805" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="806" spans="1:8">
+      <c r="A806" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B806" t="s">
+        <v>9</v>
+      </c>
+      <c r="C806" t="s">
+        <v>61</v>
+      </c>
+      <c r="D806" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E806" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G806" s="1" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H806" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="807" spans="1:8">
+      <c r="A807" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B807" t="s">
+        <v>9</v>
+      </c>
+      <c r="C807" t="s">
+        <v>66</v>
+      </c>
+      <c r="D807" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E807" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G807" s="1" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H807" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="808" spans="1:8">
+      <c r="A808" t="s">
+        <v>2966</v>
+      </c>
+      <c r="B808" t="s">
+        <v>9</v>
+      </c>
+      <c r="C808" t="s">
+        <v>70</v>
+      </c>
+      <c r="D808" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E808" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G808" s="1" t="s">
+        <v>2967</v>
+      </c>
+      <c r="H808" t="s">
+        <v>2968</v>
+      </c>
+    </row>
+    <row r="809" spans="1:8">
+      <c r="A809" t="s">
+        <v>2969</v>
+      </c>
+      <c r="B809" t="s">
+        <v>9</v>
+      </c>
+      <c r="C809" t="s">
+        <v>74</v>
+      </c>
+      <c r="D809" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E809" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G809" s="1" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H809" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="810" spans="1:8">
+      <c r="A810" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B810" t="s">
+        <v>9</v>
+      </c>
+      <c r="C810" t="s">
+        <v>78</v>
+      </c>
+      <c r="D810" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E810" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G810" s="1" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H810" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="811" spans="1:8">
+      <c r="A811" t="s">
+        <v>2975</v>
+      </c>
+      <c r="B811" t="s">
+        <v>9</v>
+      </c>
+      <c r="C811" t="s">
+        <v>330</v>
+      </c>
+      <c r="D811" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E811" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G811" s="1" t="s">
+        <v>2976</v>
+      </c>
+      <c r="H811" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="812" spans="1:8">
+      <c r="A812" t="s">
+        <v>2978</v>
+      </c>
+      <c r="B812" t="s">
+        <v>9</v>
+      </c>
+      <c r="C812" t="s">
+        <v>174</v>
+      </c>
+      <c r="D812" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E812" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G812" s="1" t="s">
+        <v>2979</v>
+      </c>
+      <c r="H812" t="s">
+        <v>2980</v>
+      </c>
+    </row>
+    <row r="813" spans="1:8">
+      <c r="A813" t="s">
+        <v>2981</v>
+      </c>
+      <c r="B813" t="s">
+        <v>9</v>
+      </c>
+      <c r="C813" t="s">
+        <v>178</v>
+      </c>
+      <c r="D813" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E813" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G813" s="1" t="s">
+        <v>2982</v>
+      </c>
+      <c r="H813" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="814" spans="1:8">
+      <c r="A814" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B814" t="s">
+        <v>9</v>
+      </c>
+      <c r="C814" t="s">
+        <v>182</v>
+      </c>
+      <c r="D814" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E814" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G814" s="1" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H814" t="s">
+        <v>2986</v>
+      </c>
+    </row>
+    <row r="815" spans="1:8">
+      <c r="A815" t="s">
+        <v>2987</v>
+      </c>
+      <c r="B815" t="s">
+        <v>9</v>
+      </c>
+      <c r="C815" t="s">
+        <v>186</v>
+      </c>
+      <c r="D815" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E815" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G815" s="1" t="s">
+        <v>2988</v>
+      </c>
+      <c r="H815" t="s">
+        <v>2989</v>
+      </c>
+    </row>
+    <row r="816" spans="1:8">
+      <c r="A816" t="s">
+        <v>2990</v>
+      </c>
+      <c r="B816" t="s">
+        <v>9</v>
+      </c>
+      <c r="C816" t="s">
+        <v>190</v>
+      </c>
+      <c r="D816" t="s">
+        <v>2926</v>
+      </c>
+      <c r="E816" t="s">
+        <v>2927</v>
+      </c>
+      <c r="G816" s="1" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H816" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="817" spans="1:8">
+      <c r="A817" t="s">
+        <v>2993</v>
+      </c>
+      <c r="B817" t="s">
+        <v>9</v>
+      </c>
+      <c r="C817" t="s">
+        <v>10</v>
+      </c>
+      <c r="D817" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E817" t="s">
+        <v>2995</v>
+      </c>
+      <c r="G817" s="1" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H817" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="818" spans="1:8">
+      <c r="A818" t="s">
+        <v>2998</v>
+      </c>
+      <c r="B818" t="s">
+        <v>9</v>
+      </c>
+      <c r="C818" t="s">
+        <v>17</v>
+      </c>
+      <c r="D818" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E818" t="s">
+        <v>2995</v>
+      </c>
+      <c r="G818" s="1" t="s">
+        <v>2999</v>
+      </c>
+      <c r="H818" t="s">
+        <v>3000</v>
+      </c>
+    </row>
+    <row r="819" spans="1:8">
+      <c r="A819" t="s">
+        <v>3001</v>
+      </c>
+      <c r="B819" t="s">
+        <v>9</v>
+      </c>
+      <c r="C819" t="s">
+        <v>21</v>
+      </c>
+      <c r="D819" t="s">
+        <v>2994</v>
+      </c>
+      <c r="E819" t="s">
+        <v>2995</v>
+      </c>
+      <c r="G819" s="1" t="s">
+        <v>3002</v>
+      </c>
+      <c r="H819" t="s">
+        <v>3003</v>
+      </c>
+    </row>
+    <row r="820" spans="1:8">
+      <c r="A820" t="s">
+        <v>3004</v>
+      </c>
+      <c r="B820" t="s">
+        <v>9</v>
+      </c>
+      <c r="C820" t="s">
+        <v>10</v>
+      </c>
+      <c r="D820" t="s">
+        <v>3005</v>
+      </c>
+      <c r="E820" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G820" s="1" t="s">
+        <v>3007</v>
+      </c>
+      <c r="H820" t="s">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="821" spans="1:8">
+      <c r="A821" t="s">
+        <v>3009</v>
+      </c>
+      <c r="B821" t="s">
+        <v>9</v>
+      </c>
+      <c r="C821" t="s">
+        <v>17</v>
+      </c>
+      <c r="D821" t="s">
+        <v>3005</v>
+      </c>
+      <c r="E821" t="s">
+        <v>3006</v>
+      </c>
+      <c r="G821" s="1" t="s">
+        <v>3010</v>
+      </c>
+      <c r="H821" t="s">
+        <v>3011</v>
+      </c>
+    </row>
+    <row r="822" spans="1:8">
+      <c r="A822" t="s">
+        <v>3012</v>
+      </c>
+      <c r="B822" t="s">
+        <v>9</v>
+      </c>
+      <c r="C822" t="s">
+        <v>10</v>
+      </c>
+      <c r="D822" t="s">
+        <v>3013</v>
+      </c>
+      <c r="E822" t="s">
+        <v>3014</v>
+      </c>
+      <c r="F822" t="s">
+        <v>3015</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>3016</v>
+      </c>
+      <c r="H822" t="s">
+        <v>3017</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2466,50 +30627,819 @@
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
     <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
+    <hyperlink ref="G79" r:id="rId78"/>
+    <hyperlink ref="G80" r:id="rId79"/>
+    <hyperlink ref="G81" r:id="rId80"/>
+    <hyperlink ref="G82" r:id="rId81"/>
+    <hyperlink ref="G83" r:id="rId82"/>
+    <hyperlink ref="G84" r:id="rId83"/>
+    <hyperlink ref="G85" r:id="rId84"/>
+    <hyperlink ref="G86" r:id="rId85"/>
+    <hyperlink ref="G87" r:id="rId86"/>
+    <hyperlink ref="G88" r:id="rId87"/>
+    <hyperlink ref="G89" r:id="rId88"/>
+    <hyperlink ref="G90" r:id="rId89"/>
+    <hyperlink ref="G91" r:id="rId90"/>
+    <hyperlink ref="G92" r:id="rId91"/>
+    <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
+    <hyperlink ref="G103" r:id="rId102"/>
+    <hyperlink ref="G104" r:id="rId103"/>
+    <hyperlink ref="G105" r:id="rId104"/>
+    <hyperlink ref="G106" r:id="rId105"/>
+    <hyperlink ref="G107" r:id="rId106"/>
+    <hyperlink ref="G108" r:id="rId107"/>
+    <hyperlink ref="G109" r:id="rId108"/>
+    <hyperlink ref="G110" r:id="rId109"/>
+    <hyperlink ref="G111" r:id="rId110"/>
+    <hyperlink ref="G112" r:id="rId111"/>
+    <hyperlink ref="G113" r:id="rId112"/>
+    <hyperlink ref="G114" r:id="rId113"/>
+    <hyperlink ref="G115" r:id="rId114"/>
+    <hyperlink ref="G116" r:id="rId115"/>
+    <hyperlink ref="G117" r:id="rId116"/>
+    <hyperlink ref="G118" r:id="rId117"/>
+    <hyperlink ref="G119" r:id="rId118"/>
+    <hyperlink ref="G120" r:id="rId119"/>
+    <hyperlink ref="G121" r:id="rId120"/>
+    <hyperlink ref="G122" r:id="rId121"/>
+    <hyperlink ref="G123" r:id="rId122"/>
+    <hyperlink ref="G124" r:id="rId123"/>
+    <hyperlink ref="G125" r:id="rId124"/>
+    <hyperlink ref="G126" r:id="rId125"/>
+    <hyperlink ref="G127" r:id="rId126"/>
+    <hyperlink ref="G128" r:id="rId127"/>
+    <hyperlink ref="G129" r:id="rId128"/>
+    <hyperlink ref="G130" r:id="rId129"/>
+    <hyperlink ref="G131" r:id="rId130"/>
+    <hyperlink ref="G132" r:id="rId131"/>
+    <hyperlink ref="G133" r:id="rId132"/>
+    <hyperlink ref="G134" r:id="rId133"/>
+    <hyperlink ref="G135" r:id="rId134"/>
+    <hyperlink ref="G136" r:id="rId135"/>
+    <hyperlink ref="G137" r:id="rId136"/>
+    <hyperlink ref="G138" r:id="rId137"/>
+    <hyperlink ref="G139" r:id="rId138"/>
+    <hyperlink ref="G140" r:id="rId139"/>
+    <hyperlink ref="G141" r:id="rId140"/>
+    <hyperlink ref="G142" r:id="rId141"/>
+    <hyperlink ref="G143" r:id="rId142"/>
+    <hyperlink ref="G144" r:id="rId143"/>
+    <hyperlink ref="G145" r:id="rId144"/>
+    <hyperlink ref="G146" r:id="rId145"/>
+    <hyperlink ref="G147" r:id="rId146"/>
+    <hyperlink ref="G148" r:id="rId147"/>
+    <hyperlink ref="G149" r:id="rId148"/>
+    <hyperlink ref="G150" r:id="rId149"/>
+    <hyperlink ref="G151" r:id="rId150"/>
+    <hyperlink ref="G152" r:id="rId151"/>
+    <hyperlink ref="G153" r:id="rId152"/>
+    <hyperlink ref="G154" r:id="rId153"/>
+    <hyperlink ref="G155" r:id="rId154"/>
+    <hyperlink ref="G156" r:id="rId155"/>
+    <hyperlink ref="G157" r:id="rId156"/>
+    <hyperlink ref="G158" r:id="rId157"/>
+    <hyperlink ref="G159" r:id="rId158"/>
+    <hyperlink ref="G160" r:id="rId159"/>
+    <hyperlink ref="G161" r:id="rId160"/>
+    <hyperlink ref="G162" r:id="rId161"/>
+    <hyperlink ref="G163" r:id="rId162"/>
+    <hyperlink ref="G164" r:id="rId163"/>
+    <hyperlink ref="G165" r:id="rId164"/>
+    <hyperlink ref="G166" r:id="rId165"/>
+    <hyperlink ref="G167" r:id="rId166"/>
+    <hyperlink ref="G168" r:id="rId167"/>
+    <hyperlink ref="G169" r:id="rId168"/>
+    <hyperlink ref="G170" r:id="rId169"/>
+    <hyperlink ref="G171" r:id="rId170"/>
+    <hyperlink ref="G172" r:id="rId171"/>
+    <hyperlink ref="G173" r:id="rId172"/>
+    <hyperlink ref="G174" r:id="rId173"/>
+    <hyperlink ref="G175" r:id="rId174"/>
+    <hyperlink ref="G176" r:id="rId175"/>
+    <hyperlink ref="G177" r:id="rId176"/>
+    <hyperlink ref="G178" r:id="rId177"/>
+    <hyperlink ref="G179" r:id="rId178"/>
+    <hyperlink ref="G180" r:id="rId179"/>
+    <hyperlink ref="G181" r:id="rId180"/>
+    <hyperlink ref="G182" r:id="rId181"/>
+    <hyperlink ref="G183" r:id="rId182"/>
+    <hyperlink ref="G184" r:id="rId183"/>
+    <hyperlink ref="G185" r:id="rId184"/>
+    <hyperlink ref="G186" r:id="rId185"/>
+    <hyperlink ref="G187" r:id="rId186"/>
+    <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
+    <hyperlink ref="G209" r:id="rId208"/>
+    <hyperlink ref="G210" r:id="rId209"/>
+    <hyperlink ref="G211" r:id="rId210"/>
+    <hyperlink ref="G212" r:id="rId211"/>
+    <hyperlink ref="G213" r:id="rId212"/>
+    <hyperlink ref="G214" r:id="rId213"/>
+    <hyperlink ref="G215" r:id="rId214"/>
+    <hyperlink ref="G216" r:id="rId215"/>
+    <hyperlink ref="G217" r:id="rId216"/>
+    <hyperlink ref="G218" r:id="rId217"/>
+    <hyperlink ref="G219" r:id="rId218"/>
+    <hyperlink ref="G220" r:id="rId219"/>
+    <hyperlink ref="G221" r:id="rId220"/>
+    <hyperlink ref="G222" r:id="rId221"/>
+    <hyperlink ref="G223" r:id="rId222"/>
+    <hyperlink ref="G224" r:id="rId223"/>
+    <hyperlink ref="G225" r:id="rId224"/>
+    <hyperlink ref="G226" r:id="rId225"/>
+    <hyperlink ref="G227" r:id="rId226"/>
+    <hyperlink ref="G228" r:id="rId227"/>
+    <hyperlink ref="G229" r:id="rId228"/>
+    <hyperlink ref="G230" r:id="rId229"/>
+    <hyperlink ref="G231" r:id="rId230"/>
+    <hyperlink ref="G232" r:id="rId231"/>
+    <hyperlink ref="G233" r:id="rId232"/>
+    <hyperlink ref="G234" r:id="rId233"/>
+    <hyperlink ref="G235" r:id="rId234"/>
+    <hyperlink ref="G236" r:id="rId235"/>
+    <hyperlink ref="G237" r:id="rId236"/>
+    <hyperlink ref="G238" r:id="rId237"/>
+    <hyperlink ref="G239" r:id="rId238"/>
+    <hyperlink ref="G240" r:id="rId239"/>
+    <hyperlink ref="G241" r:id="rId240"/>
+    <hyperlink ref="G242" r:id="rId241"/>
+    <hyperlink ref="G243" r:id="rId242"/>
+    <hyperlink ref="G244" r:id="rId243"/>
+    <hyperlink ref="G245" r:id="rId244"/>
+    <hyperlink ref="G246" r:id="rId245"/>
+    <hyperlink ref="G247" r:id="rId246"/>
+    <hyperlink ref="G248" r:id="rId247"/>
+    <hyperlink ref="G249" r:id="rId248"/>
+    <hyperlink ref="G250" r:id="rId249"/>
+    <hyperlink ref="G251" r:id="rId250"/>
+    <hyperlink ref="G252" r:id="rId251"/>
+    <hyperlink ref="G253" r:id="rId252"/>
+    <hyperlink ref="G254" r:id="rId253"/>
+    <hyperlink ref="G255" r:id="rId254"/>
+    <hyperlink ref="G256" r:id="rId255"/>
+    <hyperlink ref="G257" r:id="rId256"/>
+    <hyperlink ref="G258" r:id="rId257"/>
+    <hyperlink ref="G259" r:id="rId258"/>
+    <hyperlink ref="G260" r:id="rId259"/>
+    <hyperlink ref="G261" r:id="rId260"/>
+    <hyperlink ref="G262" r:id="rId261"/>
+    <hyperlink ref="G263" r:id="rId262"/>
+    <hyperlink ref="G264" r:id="rId263"/>
+    <hyperlink ref="G265" r:id="rId264"/>
+    <hyperlink ref="G266" r:id="rId265"/>
+    <hyperlink ref="G267" r:id="rId266"/>
+    <hyperlink ref="G268" r:id="rId267"/>
+    <hyperlink ref="G269" r:id="rId268"/>
+    <hyperlink ref="G270" r:id="rId269"/>
+    <hyperlink ref="G271" r:id="rId270"/>
+    <hyperlink ref="G272" r:id="rId271"/>
+    <hyperlink ref="G273" r:id="rId272"/>
+    <hyperlink ref="G274" r:id="rId273"/>
+    <hyperlink ref="G275" r:id="rId274"/>
+    <hyperlink ref="G276" r:id="rId275"/>
+    <hyperlink ref="G277" r:id="rId276"/>
+    <hyperlink ref="G278" r:id="rId277"/>
+    <hyperlink ref="G279" r:id="rId278"/>
+    <hyperlink ref="G280" r:id="rId279"/>
+    <hyperlink ref="G281" r:id="rId280"/>
+    <hyperlink ref="G282" r:id="rId281"/>
+    <hyperlink ref="G283" r:id="rId282"/>
+    <hyperlink ref="G284" r:id="rId283"/>
+    <hyperlink ref="G285" r:id="rId284"/>
+    <hyperlink ref="G286" r:id="rId285"/>
+    <hyperlink ref="G287" r:id="rId286"/>
+    <hyperlink ref="G288" r:id="rId287"/>
+    <hyperlink ref="G289" r:id="rId288"/>
+    <hyperlink ref="G290" r:id="rId289"/>
+    <hyperlink ref="G291" r:id="rId290"/>
+    <hyperlink ref="G292" r:id="rId291"/>
+    <hyperlink ref="G293" r:id="rId292"/>
+    <hyperlink ref="G294" r:id="rId293"/>
+    <hyperlink ref="G295" r:id="rId294"/>
+    <hyperlink ref="G296" r:id="rId295"/>
+    <hyperlink ref="G297" r:id="rId296"/>
+    <hyperlink ref="G298" r:id="rId297"/>
+    <hyperlink ref="G299" r:id="rId298"/>
+    <hyperlink ref="G300" r:id="rId299"/>
+    <hyperlink ref="G301" r:id="rId300"/>
+    <hyperlink ref="G302" r:id="rId301"/>
+    <hyperlink ref="G303" r:id="rId302"/>
+    <hyperlink ref="G304" r:id="rId303"/>
+    <hyperlink ref="G305" r:id="rId304"/>
+    <hyperlink ref="G306" r:id="rId305"/>
+    <hyperlink ref="G307" r:id="rId306"/>
+    <hyperlink ref="G308" r:id="rId307"/>
+    <hyperlink ref="G309" r:id="rId308"/>
+    <hyperlink ref="G310" r:id="rId309"/>
+    <hyperlink ref="G311" r:id="rId310"/>
+    <hyperlink ref="G312" r:id="rId311"/>
+    <hyperlink ref="G313" r:id="rId312"/>
+    <hyperlink ref="G314" r:id="rId313"/>
+    <hyperlink ref="G315" r:id="rId314"/>
+    <hyperlink ref="G316" r:id="rId315"/>
+    <hyperlink ref="G317" r:id="rId316"/>
+    <hyperlink ref="G318" r:id="rId317"/>
+    <hyperlink ref="G319" r:id="rId318"/>
+    <hyperlink ref="G320" r:id="rId319"/>
+    <hyperlink ref="G321" r:id="rId320"/>
+    <hyperlink ref="G322" r:id="rId321"/>
+    <hyperlink ref="G323" r:id="rId322"/>
+    <hyperlink ref="G324" r:id="rId323"/>
+    <hyperlink ref="G325" r:id="rId324"/>
+    <hyperlink ref="G326" r:id="rId325"/>
+    <hyperlink ref="G327" r:id="rId326"/>
+    <hyperlink ref="G328" r:id="rId327"/>
+    <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
+    <hyperlink ref="G415" r:id="rId414"/>
+    <hyperlink ref="G416" r:id="rId415"/>
+    <hyperlink ref="G417" r:id="rId416"/>
+    <hyperlink ref="G418" r:id="rId417"/>
+    <hyperlink ref="G419" r:id="rId418"/>
+    <hyperlink ref="G420" r:id="rId419"/>
+    <hyperlink ref="G421" r:id="rId420"/>
+    <hyperlink ref="G422" r:id="rId421"/>
+    <hyperlink ref="G423" r:id="rId422"/>
+    <hyperlink ref="G424" r:id="rId423"/>
+    <hyperlink ref="G425" r:id="rId424"/>
+    <hyperlink ref="G426" r:id="rId425"/>
+    <hyperlink ref="G427" r:id="rId426"/>
+    <hyperlink ref="G428" r:id="rId427"/>
+    <hyperlink ref="G429" r:id="rId428"/>
+    <hyperlink ref="G430" r:id="rId429"/>
+    <hyperlink ref="G431" r:id="rId430"/>
+    <hyperlink ref="G432" r:id="rId431"/>
+    <hyperlink ref="G433" r:id="rId432"/>
+    <hyperlink ref="G434" r:id="rId433"/>
+    <hyperlink ref="G435" r:id="rId434"/>
+    <hyperlink ref="G436" r:id="rId435"/>
+    <hyperlink ref="G437" r:id="rId436"/>
+    <hyperlink ref="G438" r:id="rId437"/>
+    <hyperlink ref="G439" r:id="rId438"/>
+    <hyperlink ref="G440" r:id="rId439"/>
+    <hyperlink ref="G441" r:id="rId440"/>
+    <hyperlink ref="G442" r:id="rId441"/>
+    <hyperlink ref="G443" r:id="rId442"/>
+    <hyperlink ref="G444" r:id="rId443"/>
+    <hyperlink ref="G445" r:id="rId444"/>
+    <hyperlink ref="G446" r:id="rId445"/>
+    <hyperlink ref="G447" r:id="rId446"/>
+    <hyperlink ref="G448" r:id="rId447"/>
+    <hyperlink ref="G449" r:id="rId448"/>
+    <hyperlink ref="G450" r:id="rId449"/>
+    <hyperlink ref="G451" r:id="rId450"/>
+    <hyperlink ref="G452" r:id="rId451"/>
+    <hyperlink ref="G453" r:id="rId452"/>
+    <hyperlink ref="G454" r:id="rId453"/>
+    <hyperlink ref="G455" r:id="rId454"/>
+    <hyperlink ref="G456" r:id="rId455"/>
+    <hyperlink ref="G457" r:id="rId456"/>
+    <hyperlink ref="G458" r:id="rId457"/>
+    <hyperlink ref="G459" r:id="rId458"/>
+    <hyperlink ref="G460" r:id="rId459"/>
+    <hyperlink ref="G461" r:id="rId460"/>
+    <hyperlink ref="G462" r:id="rId461"/>
+    <hyperlink ref="G463" r:id="rId462"/>
+    <hyperlink ref="G464" r:id="rId463"/>
+    <hyperlink ref="G465" r:id="rId464"/>
+    <hyperlink ref="G466" r:id="rId465"/>
+    <hyperlink ref="G467" r:id="rId466"/>
+    <hyperlink ref="G468" r:id="rId467"/>
+    <hyperlink ref="G469" r:id="rId468"/>
+    <hyperlink ref="G470" r:id="rId469"/>
+    <hyperlink ref="G471" r:id="rId470"/>
+    <hyperlink ref="G472" r:id="rId471"/>
+    <hyperlink ref="G473" r:id="rId472"/>
+    <hyperlink ref="G474" r:id="rId473"/>
+    <hyperlink ref="G475" r:id="rId474"/>
+    <hyperlink ref="G476" r:id="rId475"/>
+    <hyperlink ref="G477" r:id="rId476"/>
+    <hyperlink ref="G478" r:id="rId477"/>
+    <hyperlink ref="G479" r:id="rId478"/>
+    <hyperlink ref="G480" r:id="rId479"/>
+    <hyperlink ref="G481" r:id="rId480"/>
+    <hyperlink ref="G482" r:id="rId481"/>
+    <hyperlink ref="G483" r:id="rId482"/>
+    <hyperlink ref="G484" r:id="rId483"/>
+    <hyperlink ref="G485" r:id="rId484"/>
+    <hyperlink ref="G486" r:id="rId485"/>
+    <hyperlink ref="G487" r:id="rId486"/>
+    <hyperlink ref="G488" r:id="rId487"/>
+    <hyperlink ref="G489" r:id="rId488"/>
+    <hyperlink ref="G490" r:id="rId489"/>
+    <hyperlink ref="G491" r:id="rId490"/>
+    <hyperlink ref="G492" r:id="rId491"/>
+    <hyperlink ref="G493" r:id="rId492"/>
+    <hyperlink ref="G494" r:id="rId493"/>
+    <hyperlink ref="G495" r:id="rId494"/>
+    <hyperlink ref="G496" r:id="rId495"/>
+    <hyperlink ref="G497" r:id="rId496"/>
+    <hyperlink ref="G498" r:id="rId497"/>
+    <hyperlink ref="G499" r:id="rId498"/>
+    <hyperlink ref="G500" r:id="rId499"/>
+    <hyperlink ref="G501" r:id="rId500"/>
+    <hyperlink ref="G502" r:id="rId501"/>
+    <hyperlink ref="G503" r:id="rId502"/>
+    <hyperlink ref="G504" r:id="rId503"/>
+    <hyperlink ref="G505" r:id="rId504"/>
+    <hyperlink ref="G506" r:id="rId505"/>
+    <hyperlink ref="G507" r:id="rId506"/>
+    <hyperlink ref="G508" r:id="rId507"/>
+    <hyperlink ref="G509" r:id="rId508"/>
+    <hyperlink ref="G510" r:id="rId509"/>
+    <hyperlink ref="G511" r:id="rId510"/>
+    <hyperlink ref="G512" r:id="rId511"/>
+    <hyperlink ref="G513" r:id="rId512"/>
+    <hyperlink ref="G514" r:id="rId513"/>
+    <hyperlink ref="G515" r:id="rId514"/>
+    <hyperlink ref="G516" r:id="rId515"/>
+    <hyperlink ref="G517" r:id="rId516"/>
+    <hyperlink ref="G518" r:id="rId517"/>
+    <hyperlink ref="G519" r:id="rId518"/>
+    <hyperlink ref="G520" r:id="rId519"/>
+    <hyperlink ref="G521" r:id="rId520"/>
+    <hyperlink ref="G522" r:id="rId521"/>
+    <hyperlink ref="G523" r:id="rId522"/>
+    <hyperlink ref="G524" r:id="rId523"/>
+    <hyperlink ref="G525" r:id="rId524"/>
+    <hyperlink ref="G526" r:id="rId525"/>
+    <hyperlink ref="G527" r:id="rId526"/>
+    <hyperlink ref="G528" r:id="rId527"/>
+    <hyperlink ref="G529" r:id="rId528"/>
+    <hyperlink ref="G530" r:id="rId529"/>
+    <hyperlink ref="G531" r:id="rId530"/>
+    <hyperlink ref="G532" r:id="rId531"/>
+    <hyperlink ref="G533" r:id="rId532"/>
+    <hyperlink ref="G534" r:id="rId533"/>
+    <hyperlink ref="G535" r:id="rId534"/>
+    <hyperlink ref="G536" r:id="rId535"/>
+    <hyperlink ref="G537" r:id="rId536"/>
+    <hyperlink ref="G538" r:id="rId537"/>
+    <hyperlink ref="G539" r:id="rId538"/>
+    <hyperlink ref="G540" r:id="rId539"/>
+    <hyperlink ref="G541" r:id="rId540"/>
+    <hyperlink ref="G542" r:id="rId541"/>
+    <hyperlink ref="G543" r:id="rId542"/>
+    <hyperlink ref="G544" r:id="rId543"/>
+    <hyperlink ref="G545" r:id="rId544"/>
+    <hyperlink ref="G546" r:id="rId545"/>
+    <hyperlink ref="G547" r:id="rId546"/>
+    <hyperlink ref="G548" r:id="rId547"/>
+    <hyperlink ref="G549" r:id="rId548"/>
+    <hyperlink ref="G550" r:id="rId549"/>
+    <hyperlink ref="G551" r:id="rId550"/>
+    <hyperlink ref="G552" r:id="rId551"/>
+    <hyperlink ref="G553" r:id="rId552"/>
+    <hyperlink ref="G554" r:id="rId553"/>
+    <hyperlink ref="G555" r:id="rId554"/>
+    <hyperlink ref="G556" r:id="rId555"/>
+    <hyperlink ref="G557" r:id="rId556"/>
+    <hyperlink ref="G558" r:id="rId557"/>
+    <hyperlink ref="G559" r:id="rId558"/>
+    <hyperlink ref="G560" r:id="rId559"/>
+    <hyperlink ref="G561" r:id="rId560"/>
+    <hyperlink ref="G562" r:id="rId561"/>
+    <hyperlink ref="G563" r:id="rId562"/>
+    <hyperlink ref="G564" r:id="rId563"/>
+    <hyperlink ref="G565" r:id="rId564"/>
+    <hyperlink ref="G566" r:id="rId565"/>
+    <hyperlink ref="G567" r:id="rId566"/>
+    <hyperlink ref="G568" r:id="rId567"/>
+    <hyperlink ref="G569" r:id="rId568"/>
+    <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
+    <hyperlink ref="G581" r:id="rId580"/>
+    <hyperlink ref="G582" r:id="rId581"/>
+    <hyperlink ref="G583" r:id="rId582"/>
+    <hyperlink ref="G584" r:id="rId583"/>
+    <hyperlink ref="G585" r:id="rId584"/>
+    <hyperlink ref="G586" r:id="rId585"/>
+    <hyperlink ref="G587" r:id="rId586"/>
+    <hyperlink ref="G588" r:id="rId587"/>
+    <hyperlink ref="G589" r:id="rId588"/>
+    <hyperlink ref="G590" r:id="rId589"/>
+    <hyperlink ref="G591" r:id="rId590"/>
+    <hyperlink ref="G592" r:id="rId591"/>
+    <hyperlink ref="G593" r:id="rId592"/>
+    <hyperlink ref="G594" r:id="rId593"/>
+    <hyperlink ref="G595" r:id="rId594"/>
+    <hyperlink ref="G596" r:id="rId595"/>
+    <hyperlink ref="G597" r:id="rId596"/>
+    <hyperlink ref="G598" r:id="rId597"/>
+    <hyperlink ref="G599" r:id="rId598"/>
+    <hyperlink ref="G600" r:id="rId599"/>
+    <hyperlink ref="G601" r:id="rId600"/>
+    <hyperlink ref="G602" r:id="rId601"/>
+    <hyperlink ref="G603" r:id="rId602"/>
+    <hyperlink ref="G604" r:id="rId603"/>
+    <hyperlink ref="G605" r:id="rId604"/>
+    <hyperlink ref="G606" r:id="rId605"/>
+    <hyperlink ref="G607" r:id="rId606"/>
+    <hyperlink ref="G608" r:id="rId607"/>
+    <hyperlink ref="G609" r:id="rId608"/>
+    <hyperlink ref="G610" r:id="rId609"/>
+    <hyperlink ref="G611" r:id="rId610"/>
+    <hyperlink ref="G612" r:id="rId611"/>
+    <hyperlink ref="G613" r:id="rId612"/>
+    <hyperlink ref="G614" r:id="rId613"/>
+    <hyperlink ref="G615" r:id="rId614"/>
+    <hyperlink ref="G616" r:id="rId615"/>
+    <hyperlink ref="G617" r:id="rId616"/>
+    <hyperlink ref="G618" r:id="rId617"/>
+    <hyperlink ref="G619" r:id="rId618"/>
+    <hyperlink ref="G620" r:id="rId619"/>
+    <hyperlink ref="G621" r:id="rId620"/>
+    <hyperlink ref="G622" r:id="rId621"/>
+    <hyperlink ref="G623" r:id="rId622"/>
+    <hyperlink ref="G624" r:id="rId623"/>
+    <hyperlink ref="G625" r:id="rId624"/>
+    <hyperlink ref="G626" r:id="rId625"/>
+    <hyperlink ref="G627" r:id="rId626"/>
+    <hyperlink ref="G628" r:id="rId627"/>
+    <hyperlink ref="G629" r:id="rId628"/>
+    <hyperlink ref="G630" r:id="rId629"/>
+    <hyperlink ref="G631" r:id="rId630"/>
+    <hyperlink ref="G632" r:id="rId631"/>
+    <hyperlink ref="G633" r:id="rId632"/>
+    <hyperlink ref="G634" r:id="rId633"/>
+    <hyperlink ref="G635" r:id="rId634"/>
+    <hyperlink ref="G636" r:id="rId635"/>
+    <hyperlink ref="G637" r:id="rId636"/>
+    <hyperlink ref="G638" r:id="rId637"/>
+    <hyperlink ref="G639" r:id="rId638"/>
+    <hyperlink ref="G640" r:id="rId639"/>
+    <hyperlink ref="G641" r:id="rId640"/>
+    <hyperlink ref="G642" r:id="rId641"/>
+    <hyperlink ref="G643" r:id="rId642"/>
+    <hyperlink ref="G644" r:id="rId643"/>
+    <hyperlink ref="G645" r:id="rId644"/>
+    <hyperlink ref="G646" r:id="rId645"/>
+    <hyperlink ref="G647" r:id="rId646"/>
+    <hyperlink ref="G648" r:id="rId647"/>
+    <hyperlink ref="G649" r:id="rId648"/>
+    <hyperlink ref="G650" r:id="rId649"/>
+    <hyperlink ref="G651" r:id="rId650"/>
+    <hyperlink ref="G652" r:id="rId651"/>
+    <hyperlink ref="G653" r:id="rId652"/>
+    <hyperlink ref="G654" r:id="rId653"/>
+    <hyperlink ref="G655" r:id="rId654"/>
+    <hyperlink ref="G656" r:id="rId655"/>
+    <hyperlink ref="G657" r:id="rId656"/>
+    <hyperlink ref="G658" r:id="rId657"/>
+    <hyperlink ref="G659" r:id="rId658"/>
+    <hyperlink ref="G660" r:id="rId659"/>
+    <hyperlink ref="G661" r:id="rId660"/>
+    <hyperlink ref="G662" r:id="rId661"/>
+    <hyperlink ref="G663" r:id="rId662"/>
+    <hyperlink ref="G664" r:id="rId663"/>
+    <hyperlink ref="G665" r:id="rId664"/>
+    <hyperlink ref="G666" r:id="rId665"/>
+    <hyperlink ref="G667" r:id="rId666"/>
+    <hyperlink ref="G668" r:id="rId667"/>
+    <hyperlink ref="G669" r:id="rId668"/>
+    <hyperlink ref="G670" r:id="rId669"/>
+    <hyperlink ref="G671" r:id="rId670"/>
+    <hyperlink ref="G672" r:id="rId671"/>
+    <hyperlink ref="G673" r:id="rId672"/>
+    <hyperlink ref="G674" r:id="rId673"/>
+    <hyperlink ref="G675" r:id="rId674"/>
+    <hyperlink ref="G676" r:id="rId675"/>
+    <hyperlink ref="G677" r:id="rId676"/>
+    <hyperlink ref="G678" r:id="rId677"/>
+    <hyperlink ref="G679" r:id="rId678"/>
+    <hyperlink ref="G680" r:id="rId679"/>
+    <hyperlink ref="G681" r:id="rId680"/>
+    <hyperlink ref="G682" r:id="rId681"/>
+    <hyperlink ref="G683" r:id="rId682"/>
+    <hyperlink ref="G684" r:id="rId683"/>
+    <hyperlink ref="G685" r:id="rId684"/>
+    <hyperlink ref="G686" r:id="rId685"/>
+    <hyperlink ref="G687" r:id="rId686"/>
+    <hyperlink ref="G688" r:id="rId687"/>
+    <hyperlink ref="G689" r:id="rId688"/>
+    <hyperlink ref="G690" r:id="rId689"/>
+    <hyperlink ref="G691" r:id="rId690"/>
+    <hyperlink ref="G692" r:id="rId691"/>
+    <hyperlink ref="G693" r:id="rId692"/>
+    <hyperlink ref="G694" r:id="rId693"/>
+    <hyperlink ref="G695" r:id="rId694"/>
+    <hyperlink ref="G696" r:id="rId695"/>
+    <hyperlink ref="G697" r:id="rId696"/>
+    <hyperlink ref="G698" r:id="rId697"/>
+    <hyperlink ref="G699" r:id="rId698"/>
+    <hyperlink ref="G700" r:id="rId699"/>
+    <hyperlink ref="G701" r:id="rId700"/>
+    <hyperlink ref="G702" r:id="rId701"/>
+    <hyperlink ref="G703" r:id="rId702"/>
+    <hyperlink ref="G704" r:id="rId703"/>
+    <hyperlink ref="G705" r:id="rId704"/>
+    <hyperlink ref="G706" r:id="rId705"/>
+    <hyperlink ref="G707" r:id="rId706"/>
+    <hyperlink ref="G708" r:id="rId707"/>
+    <hyperlink ref="G709" r:id="rId708"/>
+    <hyperlink ref="G710" r:id="rId709"/>
+    <hyperlink ref="G711" r:id="rId710"/>
+    <hyperlink ref="G712" r:id="rId711"/>
+    <hyperlink ref="G713" r:id="rId712"/>
+    <hyperlink ref="G714" r:id="rId713"/>
+    <hyperlink ref="G715" r:id="rId714"/>
+    <hyperlink ref="G716" r:id="rId715"/>
+    <hyperlink ref="G717" r:id="rId716"/>
+    <hyperlink ref="G718" r:id="rId717"/>
+    <hyperlink ref="G719" r:id="rId718"/>
+    <hyperlink ref="G720" r:id="rId719"/>
+    <hyperlink ref="G721" r:id="rId720"/>
+    <hyperlink ref="G722" r:id="rId721"/>
+    <hyperlink ref="G723" r:id="rId722"/>
+    <hyperlink ref="G724" r:id="rId723"/>
+    <hyperlink ref="G725" r:id="rId724"/>
+    <hyperlink ref="G726" r:id="rId725"/>
+    <hyperlink ref="G727" r:id="rId726"/>
+    <hyperlink ref="G728" r:id="rId727"/>
+    <hyperlink ref="G729" r:id="rId728"/>
+    <hyperlink ref="G730" r:id="rId729"/>
+    <hyperlink ref="G731" r:id="rId730"/>
+    <hyperlink ref="G732" r:id="rId731"/>
+    <hyperlink ref="G733" r:id="rId732"/>
+    <hyperlink ref="G734" r:id="rId733"/>
+    <hyperlink ref="G735" r:id="rId734"/>
+    <hyperlink ref="G736" r:id="rId735"/>
+    <hyperlink ref="G737" r:id="rId736"/>
+    <hyperlink ref="G738" r:id="rId737"/>
+    <hyperlink ref="G739" r:id="rId738"/>
+    <hyperlink ref="G740" r:id="rId739"/>
+    <hyperlink ref="G741" r:id="rId740"/>
+    <hyperlink ref="G742" r:id="rId741"/>
+    <hyperlink ref="G743" r:id="rId742"/>
+    <hyperlink ref="G744" r:id="rId743"/>
+    <hyperlink ref="G745" r:id="rId744"/>
+    <hyperlink ref="G746" r:id="rId745"/>
+    <hyperlink ref="G747" r:id="rId746"/>
+    <hyperlink ref="G748" r:id="rId747"/>
+    <hyperlink ref="G749" r:id="rId748"/>
+    <hyperlink ref="G750" r:id="rId749"/>
+    <hyperlink ref="G751" r:id="rId750"/>
+    <hyperlink ref="G752" r:id="rId751"/>
+    <hyperlink ref="G753" r:id="rId752"/>
+    <hyperlink ref="G754" r:id="rId753"/>
+    <hyperlink ref="G755" r:id="rId754"/>
+    <hyperlink ref="G756" r:id="rId755"/>
+    <hyperlink ref="G757" r:id="rId756"/>
+    <hyperlink ref="G758" r:id="rId757"/>
+    <hyperlink ref="G759" r:id="rId758"/>
+    <hyperlink ref="G760" r:id="rId759"/>
+    <hyperlink ref="G761" r:id="rId760"/>
+    <hyperlink ref="G762" r:id="rId761"/>
+    <hyperlink ref="G763" r:id="rId762"/>
+    <hyperlink ref="G764" r:id="rId763"/>
+    <hyperlink ref="G765" r:id="rId764"/>
+    <hyperlink ref="G766" r:id="rId765"/>
+    <hyperlink ref="G767" r:id="rId766"/>
+    <hyperlink ref="G768" r:id="rId767"/>
+    <hyperlink ref="G769" r:id="rId768"/>
+    <hyperlink ref="G770" r:id="rId769"/>
+    <hyperlink ref="G771" r:id="rId770"/>
+    <hyperlink ref="G772" r:id="rId771"/>
+    <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
+    <hyperlink ref="G793" r:id="rId792"/>
+    <hyperlink ref="G794" r:id="rId793"/>
+    <hyperlink ref="G795" r:id="rId794"/>
+    <hyperlink ref="G796" r:id="rId795"/>
+    <hyperlink ref="G797" r:id="rId796"/>
+    <hyperlink ref="G798" r:id="rId797"/>
+    <hyperlink ref="G799" r:id="rId798"/>
+    <hyperlink ref="G800" r:id="rId799"/>
+    <hyperlink ref="G801" r:id="rId800"/>
+    <hyperlink ref="G802" r:id="rId801"/>
+    <hyperlink ref="G803" r:id="rId802"/>
+    <hyperlink ref="G804" r:id="rId803"/>
+    <hyperlink ref="G805" r:id="rId804"/>
+    <hyperlink ref="G806" r:id="rId805"/>
+    <hyperlink ref="G807" r:id="rId806"/>
+    <hyperlink ref="G808" r:id="rId807"/>
+    <hyperlink ref="G809" r:id="rId808"/>
+    <hyperlink ref="G810" r:id="rId809"/>
+    <hyperlink ref="G811" r:id="rId810"/>
+    <hyperlink ref="G812" r:id="rId811"/>
+    <hyperlink ref="G813" r:id="rId812"/>
+    <hyperlink ref="G814" r:id="rId813"/>
+    <hyperlink ref="G815" r:id="rId814"/>
+    <hyperlink ref="G816" r:id="rId815"/>
+    <hyperlink ref="G817" r:id="rId816"/>
+    <hyperlink ref="G818" r:id="rId817"/>
+    <hyperlink ref="G819" r:id="rId818"/>
+    <hyperlink ref="G820" r:id="rId819"/>
+    <hyperlink ref="G821" r:id="rId820"/>
+    <hyperlink ref="G822" r:id="rId821"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>