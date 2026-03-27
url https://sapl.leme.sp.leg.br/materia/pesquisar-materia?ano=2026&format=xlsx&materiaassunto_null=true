--- v1 (2026-03-27)
+++ v2 (2026-03-27)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6497" uniqueCount="3018">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6665" uniqueCount="3094">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -750,50 +750,62 @@
   <si>
     <t>8391</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8391/projeto_de_lei_alteracao_orcamento_2026_obras_ubs_vanessa_cmi2_anulacao_ex_anteriores_xlsx.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências” (R$ 554.490,85)</t>
   </si>
   <si>
     <t>8392</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8392/projeto_de_lei_m-chat.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a aplicação do questionário M-CHAT    (Modified Checklist for Autism in Toddlers) para rastreamento de sinais precoces do Transtorno do Espectro Autista (TEA) nas unidades públicas de saúde do Município de Leme e dá outras providências.</t>
   </si>
   <si>
+    <t>8398</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8398/oficio_n_38.2026___snj.gp__projeto_de_lei_alteracao_orcamento_superavit_emenda_parlamentar.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza o Poder Executivo a abrir crédito adicional especial e dá outras providências” (R$ 500.000,00)</t>
+  </si>
+  <si>
     <t>7578</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf</t>
   </si>
   <si>
     <t>Concede licença de 22 (vinte e dois) dias ao Prefeito Municipal.</t>
   </si>
   <si>
     <t>7739</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7739/projeto_cicdadao_lemense_dra_ana_maria.docx</t>
   </si>
   <si>
     <t>Concede Título de Cidadão Lemense a Sra. Ana Maria Lopes Medeiros</t>
@@ -1185,53 +1197,50 @@
   <si>
     <t>Parecer da Comissão de Saúde, Educação, Cultura, Lazer e Turismo ao PLC02/26.</t>
   </si>
   <si>
     <t>8384</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8384/brnb422007e9271_009722.pdf</t>
   </si>
   <si>
     <t>Parecer Conjunto das Comissões ao PL32/2026.</t>
   </si>
   <si>
     <t>8396</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8396/pdl36.pdf</t>
   </si>
   <si>
     <t>Parecer das comissões PDL 36/2025</t>
   </si>
   <si>
     <t>8397</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8397/pl133.pdf</t>
   </si>
   <si>
     <t>Parecer das comissões PL 133/2026</t>
   </si>
   <si>
     <t>7589</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf</t>
   </si>
   <si>
     <t>Requer o envio de profundo pesar pelo falecimento da servidora pública Rosana Aparecida da Silva;</t>
   </si>
   <si>
     <t>7599</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf</t>
@@ -2066,50 +2075,62 @@
   <si>
     <t>8371</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8371/req_licenca_premio.pdf</t>
   </si>
   <si>
     <t>Requer Informações junto ao Prefeito Municipal</t>
   </si>
   <si>
     <t>8372</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8372/requer_votos_de_congratulacoes_ao_major_pm_ricardo_anversa..pdf</t>
   </si>
   <si>
     <t>Requer votos de congratulações ao Major PM Ricardo Anversa.</t>
   </si>
   <si>
+    <t>8408</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8408/pesar__jose_mario_romanzotti.pdf</t>
+  </si>
+  <si>
+    <t>Requer o envio de profundo pesar pelo falecimento do Sr. José Mário Romanzotti</t>
+  </si>
+  <si>
     <t>7588</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf</t>
   </si>
   <si>
     <t>Indica implementação de mais postes ou pontos de iluminação na Rua Hormindo Boy, no bairro Jardim Serelepe.</t>
   </si>
   <si>
     <t>7590</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf</t>
   </si>
   <si>
     <t>Indica a realização de uma forte  campanha para prevenção à dengue e outras providências de combate à doença.</t>
   </si>
   <si>
     <t>7591</t>
@@ -2804,53 +2825,50 @@
   <si>
     <t>Indica providências urgentes para a limpeza e o combate ao descarte irregular de lixo na Rua Raul Schwinden, próximo ao número 850, no Jardim Empyreo, bem como em outros pontos do referido bairro</t>
   </si>
   <si>
     <t>7689</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7689/indica_lombada_ruateobaldocastromeira.doc</t>
   </si>
   <si>
     <t>Indica implantação de lombada (redutor de velocidade) na Rua Teobaldo Castro Meira, nº 415, visando maior segurança viária.</t>
   </si>
   <si>
     <t>7690</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7690/indica_manutencao_praca_jdquaglia.doc</t>
   </si>
   <si>
     <t>Indica melhorias, serviços de zeladoria urbana e manutenção de iluminação e brinquedos na praça do Jardim Quaglia.</t>
   </si>
   <si>
     <t>7691</t>
   </si>
   <si>
-    <t>82</t>
-[...1 lines deleted...]
-  <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7691/indica_manutencao_ruacabreuva.doc</t>
   </si>
   <si>
     <t>Indica ações de zeladoria urbana e recapeamento asfáltico na Rua Cabreúva, especialmente na ponte e em seu entorno, entre os bairros Jardim Presidente e Jardim Primavera.</t>
   </si>
   <si>
     <t>7692</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7692/indica_melhorias_calada_postosomanoel.doc</t>
   </si>
   <si>
     <t>Indica que seja realizado o reparo, regularização e adequação da calçada da Unidade de Saúde do Jardim São Manoel, com a devida implantação de critérios de acessibilidade.</t>
   </si>
   <si>
     <t>7693</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7693/indica_melhorias_lago_municipal.doc</t>
@@ -7805,50 +7823,215 @@
   <si>
     <t>8376</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8376/indica_a_substituicao_dos_brinquedos_quebrados_dos_playgrounds_das_pracas_municipais..doc</t>
   </si>
   <si>
     <t>Indica a substituição dos brinquedos quebrados dos playgrounds das praças municipais.</t>
   </si>
   <si>
     <t>8379</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8379/indica_estudos_tecnicos_para_implantacao_de_mao_unica_na_rua_vitorio_thomazotti..doc</t>
   </si>
   <si>
     <t>Indica estudos técnicos para implantação de mão única na rua Vitório Thomazotti.</t>
   </si>
   <si>
+    <t>8399</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8399/indica_pol_publ_dcnt.docx</t>
+  </si>
+  <si>
+    <t>Indica a implementação de política pública para diminuição das doenças crônicas não transmissíveis no município.</t>
+  </si>
+  <si>
+    <t>8400</t>
+  </si>
+  <si>
+    <t>501</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8400/indica_limpeza_frente_charcutaria.docx</t>
+  </si>
+  <si>
+    <t>Indica a realização de serviços de limpeza urbana e roçagem de grama na Rua José Cláudio Grossklaus, em frente ao nº 310, no bairro Jardim Serelepe.</t>
+  </si>
+  <si>
+    <t>8401</t>
+  </si>
+  <si>
+    <t>502</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8401/indicacao_lei_226.doc</t>
+  </si>
+  <si>
+    <t>Indica a adesão e regulamentação da Lei Complementar nº 226/2026, conhecida como “Lei do Descongela”.</t>
+  </si>
+  <si>
+    <t>8402</t>
+  </si>
+  <si>
+    <t>503</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8402/indica_remover_arvore_vila_s.joao.docx</t>
+  </si>
+  <si>
+    <t>Indica vistoria técnica para remoção de árvore seca e posterior substituição por nova muda, localizada na rua Santa Cruz em frente ao N°185 no bairro Vila São João.</t>
+  </si>
+  <si>
+    <t>8403</t>
+  </si>
+  <si>
+    <t>504</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8403/indica_manutencao_newton_prado.docx</t>
+  </si>
+  <si>
+    <t>Indica realização de manutenção das calçadas e roçagem do mato no entorno da Escola Estadual Newton Prado</t>
+  </si>
+  <si>
+    <t>8404</t>
+  </si>
+  <si>
+    <t>505</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8404/indicacao_retirada_de_arvore_ao_lado_do_sicoob.doc</t>
+  </si>
+  <si>
+    <t>Indica retirada de árvore da calçada à Rua Coronel João Franco Mourão, ao lado do N° 250, a qual visivelmente não está sadia e com risco de queda.</t>
+  </si>
+  <si>
+    <t>8405</t>
+  </si>
+  <si>
+    <t>506</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8405/indicacao_retirada_de_arvore_ao_lado_do_sicoob.doc</t>
+  </si>
+  <si>
+    <t>8406</t>
+  </si>
+  <si>
+    <t>507</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8406/61._recapeamento_no_jardim_travagim.doc</t>
+  </si>
+  <si>
+    <t>Indica recapeamento asfáltico no Jardim Travagim</t>
+  </si>
+  <si>
+    <t>8407</t>
+  </si>
+  <si>
+    <t>508</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8407/59._academia_praca_bemtivis.doc</t>
+  </si>
+  <si>
+    <t>Indica instalação de academia ao ar livre em praça localizada na Rua Maria Fercem com a Rua José Lopes Silva</t>
+  </si>
+  <si>
+    <t>8409</t>
+  </si>
+  <si>
+    <t>509</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8409/60.reforma_de_canaleta_perto_do_asilo.doc</t>
+  </si>
+  <si>
+    <t>Indica reforma de canaleta na Av. José moreira de Queiroz no cruzamento com a Rua Sebastião da Silva Leme</t>
+  </si>
+  <si>
+    <t>8415</t>
+  </si>
+  <si>
+    <t>510</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8415/indica_rotatoria_ciro_zapacosta.docx</t>
+  </si>
+  <si>
+    <t>Indica a manutenção e adequação da sinalização da rotatória localizada na Avenida Ciro Zapacosta, nas proximidades dos números 220 e 305.”</t>
+  </si>
+  <si>
+    <t>8416</t>
+  </si>
+  <si>
+    <t>511</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8416/indico_rocar_mato_e_limpeza_na_rua_natal_remunhao_altura_do_no110..doc</t>
+  </si>
+  <si>
+    <t>Indico roçar mato e limpeza na Rua Natal Remunhão, altura do Nº110.</t>
+  </si>
+  <si>
+    <t>8417</t>
+  </si>
+  <si>
+    <t>512</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8417/indica_canteiro_joao_leme.docx</t>
+  </si>
+  <si>
+    <t>Indica sinalização da faixa de pedestres, revitalização da pintura e abertura de acesso no canteiro central em frente ao Posto de Saúde Municipal João Leme.</t>
+  </si>
+  <si>
+    <t>8418</t>
+  </si>
+  <si>
+    <t>513</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8418/1-indicacao_anteprojeto_carro_abandonado.doc</t>
+  </si>
+  <si>
+    <t>Indica o anteprojeto que “Institui diretrizes para a adoção de medidas voltadas à identificação e remoção de veículos abandonados em vias públicas no Município de Leme, sem geração de novas despesas ao erário, e dá outras providências.</t>
+  </si>
+  <si>
     <t>7607</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO solicitando com urgência e celeridade a poda, regularização, revitalização e manutenção das árvores e do espaço adjacente da Avenida Maria Helena, no bairro Jardim Capitólio.</t>
   </si>
   <si>
     <t>7608</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Prefeito Municipal e à Secretaria Municipal de Assistência Social para a criação de uma Casa de Passagem destinada ao acolhimento provisório de crianças e adolescentes envolvidos em situações de graves infrações, que não podem ser encaminhados aos abrigos convencionais.</t>
   </si>
   <si>
     <t>7609</t>
@@ -8117,50 +8300,86 @@
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8374/cresciumal.pdf</t>
   </si>
   <si>
     <t>APLAUDEM à Cresciumal Agroindústria, pela realização do tradicional Culto Ecumênico em Ação de Graças, que marcou, de forma significativa, o início oficial da Safra 2026/2027</t>
   </si>
   <si>
     <t>8375</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8375/mocao_de_apelo_6.pdf</t>
   </si>
   <si>
     <t>APELAM aos órgãos de Segurança Pública localizadas nossa cidade, como Polícia Militar (PM), Polícia Civil (PC), Guarda Civil Municipal (GCM), Secretaria Municipal de Segurança, Trânsito, Cidadania e Defesa Civil, Secretaria de Assistência e Desenvolvimento Social e ao Prefeito Municipal de nossa cidade, para que ampliem, com urgência e prioridade efetiva, as ações integradas de prevenção, proteção e responsabilização contra os casos de violência à mulher, e presto solidariedade com todas as mulheres que já sofreram e ainda sofrem violência em seu dia a dia.</t>
   </si>
   <si>
     <t>8380</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8380/mocao_aplausos_para_finacas_-_regina.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS para a equipe de finanças da Prefeitura Municipal, na pessoa da senhora Vera Regina Pilon Penteado, pelo excelente trabalho realizado na condução das contas públicas ao longo do ano de 2025</t>
   </si>
   <si>
+    <t>8410</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8410/mocao_de_aplausos_renovare.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Clínica Renovare Nefrologia pela passagem do Dia Mundial do Rim, destacando sua contribuição na conscientização sobre a saúde renal e a prevenção de doenças renais.</t>
+  </si>
+  <si>
+    <t>8411</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8411/mocao_aplausos_escola_waldemar_fer_63_anos.pdf</t>
+  </si>
+  <si>
+    <t>MOÇÃO DE APLAUSOS à Escola Estadual Prof. Waldemar Ferreira, em razão da celebração de seus 63 anos de história, dedicação e compromisso com a educação em nosso município.</t>
+  </si>
+  <si>
+    <t>8412</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8412/mocao_sads.pdf</t>
+  </si>
+  <si>
+    <t>APLAUDEM à Prefeitura do Município de Leme, em especial à Secretaria de Assistência e Desenvolvimento Social, ao Centro de Referência da Pessoa com Deficiência e à APAE, pela realização da 2ª Semana Municipal da Pessoa com Síndrome de Down.</t>
+  </si>
+  <si>
+    <t>8413</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8413/mocao_de_apelo_agilizacao_descongela_233.pdf</t>
+  </si>
+  <si>
+    <t>Moção de apelo ao prefeito municipal para a Agilização do cumprimento da LC 226/26 o descongela que garante a contagem dos 583 dias trabalhados durante a pandemia</t>
+  </si>
+  <si>
     <t>8190</t>
   </si>
   <si>
     <t>PARJ</t>
   </si>
   <si>
     <t>Parecer Jurídico</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8190/parecer_ao_plo_no_24-2026_denuncia_descarte_de_lixo_com_recompensa.pdf</t>
   </si>
   <si>
     <t>8206</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8206/parecer_ao_plo_no_27-2026_alteracao_de_denominacao_e_proprio_publico.pdf</t>
   </si>
   <si>
     <t>8289</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8289/projeto_de_lei_no_2926_denominacao_de_proprio_publico.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a denominação da Unidade de Saúde da Família – ESF Saulo, que passa a denomina-se “ESF PAULO MACARENCO”, no município de Leme.</t>
@@ -8652,50 +8871,59 @@
     <t>8287</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8287/resp64.pdf</t>
   </si>
   <si>
     <t>Ofício nº 1.679/2026, em resposta ao Requerimento nº 64/26 do Ver. David Pedrão.</t>
   </si>
   <si>
     <t>8386</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8386/resp69.pdf</t>
   </si>
   <si>
     <t>Ofício nº 1.745/26, em resposta ao Requerimento nº 69/26 da Ver. Fabiele Bergamin.</t>
   </si>
   <si>
     <t>8387</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8387/oficio_gabinete_drs_x_n_045.2026._-_p.camara_municipal_de_leme.pdf</t>
   </si>
   <si>
     <t>Ofício nº 45/2026, da Diretoria do Departamento Regional de Saúde de Piracicaba, em resposta ao Requerimento nº 57/26 do Ver. Ademir Lopes.</t>
+  </si>
+  <si>
+    <t>8414</t>
+  </si>
+  <si>
+    <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8414/75.pdf</t>
+  </si>
+  <si>
+    <t>Ofício nº 1.875/26, em resposta ao Requerimento nº 75/26 do Ver. David Pedrão.</t>
   </si>
   <si>
     <t>7792</t>
   </si>
   <si>
     <t>REsp</t>
   </si>
   <si>
     <t>Requerimento de Urgência Especial</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7792/brnb422007e9271_009471.pdf</t>
   </si>
   <si>
     <t>REQUEREIMENTO DE URGENCIA ESPECIAL AO PL09/2026.</t>
   </si>
   <si>
     <t>7794</t>
   </si>
   <si>
     <t>http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7794/brnb422007e9271_009475.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO DE URGÊNCIA ESPECIAL AO PL03/2026.</t>
   </si>
@@ -9419,56 +9647,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7706/requer_especial_retirar_mocao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7713/requer_especial_cameras_interna_camara.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7714/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7715/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7716/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7821/requerimento_especial_de_retirada__projeto_14_2026_29_29_01_2026.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7871/requerimento_especial_farmacia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7884/requerimento_especial_1.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7890/requerimento_especial_fala_tribuna_18_02_2026.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7908/requerinto_especial.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7967/requer_especial_lei_ordinaria_18.2026.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7991/12-requerimento_especial_copia_video_uso_tribuna.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8057/requeremento_especial_retirar_projeto_tramitacao.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8069/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8167/requer_especial_retirar_indica_314.2026_ventilador.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8390/reqesp16-26.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8393/proposta_emenda_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7893/oficio_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7894/oficio_no_12.2026__snj.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7876/emissao_f941c1fb2e4d4a9725622ccf_ato-oficial-projeto-de-lei---009-2026_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8056/plc_cargos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8070/plc_06-26_altera_lc_624.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8071/plc_07-26_cria_nucleo_de_pericia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8072/plc_08-26_piso_salarial_dos_agentes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8202/plc_gabinete_formacao_treinamento_qualificacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8389/oficio_n_36.2026_pl_smf.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7707/projeto_de_lei_ordinaria_empreendedorismo_feminino.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7708/projeto_de_lei_ordinaria_incentivo_a_doacao_de_cabelo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7709/plo_fogos-2_1.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7717/oficio_no_003.2026_altera_a_denominacao_da_faculdade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7718/oficio_no_004.2026_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7753/projeto_piscina_231.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7789/oficio_no_005.2026__snj._projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_06_02_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7796/projeto_de_lei_app_farmacia.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7802/plo_animais_pet-_2_.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7803/projeto_lei_prioridade_maestea_ok.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7853/projeto_de_lei_cao_orelha.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7875/emissao_7212110215cc45d1a9be5008_ato-oficial-projeto-de-lei---008-2026_assinado_versaoimpressao_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7892/projeto_de_lei_pessoas_desaparecidas.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7954/oficio_no_15.2026___snj_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7955/oficio_no_16.2026_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7956/oficio_17.26_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7968/projeto_de_lei_alteracao_orcamento_2026_alteracao_09_eti_fundeb_superavit__25_02_26.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7992/oficio_no_19.2026__snj.__projeto_de_lei_alteracao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8176/fiscalizacao_colaborativa_de_residuos_solidos..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8192/pl_programa_adote_um_campeao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8193/oficio_no_29.2026___snj_projeto_de_lei_alteracao_orcamento_2026_subvencao_social_gacc_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8205/plo_11.03.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8262/pl_28-26_-_credito_1.906.53376.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8265/pl_29-26_-_esf_paulo_macarenco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8310/projeto_de_lei_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8377/oficio_no_34.2026_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro_a_atletas_amadores_e_profissionais_que_participem_de_eventos_e_competicoes_esportivas_representando_o_municiipio_de_leme.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8378/projeto_de_lei_alteracao_orcamento_2026_alteracao_12_cultura_assistencia_devolucoes_trator_e_obras_18_03_26.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8382/projeto_de_lei_ordinaria_1.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8391/projeto_de_lei_alteracao_orcamento_2026_obras_ubs_vanessa_cmi2_anulacao_ex_anteriores_xlsx.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8392/projeto_de_lei_m-chat.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7739/projeto_cicdadao_lemense_dra_ana_maria.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8388/titulo_cidadao_baleia_22.3.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7958/comissao_assntos_relevantes_saude.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8102/plr_institui_o_premio_mulher_destaque.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7798/projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_substitutivo_11_02_2026.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8031/emissa_1.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8275/pl_28-26_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7793/brnb422007e9271_009472.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7795/brnb422007e9271_009476.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7804/parecer_das_comissoes_ao_pdl35-25.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7877/pl11.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7879/pl01.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7880/pl179.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7881/pl02.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7882/pl2.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7883/pl04.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7964/brnb422007e9271_009507.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7966/brnb422007e9271_009513.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7993/pl180.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7998/brnb422007e9271_009568.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7999/brnb422007e9271_009571.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8059/brnb422007e9271_009618.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8061/brnb422007e9271_009622.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8073/brnb422007e9271_009629.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8074/brnb422007e9271_009631.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8083/plc01.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8084/pl07.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8085/plc05.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8178/pl06.2026.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8181/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8182/parecer_conjunto_comissoes_pl19-26.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8187/plc02.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8188/pl10.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8191/img20260311_17203486.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8283/img20260317_14293660.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8285/img20260317_14372583.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8288/pc_33_ao_plc02.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8384/brnb422007e9271_009722.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8396/pdl36.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8397/pl133.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7626/requerimento_informacoes_5.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7627/votos_de_pesar_mauro.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7630/voto_de_pesar_02_cristina.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7648/requerimento_informacoes_4.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7650/requerimento_informacoes_7.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7652/pesar__luis_carlos_papesso.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7658/requerimento_informacoes_6.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7666/requerimento_psicologo.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7669/requerimento_malha_viaria.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7670/requerimento_pediatria_ginecologia.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7671/requerimento_exames_rede.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7703/voto_de_pesar_02_fatima.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7705/requer_congratulcoes_casa_mulher.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7723/aniversario_juliano_costa_de_souza.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7729/requer_cumprimento_lei_atend_preferencial_cancer.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7735/voto_de_pesar_02_.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7737/requerimento_saecil_borda_bueiro.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7738/reforma_de_calcadas_acessibilidade_2026.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7740/requer_informacoes_do_prefeito_municipal..pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7741/requer_informacoes_do_prefeito_municipal._1.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7742/voto_de_pesar_02_olga.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7744/requer_informacoes_do_diretor_presidente_da_saecil._1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7752/voto_sr_arlindo_carreira_231_1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7764/votos_de_congratulacoes.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7768/requerimento_santacasa_1.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7775/4-voto_de_pesar_09-02-2026_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7787/requerimento_adesao_maisacessoespecialistas_ok.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7788/requerimento_cemmil_1.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7805/voto_pesar__0902.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7826/pesar__antonio_dos_santos_jose_mais_conhecido_como_pele_do_gas.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7828/voto_sr_arlindo_carreira_231.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7839/votos_de_pesar_julio_klaus.doc" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7847/req_neurologista_cirurgia.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7854/req_neurologista_oncologia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7856/req_neurologista_endovascular.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7861/req_lampadas_queinmadas_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7873/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7874/voto_de_pesar__sr._jorge_porto._2.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7898/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.doc" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7901/voto_de_pesar.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7902/2-requerimento.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7905/requer_ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7910/req_mpox.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7913/requer_informacoes_do_prefeito_municipal.doc" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7919/2_-requerimento_nuroginecologista.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7920/req_ace.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7940/requerimento_cargos_comissionados.doc" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7957/req_plano_hapvida.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7974/requerimento_valetao_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7982/voto_de_pesar__sra._luzia__fontes_de_moraes_1.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7983/requerimento_aquisicao_de_ambulancia_uti_pam.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7994/requer_informacao_colheita_lixeira.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7995/2_-requerimento_uroginecologica.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8001/requer_cobranca_exame_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8007/votos_de_pesar_lolete.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8010/3-voto_de_congratulacoes_ao_sr__waldemar_da_costa_neto.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8016/voto_de_pesar_02_nicanor.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8045/requerimento_monitoramento_descartelixo.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8046/requerimento_robotica_reforma_escolas.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8047/requerimento_lions.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8110/requerimento_locacao__de_gasometro_para_o_pam_1.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8152/votos_de_pesar_-1-_1_-_1_.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8154/requerimento_informacoes.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8159/requer_votos_de_congratulacoes_para_o_chefe_de_instrucao_do_tiro_de_guerra_02-074_subtenente_marcelo_jeronimo_de_carvalho_e_a_todos_os_atiradores_da_ativa_e_da_reserva..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8210/requerimento_qual_setor_responsavel_por_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8211/requerimento_sobre_a_manutencao_da_maquina_exames_do_cavet.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8215/3-voto_de_congratulacoes_-_iran_1.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8267/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8268/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8269/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8270/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8304/requer_votos_de_congratulacoes__pr_joais.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8305/4-voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8306/requer_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8307/2-requerimento_poste_tombado_1.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8371/req_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8372/requer_votos_de_congratulacoes_ao_major_pm_ricardo_anversa..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7628/indicacao_1_02.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7629/indica_zeladoria_jardimprimavera.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7631/indica_limpeza_ruapedroalvarescabral_novasantarita.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7632/indicacao.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7633/indica_passarela_rodovia_02.02.26.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7634/indicacao.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7635/indicacao.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7637/ind__ortopedista_24h.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7638/indicacao.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7639/indicacao.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7640/indicacao.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7641/ind__sala_tematica_ondontologica_infantil.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7642/ind__segunda_fase_muralha_digital.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7643/indica_reparo_canteiro_central_carlo_bonfanti.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7644/ind__criacao_de_bolsa_atleta.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7645/indicacao.doc" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7646/indicacao_anteprojeto01.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7647/ind__reforma_de_canatela_na_padre_juliao_com_n_p.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7649/indicacao.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7654/indicacao.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7655/ind__programa_clik_arvores.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7656/indicacao.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7657/indicacao.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7659/ind_pagamentos_retroativos_de_anuenio_trienio_quinquenio_sexta-parte_licenca-premio.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7660/indicacao.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7661/indicacao.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7662/ind_poda_de_arvores_herminio_ometto.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7663/ind__mais_medicos_nos_psfs.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7664/indicacao.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7665/indicacao.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7667/ind__zerar_fila_de_aparelho_auditivo.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7668/indicacao.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7672/indica_ampliacao_guiasrebaixadas.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7673/indica_campanhas_educativas.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7674/indica_estudo_melhorias_entregasexames.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7675/indica_fiscalizacao_cavalos_ruasantacecilia.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7676/indica_fumacas_ferrovelhoquaglia.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7677/indica_limpeza_acoescontraerosa_avjoaquimlopesaguila_centroeducacional.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7678/indica_limpeza_aoredor_ginasiosantamarta.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7679/indica_limpeza_av7set_angelica_praasaojoaquim.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7680/indica_limpeza_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7681/indica_limpeza_jd_empyreo.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7682/indica_limpeza_jdsol.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7683/indica_limpeza_manutencao_praa_somanoel_chapado.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7684/indica_limpeza_prediotelesp.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7685/indica_limpeza_rua_ricardohildebrand.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7686/indica_limpeza_ruajoaquimadolfoamadeu_jdadelina.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7687/indica_limpeza_ruanatalremunho.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7688/indica_limpeza_zeladoria_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7689/indica_lombada_ruateobaldocastromeira.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7690/indica_manutencao_praca_jdquaglia.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7691/indica_manutencao_ruacabreuva.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7692/indica_melhorias_calada_postosomanoel.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7693/indica_melhorias_lago_municipal.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7694/indica_melhorias_limpeza_ruaaoladodoasilo.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7695/indica_melhorias_praa_jdsantarita.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7696/indica_melhorias_rotatoriapaoprata.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7697/indica_projetolei_reenquadramento_educacaoinfantil.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7698/indica_recape_tapaburaco.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7699/indica_recapeamento_ruajospiccolo.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7700/indica_reforma_emeb_isabelcristina.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7701/indica_revitalizao_praa_taquariponte.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7702/indica_seguranatransito_rua_vitrio_tomazzoti.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7704/indicacao_1_02___01.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7710/indica_limpezaterreno_jduniversitario.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7711/indicacao.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7719/indica_recape_asfaltico_na_rua_maria_forcem.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7720/indico_a_construcao_de_calcada_na_rotatoria_do_caic_localizada_na_praca_nove_de_julho_1.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7721/indico_a_ampliacao_da_sala_de_espera_da_farmacia_de_alto_custo..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7722/indico_a_retirada_de_lixo_r._rua_antonio_roversi_71_jardim_empyreo.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_mudanca_estacionamento_cs_ii.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_providencias_distribuicao_remedios_2026_1.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao_ampliacao_da_farmacia_de_alto_custo_1.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7727/42._retirada_de_arvores_2026.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7728/19.indicacao_-_recapeamento_travaguim.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_1_09.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7731/indica_zeladoria_melhorias_eugeniodellai_arenazealmir_ok.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7732/indica_melhorias_whastscmi_telefone_ubs_ok_1.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7733/indica_melhorias_centro_autismo_ok.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7734/indica_limpeza_terreno_aolado_ubsvanessa.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7736/indica_rocagem_retirada_de_mato_alto_e_limpeza_geral_da_area_do_campo_de_futebol_localizado_na_rua_salgado_filho_no_150_no_bairro_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7743/ind_limpeza_praca_francisco_coelho.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7745/indica_implantacao_de_bicicletario_nas_imediacoes_da_casa_da_mulher_yolanda_penteado.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7746/ind_tapa_rua_amelio_boff-_55.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7747/ind_recapeamento_rua_vitorio_loppi.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_ponte_corrego_constantino_2026_1.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7750/ind_tapa_rua_amelio_boff_-_35_1.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7751/indica_limpeza_rua_zocoler.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7754/indica_rua_ozanan_quaglia.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7757/indica_omar_travagin_1.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7758/ind_sala_de_usg_casa_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7759/indica_raspa_asfalto.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7760/ind_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7761/indica_camera_inteligente_gcm.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7762/mit_0902.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7763/recap_em_todos_os_bairros_0902.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7765/serviores_unvesp_0902_1.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7766/reform_posto_caju0902.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7767/reform_posto_taquari_0902.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7769/revitalizacao_vieiro_02.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7770/casa_a_juv_0902.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7771/contratacao_medic_002_1.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7772/semafaro_0902.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7773/indica_canteiro_carlo_bonfanti_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7774/reforma_cmi_002.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7776/ind_chafariz.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7777/indica_troca_poste_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7779/ind_cobertura_no_bosque.doc" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7780/indica_manutencao_praca_bonsucesso.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7781/atendimento_prioritario_1.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7782/indica_sala_sensoriais_tea.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7784/ind_recapeamento_proximo_ao_tenda.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7785/filas_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7806/ind_poda_de_arvore_emeb_prof.a_zulmira_pedro_donadelli_sawaya.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7807/indico_a_reforma_geral_na_emeb_profa._fabiola_bernadete_hildebrand_e_silva_della_libera..pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7808/ind_pet_place_nas_pracas_publicas_do_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7809/ind_anteprojeto_medidor_de_clicemia_na_rede_publica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7810/indica_tapa_buraco_entre_os_depositos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7811/ind_operacao_tapa_buraco_em_toda_cidade.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7812/indica_poda_de_arvora_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7813/ind_manutencao_das_quadras_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7814/indica_providencias_contra_escorpiao.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7815/ind_novo_lugar_para_a_farmacia_do_cmi_1.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7816/ind_cronograma_limp_taquari_ponte_1.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7817/ind_cronograma_limp_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7818/ind_cronograma_limp_caju.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7819/ind_cesto_inteligente_em_bueiro.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7820/ind_novo_lugar_para_regulacao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7824/indica_implementa_aplicativo_1.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7825/indica_lixeira_ginasio_valdomiro.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacoes_sessao_18.02_quarta.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_com_projeto_lei_quiosque.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7831/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_1.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7833/ind_canale_rua_santa_izabel.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_1_092.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7835/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_acesso_a_escola.doc" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_monitoramento_parque_mourao_18_fev_26.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_com_projeto_lei_lazer_lago.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7838/ind_manutencao_na_praca_pedro_sartor.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7840/regularizacao_urgente_do_whatsapp_do_cmi.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7841/google..pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7842/implantacao_de_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7843/indica_agendamento_consultas_emferiado_1.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7844/jardim_amalia..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7845/rotatoria.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7846/indica_estudo_construcao_ubs_franciscocoelho_1.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7848/indica_zeladoria_urbana_altogloria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7849/indica_recapeamento_ruavictoriosouza.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7850/indica_recapeamento_galeriapluvial_a_rua_roberto_schwenger_ate_a_rua_lazaro_kinock..pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7851/indica_limpeza_terreno_ruaarapongas_escolapct.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7855/indica_limpeza_bueiro_ruabernardogarcia.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7857/indica_muro_renata_bacarin.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7858/indico_a_reforma_e_revitalizacao_da_pista_de_skate_localizada_nas_proximidades_da_av._manoel_lopes_troya_no_230..pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7859/indica_asfalto_leopoldo_schepes.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7860/indica_limpeza_cassiano_oliveira_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7863/ind_lampada_queimada_rua_magnolia_proximo_a_174_1.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7864/ind_traca_de_lampada_e_poda_de_arvore_praca_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7865/ind_limpeza_herminio_ometto_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7866/ind_limpeza_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7867/indico_a_limpeza_capinacao_retirada_de_lixo_e_poda_do_mato_em_area_verde_localizada_na_rua_atilio_bertao_no_jardim_das_palmeiras_proximo_a_clinica..pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7868/ind_limpeza_bueiro_1.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7869/indica_ponto_de_onibus_nova_leme.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7870/ind_pernelongo.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_programa_atestado_responsavel.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_anteprojeto.doc" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_recape_asfaltico_rua_luiz_palermo_maradei.doc" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7900/ind_radares_de_velocidade_2026.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7903/indica_rocagem_pista_de_skte.docx" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7904/indica_roca_lixo_padre_cicero.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7906/indica_cuida_mais_on_leme.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacoes_sessao_do_dia_23.02.26.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7909/indico_rocar_mato_e_limpeza_rua_waldemar_zillo_proximo_a_igreja_presbiteriana_..docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7911/indico_rocar_mato_e_limpeza_do_parquinho_da__r._paulo_lopes_proximo_ao_no53_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7914/45._indica_poda_de_arvore_av_jose_moreira_de_queiroz_178.doc" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_ampliacao_quadro_servidores_do_pam.doc" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7916/indico_rocar_mato_e_limpeza_do_campo_da_r._arthur_camilo_proximo_ao_no_92_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_luminacao_praca_trabalhador.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_1_23.doc" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_1_25.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7928/ind_tapa_rua_ricardo_vigatto.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7929/ind_tapa_rua_sylvio_canevari.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7931/ind_poda_de_arvore_travagim.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7934/ind_ambulatorio_de_ortopedia.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7935/cras_saulo.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7936/medidas_urgentes.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7937/praca_do_padre_cicero_no_jardim_saulo..doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7938/realizacao_de_exames.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7939/indicacao.doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7941/indica_limpeza_paulobregaro_bancaria.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7942/indica_limpeza_avenida_altimirapinke.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7945/indica_capacitacao_saude.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7946/indica_academia_saude.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7948/ind_dia_especifico_para_marcar_medico.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7950/ind_assistente_social_cmi.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7951/indicacao.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7952/ind_mais_funcionario_cmi.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7975/indicacao_de_realizacao_da_campanha_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7976/indica_projeto_pessoas_desaparecidas.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_recapeamento_da_rua_anibal_travagin.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_paco_municipal_pref_campanha_mes_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7979/1-indicacao_manutensao_e_limpeza_da_pista_skate_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7980/indica_recapeamento_asfaltico_jose_parisoto_jd_sol_1.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7981/indica_recape_valentim_jd_do_sol.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7984/indica_recape_joao_bap_bonatto.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7986/indica_a_poda_de_algumas_arvores_na_r._zarif_faiad_mansur_altura_do_no_52..pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7987/indico_a_implantacao_de_faixas_de_pedestres_no_cruzamento_entre_a_rua_jose_de_alencar_e_a_rua_luiz_imposseto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7988/indico_implantacao_de_uma_rotatoria_no_cruzamento_1.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7989/indica_recape_adelino_borto_imperial.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7990/46.troca_de_lampada_rua_gustavo_haberman.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7996/indica_calcada_no_jardim_sol.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7997/indica_ortopedista_ombro.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8002/indica_poda_arvore_wladimir_moraes.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8003/indica_manutencao_geral_no_centro_de_especialidades_pediatricas_dr._ewaldo_1.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8004/indica_realizacao_de_estudos_e_construcao_de_uma_unidade_do_cras_entre_os_bairros_jardim_itamaraty_e_jardim_ariana..pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8005/indica_reparo_fiacao_wlad_moraes.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8006/indica_campanha_uso_do_banheiro.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8008/indica_praca_ubs_renascenca_1.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8009/indica_atiliobertao_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8011/indica_escorpioes_jdpalmeiras.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8012/indica_brinquedos_lagomunicipal.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8013/indica_concursopublico_saude.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8014/indica_melhorias_avjoaquimlopesaguilla.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8015/indica_faixaelevada_emebpaulobonfanti.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8017/indica_contratacao_reumatologista.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_1_02.03.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8020/indica_melhorias_campoideal.doc" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8021/indica_limpeza_jdempyreo.doc" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8022/indica_zeladoria_joaobozza.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8023/indica_melhorias_avjoaquimadolfoamadeu.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8024/indica_recape_tapaburaco_ruaceljoselemefranco.doc" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8025/indica_recape_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8026/indica_zeladoria_taquaribairroeponte.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8027/indica_recape_tapaburaco_ruaprofdomingoscambiaghi.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8029/ind_lampada_queimada_rua_benedito_barreto_mourao_1.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8030/ind_lampada_queimada_club_gloria.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8032/ind_tapar_buraco_estrada_cascata.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8033/ind_tapar_buraco_club_gloria_1.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8034/ind_mato_alto_club_gloria.doc" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8035/ind_patrulhamento_comunitario_movel.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8036/ind_rececao_especifica_consulta_agendada_1.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8039/indica_campanha_descarte_lixo_certo.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8040/indica_valorizacao_conselho_tutelar_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8041/indica_lei_motoristas_ambulancia_lei_feredal.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacoes_sessao_do_dia_02.03.2026.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8048/indica_conserto_brinquedos_do_lago.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8049/indica_escola_jardim_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8050/transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8051/jardim_do_parque.doc" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8052/jardim_florida.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8053/uniforme_escolar.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8054/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8086/indica_recape_asfalto_joaquim_ratto.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8087/indica_recape_asfalto_armando_pacagnella.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8088/ind_revitalizacao_da_sinalizacao_da_av_joaquim_lopes_aguila.doc" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8089/indica_recape_asfalto_jose_bene_moraes.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8090/indica_cronograma_vistoria_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8091/ind_troca_poste_da_rotatoria_quaglia.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8092/ind_faixa_de_pedestres_na_manoel_abade.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8093/indica_rota_alternativa_av_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8094/indica_tapa_buraco_grill_sul.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8095/indica_tapa_buraco_bairro_jd_serelepe_1.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8096/indica_guarda_corpo_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8097/indica_agua_jd_imperial.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8098/remover_arvore_jd_amalia_1.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacoes_para_sessao_09.03.2026.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8103/indica_recape_estrad_muni_joao_cruz.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8105/indica_recape_avenida_omar_travagin.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8106/indica_recape_asfalto_spm_marcos_stilli.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8107/indica_instalacao_ventilador_centro_renda_1.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8108/mais_indicacoes_pra_sessao_09.02.26_part2.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8109/indica_semaforo_7_de_setembro_com_joao_arrais.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8111/ind_mato_terreno_abandonado.doc" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8112/indica_tapa_buraco_e_valeta_empocada_bairro_eroisi.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8113/praca_cicero.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8114/1-indicacao_03.03.20251.doc" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8115/ind_transito_guarda_mirim.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8116/indica_ampliacao_ambulancias.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8117/indicorecapeamento_asfaltico_na_rua_joaquim_adolfo_amadeu_na_altura_do_numero_470_no_bairro_jardim_vanessa.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8118/indico_que_estude_a_possibilidade_de_realizar_a_construcao_de_uma_quadra_poliesportiva_no_bairro_empyreo_neste_municipio..doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8119/indico_a_manutencao_urgente_reparo_ou_substituicao_dos_brinquedos_do_playground_do_lago_municipal_com_troca_da_areia_e_revisao_das_condicoes_de_seguranca_do_espaco_infantil..doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8120/indica_cadeiras_quebradas_pam.doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8121/indica_estudo_rotatoria_paodeprata.doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8122/47.mutirao_de_limpeza_empyreo.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8123/49.limpeza_de_terreno.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8124/indica_limpeza_rua_dr._joao_francisco_domenico_serodio.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8125/50.trca_de_lampada_queimada.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8126/ind_arrumar_estada_souza_queiroz.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8127/48.mais_medicos_psf_empyreo.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8128/indica_melhorias_avsantaisabel.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8129/indica_limpeza_ruajosecostenaro_analucia.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8130/indica_melhorias_passeiopublico_armandosallesequerobinosoeiro.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8131/indica_recape_jardimfrancisco.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8132/internet_nas_unidades_escolares.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8133/indica_melhorias_estrada_pirassununga.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8134/indica_postecaido_estrada_joao_pinto_de_azevedo..doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8135/biblioteca_itinerante.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8136/ind_multirao_de_limpeza_nova_santa_rita.doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8137/plantio_de_arvores.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8138/wi-fi.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8139/praca_do_padre_cicero.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8140/exames_de_ultrassom.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8141/ampliacao_de_formacao.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8142/lombadas_no_bairro_empyreo.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8143/aulas_de_reforco.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8144/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8145/santa_carolina.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8146/1-indicacao_1-1-_1_.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8147/instalacao_de_radar.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8148/semaforo.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8149/upa.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8150/jardim_quaglia..doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8151/area_verde.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8155/indico_a_pintura_da_demarcacao_de_vaga_de_estacionamento_posto_de_saude_renascenca..doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8156/indica_rocagem_constantido_no_jd_eloisa.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao.doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao.doc" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8160/ind_cronograma_limp_taquari_ponte.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8165/ind_app_sus_consulta.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8166/indica_tapa_buraco_decio_maradei.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8168/ind_teletratamento_mulheres.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8169/ind_manutencao_na_jd_do_sol.doc" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8170/indica_tapa_buraco_augusto_salciotto.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8171/ind_cirurgiao_plastico_no_sus.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8172/ind__rotatoria_cmi.doc" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8209/09-03-26.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8212/indica_tapa_buraco_joao_trottman.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8213/indica_pavimentacao_pontezinha_travagin.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8214/indica_cameras_e_informacao_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8216/indicacao_374.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8217/indicacao....doc" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8219/indicacao_377.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_378.doc" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_379.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8222/indicacao_380.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_381.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_382.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_383.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao384.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao385.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao386.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao387.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao388.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao389.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao390.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao391.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao392.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao393.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao394.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao395.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao396.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao397.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao398.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao.doc" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao400.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao401.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao402.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao403.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao404.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao405.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8248/indicacao406.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao407.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao408.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao409.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao410.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao411.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao412.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8255/indicacao413.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8256/indica_rotatoria_griil_sul.docx" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao415.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao416.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8259/indicacao417.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8260/indicacao418.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8261/ind_piso_salarial_gari.doc" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao420.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao421.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao422.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8290/indico_a_poda_das_arvores_e_rocagem_do_mato_na_rotatoria_localizada_na_saida_do_km_186_da_rodovia_anhanguera_sp-330..pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8291/51.retirada_de_entulho_praca_do_padre_cicero_1.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8292/52.tapar_buraco_rua_jose_marques.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8293/53._retirda_de_galho_rua_jose_carlos_pink.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8294/54._indica_melhoria_na_iluminacao_parca_padre_cicero.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8295/55._indica_estudos_para_retirada_de_arvores_comprometidas.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8296/indica_retirar_lixo_igre_quadrangular.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8297/56.indica_gcm_para_orientacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8298/57.limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8299/58.retirar_lixo_ginasio_primavera.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8300/indica_cursos_do_pat.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8301/indico_manutencao_do_ginasio_santa_marta_com_conserto_dos_refletores_e_do_bebedouro._1.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_de_adesivos_nos_caminhoes_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8303/indica_lampadas_de_led_no_bairro_caju.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8308/indica_recape_asflato_ruas_bairro_caju_1.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8311/indica_rocagem_no_bairro_jd_sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8312/indica_transformador_no_alto_da_gloria.docx" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8313/indica_retirada_lixo_fernando_mercatelli.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8314/indica_retirar_lixo_otavio_no_jd_do_sol.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacoes_para_a_sessao_23.03.2026.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8316/indica__a_adocao_de_providencias_para_melhorias_na_infraestrutura_e_nos_servicos_publicos_do_bairro_caju..doc" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8317/indicacao.doc" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao.doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8320/indicacao.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8321/indica__a_realizacao_de_manutencao_e_melhorias_na_rodoviaria_municipal_de_leme..doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8322/indica__a_realizacao_de_recapeamento_asfaltico_na_rua_darcio_tampolini..doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8323/indica__a_realizacao_de_manutencao_rocagem_e_limpeza_das_pracas_localizadas_na_regiao_do_parque_sao_manoel..doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8324/pracas_viva.doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8325/bairro_renascenca.doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8326/velorio_municipal.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8327/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_para_coibir_descarte_irregular_de_lixo_em_terreno_proximo_a_rua_henrique_margonar_no_530..doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8328/atendimento_da_rede_publica.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8329/indica__a_realizacao_de_servicos_de_rocagem_e_limpeza_no_jardim_taquaral..doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8330/profissionais_da_saude.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8331/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_urgentes_em_terreno_com_acumulo_de_lixo_no_entorno_da_emeb_profa_zulmira_no_jardim_empyreo..doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8332/reducao_do_tempo_de_espera_por_consultas.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8333/inclusao_de_libras_como_disciplina_opcional.doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8334/operacao_tapa-buracos.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8335/fornecimento_de_medicamentos.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8336/educacao_ambiental.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8337/indica_a_realizacao_de_manutencao_na_iluminacao_publica_na_rua_domingos_cechinatto_no_484..doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8338/reduzir_perdas_de_agua.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8339/indica_poda_arvore_jdbonsucesso.doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8340/canal_direto.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8341/indica_a_realizacao_de_recapeamento_asfaltico_nas_vias_dos_bairros_jardim_quaglia_e_jardim_graminha..doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8342/vazamentos_de_agua.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8343/indica_lixo_angelinazapacosta.doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8344/mediacao_de_conflitos_nas_escolas..doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8345/a_iprograma_de_incentivo_a_leitura.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8346/programa_de_mentoria_entre_estudantes.doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8347/educacao__financeira.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8348/banco_de_recursos_pedagogicos_compartilhados.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8349/alfabetizacao_digital_para_pais.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8350/apoio_psicopedagogico_intensivo.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8351/servicos_de_saude.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8352/indica_poda_arvore_deolindasantosmeira.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8353/monitoramento_e_qualidade.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8354/oficinas_de_inteligencia_emocional.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8355/educacao_sobre_residuos_e_economia_circular.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8356/indicacao.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8357/mutiroes_de_consultas.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8358/indicacao.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8359/bueiros.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8360/casa_da_juventude_233.docx" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8362/1-indicacao_23_3_2.doc" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8363/oncologista_233.docx" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8364/semafaro_233.docx" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8365/casa_da_mulher_233.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8366/revitalizacao_viveiro_233.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8367/reforma_posto_caju_233.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8368/univesp_233.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8369/reforma_posto_taquari_233.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8370/indicacao_1-_1_.doc" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8376/indica_a_substituicao_dos_brinquedos_quebrados_dos_playgrounds_das_pracas_municipais..doc" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8379/indica_estudos_tecnicos_para_implantacao_de_mao_unica_na_rua_vitorio_thomazotti..doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7748/mocao_orquideas.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7755/mocao_de_aplausos__michel.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7756/mocao_aplausos_coracao_azul.doc_esse.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7778/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7832/mocao-de-aplausos-17-02-2026.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7862/mocao_apelo_raspas_asfalto_graminha.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7912/aplaudem_otica_confianca.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7917/mocao_de_apelo_1.doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7927/mocao_apelo_.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7985/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8018/mocao-de-aplausos-zero.grau.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8028/mocao_de_apelo_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8044/mocao_biomcrop_1.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8099/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8104/mocao_de_apelo_ao_governador_etecs.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8153/6-mocao_de_aplausos_dia_da_mulher_2026.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8161/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8162/mocao_apalusos_sspml.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8163/mocao_de_apelo_1.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8164/mocao_de_apelo_2.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8271/mocao27.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8272/mocao_28.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8273/mocao_29.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8274/mocao_30.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8373/mocao_aplausos_caminhada_sindrme_donw.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8374/cresciumal.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8375/mocao_de_apelo_6.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8380/mocao_aplausos_para_finacas_-_regina.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8190/parecer_ao_plo_no_24-2026_denuncia_descarte_de_lixo_com_recompensa.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8206/parecer_ao_plo_no_27-2026_alteracao_de_denominacao_e_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8289/projeto_de_lei_no_2926_denominacao_de_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8381/parecer_juridico_pl_30-2026_-_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8394/parecer_ao_decreto_legislativo_no_03-2026_-_titulo_cidadao_baleia_rossi.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8395/parecer_ao_plo_no_35-2026_questionario_m_chat.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7797/oficio_18_2026_gdp-mesclado.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7799/oficio_n_007.2026_retirada_do_projeto_de_lei_no_08.2026.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7800/oficio_n_008.2026_retirada_do_projeto_de_lei_no_161.2025.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7801/req14_resposta.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7852/caixa_de_entrada_-_karine_marcondes_-_outlook-mesclado.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7891/resp371.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7895/oficio_no_013.2026_retirada_do_projeto_de_lei_complementar_no_33.2026.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7896/resp13.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7922/resp22.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7923/resp31.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7924/resp24.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7953/oficio_no_14.2026___snj_plc_no_02.2026__merged_unsigned_1.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7969/resp15.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7970/resp29.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7971/resp37.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7972/resp4.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7973/resp15-2.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8075/19_merged.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8076/52_merged.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8077/38_merged.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8078/45_merged.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8079/resp62.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8080/ciclo_debates.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8081/oficio_no_25.2026_retirada_do_projeto_de_lei_complementar_no_06.2026.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8082/oficio_no_26.2026_retirada_do_projeto_de_lei_complementar_no_07.2026.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8101/oficio_n_027.2026.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8173/12_resposta_12_merged.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8174/63-mesclado.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8175/51-mesclado.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8189/brnb422007e9271_009653.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8194/63_reposta_63_c_merged.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8195/47_merged.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8196/55_resposta_55_merged.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8197/53_resposta_53_merged.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8198/57_merged.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8199/50_merged.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8200/resp58.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8201/saecil-mesclado.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8203/03_merged.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8204/48_merged.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8207/oficio__juntada_de_plano_de_acao__projeto_de_lei_complementar_no_3.2026..pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8208/resp65.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8287/resp64.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8386/resp69.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8387/oficio_gabinete_drs_x_n_045.2026._-_p.camara_municipal_de_leme.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7792/brnb422007e9271_009471.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7794/brnb422007e9271_009475.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7878/img20260218_17402270.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7886/brnb422007e9271_009496.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7963/brnb422007e9271_009506.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7965/brnb422007e9271_009512.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8058/brnb422007e9271_009617.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8060/brnb422007e9271_009621.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8062/brnb422007e9271_009625.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8063/brnb422007e9271_009626.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8180/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8183/urgencia_especial_pl_19-26.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8284/img20260317_14324226.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8286/img20260317_14395570.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8383/brnb422007e9271_009721.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7790/pl_03_autografo.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7791/pl_09_autografo.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7885/autografo_-_03_de_projeto_de_lei__11.26.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7887/autografo_-_04_de_projeto_de_lei__16.26.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7888/autografo_-_05_de_projeto_de_lei__173.25.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7959/autografo_-_06_de_projeto_de_lei__20.26.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7960/autografo_-_07_de_projeto_de_lei__21.26.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7961/autografo_-_08_de_projeto_de_lei__179.25.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7962/autografo_-_09_de_projeto_de_lei__04.26.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8064/pl_22_autografo.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8065/pl_23_autografo.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8066/pl_140_autografo.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8067/pl_180_autografo.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8068/pl_01_autografo.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8184/pl_19_autografo.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8185/pl_159_autografo_com_2_emendas.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8186/pl_07_autografo.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8276/autografo_-_18_de_projeto_de_lei__26.26.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8277/autografo_-_19_de_projeto_de_lei__28.26.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8278/autografo_-_20_de_projeto_de_lei__02.26.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8279/autografo_-_21_de_projeto_de_lei__06.26.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8385/pl_32_autografo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8280/autografo_de_lei_complementar_-_01_de_projeto_de_lei_complementar_01.26.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8281/autografo_de_lei_complementar_-_02_de_projeto_de_lei_complementar_05.26.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8282/autografo_de_lei_complementar_-_03_de_projeto_de_lei_complementar_08.26.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7712/despesa_imprensa_2026_janeiro.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8177/despesa_imprensa_2026_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8055/parecer_tcesp_executivo_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7706/requer_especial_retirar_mocao.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7713/requer_especial_cameras_interna_camara.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7714/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7715/12-requerimento_especial_assinatura_eletronica.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7716/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7821/requerimento_especial_de_retirada__projeto_14_2026_29_29_01_2026.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7871/requerimento_especial_farmacia.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7884/requerimento_especial_1.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7890/requerimento_especial_fala_tribuna_18_02_2026.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7908/requerinto_especial.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7967/requer_especial_lei_ordinaria_18.2026.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7991/12-requerimento_especial_copia_video_uso_tribuna.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8057/requeremento_especial_retirar_projeto_tramitacao.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8069/12-requerimento_especial_assinatura_eletronica_-_copia.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8167/requer_especial_retirar_indica_314.2026_ventilador.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8390/reqesp16-26.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8393/proposta_emenda_lei_organica.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7580/plc_altera_a_redacao_do_artigo_1o_da_lei_complementar_municipal_no_574_de_16_de_junho_de_2010.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7893/oficio_no_11.2026.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7894/oficio_no_12.2026__snj.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7876/emissao_f941c1fb2e4d4a9725622ccf_ato-oficial-projeto-de-lei---009-2026_assinado_versaoimpressao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8056/plc_cargos.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8070/plc_06-26_altera_lc_624.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8071/plc_07-26_cria_nucleo_de_pericia.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8072/plc_08-26_piso_salarial_dos_agentes.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8202/plc_gabinete_formacao_treinamento_qualificacao_gcm.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8389/oficio_n_36.2026_pl_smf.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7582/projeto_playgrounds.doc" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7583/institui_semana_do_flash_back.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7585/projeto_de_lei_alteracao_orcamento_2025_alteracao_03_agricultura_devolucao__superavit_27_01_26.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7625/projeto_escolas.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7707/projeto_de_lei_ordinaria_empreendedorismo_feminino.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7708/projeto_de_lei_ordinaria_incentivo_a_doacao_de_cabelo.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7709/plo_fogos-2_1.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7717/oficio_no_003.2026_altera_a_denominacao_da_faculdade.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7718/oficio_no_004.2026_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7753/projeto_piscina_231.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7789/oficio_no_005.2026__snj._projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_06_02_2026.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7796/projeto_de_lei_app_farmacia.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7802/plo_animais_pet-_2_.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7803/projeto_lei_prioridade_maestea_ok.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7853/projeto_de_lei_cao_orelha.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7875/emissao_7212110215cc45d1a9be5008_ato-oficial-projeto-de-lei---008-2026_assinado_versaoimpressao_1.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7892/projeto_de_lei_pessoas_desaparecidas.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7954/oficio_no_15.2026___snj_autoriza_o_poder_executivo_a_abrir_credito_adicional_especial_e_da_outras_providencias_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7955/oficio_no_16.2026_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7956/oficio_17.26_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7968/projeto_de_lei_alteracao_orcamento_2026_alteracao_09_eti_fundeb_superavit__25_02_26.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7992/oficio_no_19.2026__snj.__projeto_de_lei_alteracao_orcamento.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8176/fiscalizacao_colaborativa_de_residuos_solidos..docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8192/pl_programa_adote_um_campeao.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8193/oficio_no_29.2026___snj_projeto_de_lei_alteracao_orcamento_2026_subvencao_social_gacc_merged_unsigned.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8205/plo_11.03.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8262/pl_28-26_-_credito_1.906.53376.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8265/pl_29-26_-_esf_paulo_macarenco.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8310/projeto_de_lei_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8377/oficio_no_34.2026_autoriza_o_poder_executivo_municipal_a_conceder_auxilio_financeiro_a_atletas_amadores_e_profissionais_que_participem_de_eventos_e_competicoes_esportivas_representando_o_municiipio_de_leme.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8378/projeto_de_lei_alteracao_orcamento_2026_alteracao_12_cultura_assistencia_devolucoes_trator_e_obras_18_03_26.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8382/projeto_de_lei_ordinaria_1.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8391/projeto_de_lei_alteracao_orcamento_2026_obras_ubs_vanessa_cmi2_anulacao_ex_anteriores_xlsx.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8392/projeto_de_lei_m-chat.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8398/oficio_n_38.2026___snj.gp__projeto_de_lei_alteracao_orcamento_superavit_emenda_parlamentar.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7578/brnb422007e925e_023037.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7739/projeto_cicdadao_lemense_dra_ana_maria.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8388/titulo_cidadao_baleia_22.3.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7958/comissao_assntos_relevantes_saude.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8102/plr_institui_o_premio_mulher_destaque.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7798/projeto_de_lei_alteracao_orcamento_2025_alteracao_05_superavit_tesouro_substitutivo_11_02_2026.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8031/emissa_1.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8275/pl_28-26_-_substitutivo.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7579/img20260112_17344843.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7584/pc_pl173-25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7793/brnb422007e9271_009472.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7795/brnb422007e9271_009476.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7804/parecer_das_comissoes_ao_pdl35-25.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7877/pl11.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7879/pl01.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7880/pl179.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7881/pl02.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7882/pl2.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7883/pl04.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7964/brnb422007e9271_009507.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7966/brnb422007e9271_009513.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7993/pl180.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7998/brnb422007e9271_009568.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7999/brnb422007e9271_009571.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8059/brnb422007e9271_009618.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8061/brnb422007e9271_009622.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8073/brnb422007e9271_009629.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8074/brnb422007e9271_009631.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8083/plc01.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8084/pl07.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8085/plc05.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8178/pl06.2026.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8181/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8182/parecer_conjunto_comissoes_pl19-26.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8187/plc02.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8188/pl10.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8191/img20260311_17203486.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8283/img20260317_14293660.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8285/img20260317_14372583.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8288/pc_33_ao_plc02.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8384/brnb422007e9271_009722.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8396/pdl36.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8397/pl133.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7589/4-voto_de_pesar_07-01-2026.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7599/pesar_cristiane.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7604/req_fotovoltaica_saecil_2026.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7624/req_atendimento_do_pam.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7626/requerimento_informacoes_5.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7627/votos_de_pesar_mauro.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7630/voto_de_pesar_02_cristina.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7648/requerimento_informacoes_4.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7650/requerimento_informacoes_7.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7652/pesar__luis_carlos_papesso.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7658/requerimento_informacoes_6.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7666/requerimento_psicologo.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7669/requerimento_malha_viaria.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7670/requerimento_pediatria_ginecologia.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7671/requerimento_exames_rede.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7703/voto_de_pesar_02_fatima.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7705/requer_congratulcoes_casa_mulher.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7723/aniversario_juliano_costa_de_souza.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7729/requer_cumprimento_lei_atend_preferencial_cancer.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7735/voto_de_pesar_02_.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7737/requerimento_saecil_borda_bueiro.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7738/reforma_de_calcadas_acessibilidade_2026.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7740/requer_informacoes_do_prefeito_municipal..pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7741/requer_informacoes_do_prefeito_municipal._1.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7742/voto_de_pesar_02_olga.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7744/requer_informacoes_do_diretor_presidente_da_saecil._1.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7752/voto_sr_arlindo_carreira_231_1.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7764/votos_de_congratulacoes.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7768/requerimento_santacasa_1.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7775/4-voto_de_pesar_09-02-2026_1.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7787/requerimento_adesao_maisacessoespecialistas_ok.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7788/requerimento_cemmil_1.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7805/voto_pesar__0902.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7826/pesar__antonio_dos_santos_jose_mais_conhecido_como_pele_do_gas.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7828/voto_sr_arlindo_carreira_231.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7839/votos_de_pesar_julio_klaus.doc" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7847/req_neurologista_cirurgia.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7854/req_neurologista_oncologia.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7856/req_neurologista_endovascular.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7861/req_lampadas_queinmadas_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7873/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7874/voto_de_pesar__sr._jorge_porto._2.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7898/pesar__jose_roberto_di_camillo_padastro_marquinho_camara.doc" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7901/voto_de_pesar.doc" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7902/2-requerimento.doc" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7905/requer_ponto_de_onibus.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7910/req_mpox.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7913/requer_informacoes_do_prefeito_municipal.doc" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7919/2_-requerimento_nuroginecologista.doc" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7920/req_ace.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7940/requerimento_cargos_comissionados.doc" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7957/req_plano_hapvida.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7974/requerimento_valetao_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7982/voto_de_pesar__sra._luzia__fontes_de_moraes_1.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7983/requerimento_aquisicao_de_ambulancia_uti_pam.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7994/requer_informacao_colheita_lixeira.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7995/2_-requerimento_uroginecologica.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8001/requer_cobranca_exame_sta_casa.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8007/votos_de_pesar_lolete.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8010/3-voto_de_congratulacoes_ao_sr__waldemar_da_costa_neto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8016/voto_de_pesar_02_nicanor.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8045/requerimento_monitoramento_descartelixo.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8046/requerimento_robotica_reforma_escolas.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8047/requerimento_lions.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8110/requerimento_locacao__de_gasometro_para_o_pam_1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8152/votos_de_pesar_-1-_1_-_1_.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8154/requerimento_informacoes.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8159/requer_votos_de_congratulacoes_para_o_chefe_de_instrucao_do_tiro_de_guerra_02-074_subtenente_marcelo_jeronimo_de_carvalho_e_a_todos_os_atiradores_da_ativa_e_da_reserva..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8210/requerimento_qual_setor_responsavel_por_animais_de_grande_porte.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8211/requerimento_sobre_a_manutencao_da_maquina_exames_do_cavet.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8215/3-voto_de_congratulacoes_-_iran_1.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8267/requerimento_72.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8268/requerimento_73.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8269/requerimento_74.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8270/requerimento_75.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8304/requer_votos_de_congratulacoes__pr_joais.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8305/4-voto_de_pesar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8306/requer_artes_marciais.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8307/2-requerimento_poste_tombado_1.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8371/req_licenca_premio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8372/requer_votos_de_congratulacoes_ao_major_pm_ricardo_anversa..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8408/pesar__jose_mario_romanzotti.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7588/indica_iluminacao_hormindo_boy_1.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7590/indicacao_campanha_dengue_2026.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7591/indicacao_1..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7592/indicacao_reforma_e_ampliacao_posto_saude_do_caju_2026.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7593/indicacao_2..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7594/indicacao_3..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7595/indicacao_4..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7596/indicacao_5..doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7597/retirada_de_lixo_jd_ariana.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7598/indicacao_6..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7600/indica_a_manutencao_e_a_troca_de_brinquedos_em_todas_as_pracas_municipais..pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7601/indicacao_7..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7602/indicacao_anteprojeto.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7603/indicacao_ponte_corrego_batinga_2026.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7605/indica_monitoramento_contra_descarte_irregular.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7606/indica_minirotatoria_jd_serelepe.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7610/retirada_de_lixo_jd_amalia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7612/indica_mudanca_vitor_curioni.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7613/ind_multirao_fono.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7614/indica_tapa_buraco_pintura_joao_leme.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7615/indica_limpeza_avenida_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7617/ind_multirao_oftalmo.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7618/indica_regulamentacao_dos_transportes_por_aplicativos..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7620/indica_limpeza_manoel_vieira_sardinha.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7621/indica_limpeza_nelson_g._bairro_bel_cris.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7622/indica_poda_app_jardim_parque.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7623/indica_limpeza_antonio_roversi.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7628/indicacao_1_02.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7629/indica_zeladoria_jardimprimavera.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7631/indica_limpeza_ruapedroalvarescabral_novasantarita.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7632/indicacao.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7633/indica_passarela_rodovia_02.02.26.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7634/indicacao.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7635/indicacao.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7636/indicacao.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7637/ind__ortopedista_24h.doc" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7638/indicacao.doc" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7639/indicacao.doc" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7640/indicacao.doc" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7641/ind__sala_tematica_ondontologica_infantil.doc" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7642/ind__segunda_fase_muralha_digital.doc" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7643/indica_reparo_canteiro_central_carlo_bonfanti.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7644/ind__criacao_de_bolsa_atleta.doc" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7645/indicacao.doc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7646/indicacao_anteprojeto01.doc" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7647/ind__reforma_de_canatela_na_padre_juliao_com_n_p.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7649/indicacao.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7651/indicacao.doc" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7653/indicacao.doc" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7654/indicacao.doc" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7655/ind__programa_clik_arvores.doc" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7656/indicacao.doc" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7657/indicacao.doc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7659/ind_pagamentos_retroativos_de_anuenio_trienio_quinquenio_sexta-parte_licenca-premio.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7660/indicacao.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7661/indicacao.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7662/ind_poda_de_arvores_herminio_ometto.doc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7663/ind__mais_medicos_nos_psfs.doc" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7664/indicacao.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7665/indicacao.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7667/ind__zerar_fila_de_aparelho_auditivo.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7668/indicacao.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7672/indica_ampliacao_guiasrebaixadas.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7673/indica_campanhas_educativas.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7674/indica_estudo_melhorias_entregasexames.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7675/indica_fiscalizacao_cavalos_ruasantacecilia.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7676/indica_fumacas_ferrovelhoquaglia.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7677/indica_limpeza_acoescontraerosa_avjoaquimlopesaguila_centroeducacional.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7678/indica_limpeza_aoredor_ginasiosantamarta.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7679/indica_limpeza_av7set_angelica_praasaojoaquim.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7680/indica_limpeza_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7681/indica_limpeza_jd_empyreo.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7682/indica_limpeza_jdsol.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7683/indica_limpeza_manutencao_praa_somanoel_chapado.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7684/indica_limpeza_prediotelesp.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7685/indica_limpeza_rua_ricardohildebrand.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7686/indica_limpeza_ruajoaquimadolfoamadeu_jdadelina.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7687/indica_limpeza_ruanatalremunho.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7688/indica_limpeza_zeladoria_jardimempyreo.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7689/indica_lombada_ruateobaldocastromeira.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7690/indica_manutencao_praca_jdquaglia.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7691/indica_manutencao_ruacabreuva.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7692/indica_melhorias_calada_postosomanoel.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7693/indica_melhorias_lago_municipal.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7694/indica_melhorias_limpeza_ruaaoladodoasilo.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7695/indica_melhorias_praa_jdsantarita.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7696/indica_melhorias_rotatoriapaoprata.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7697/indica_projetolei_reenquadramento_educacaoinfantil.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7698/indica_recape_tapaburaco.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7699/indica_recapeamento_ruajospiccolo.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7700/indica_reforma_emeb_isabelcristina.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7701/indica_revitalizao_praa_taquariponte.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7702/indica_seguranatransito_rua_vitrio_tomazzoti.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7704/indicacao_1_02___01.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7710/indica_limpezaterreno_jduniversitario.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7711/indicacao.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7719/indica_recape_asfaltico_na_rua_maria_forcem.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7720/indico_a_construcao_de_calcada_na_rotatoria_do_caic_localizada_na_praca_nove_de_julho_1.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7721/indico_a_ampliacao_da_sala_de_espera_da_farmacia_de_alto_custo..pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7722/indico_a_retirada_de_lixo_r._rua_antonio_roversi_71_jardim_empyreo.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7724/indicacao_mudanca_estacionamento_cs_ii.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7725/indicacao_providencias_distribuicao_remedios_2026_1.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7726/indicacao_ampliacao_da_farmacia_de_alto_custo_1.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7727/42._retirada_de_arvores_2026.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7728/19.indicacao_-_recapeamento_travaguim.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7730/indicacao_1_09.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7731/indica_zeladoria_melhorias_eugeniodellai_arenazealmir_ok.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7732/indica_melhorias_whastscmi_telefone_ubs_ok_1.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7733/indica_melhorias_centro_autismo_ok.doc" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7734/indica_limpeza_terreno_aolado_ubsvanessa.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7736/indica_rocagem_retirada_de_mato_alto_e_limpeza_geral_da_area_do_campo_de_futebol_localizado_na_rua_salgado_filho_no_150_no_bairro_bom_jesus..pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7743/ind_limpeza_praca_francisco_coelho.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7745/indica_implantacao_de_bicicletario_nas_imediacoes_da_casa_da_mulher_yolanda_penteado.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7746/ind_tapa_rua_amelio_boff-_55.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7747/ind_recapeamento_rua_vitorio_loppi.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7749/indicacao_ponte_corrego_constantino_2026_1.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7750/ind_tapa_rua_amelio_boff_-_35_1.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7751/indica_limpeza_rua_zocoler.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7754/indica_rua_ozanan_quaglia.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7757/indica_omar_travagin_1.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7758/ind_sala_de_usg_casa_da_mulher.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7759/indica_raspa_asfalto.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7760/ind_poda_de_arvores.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7761/indica_camera_inteligente_gcm.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7762/mit_0902.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7763/recap_em_todos_os_bairros_0902.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7765/serviores_unvesp_0902_1.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7766/reform_posto_caju0902.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7767/reform_posto_taquari_0902.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7769/revitalizacao_vieiro_02.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7770/casa_a_juv_0902.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7771/contratacao_medic_002_1.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7772/semafaro_0902.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7773/indica_canteiro_carlo_bonfanti_1.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7774/reforma_cmi_002.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7776/ind_chafariz.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7777/indica_troca_poste_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7779/ind_cobertura_no_bosque.doc" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7780/indica_manutencao_praca_bonsucesso.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7781/atendimento_prioritario_1.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7782/indica_sala_sensoriais_tea.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7783/indicacao.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7784/ind_recapeamento_proximo_ao_tenda.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7785/filas_de_cirurgias.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7786/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7806/ind_poda_de_arvore_emeb_prof.a_zulmira_pedro_donadelli_sawaya.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7807/indico_a_reforma_geral_na_emeb_profa._fabiola_bernadete_hildebrand_e_silva_della_libera..pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7808/ind_pet_place_nas_pracas_publicas_do_municipio_1.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7809/ind_anteprojeto_medidor_de_clicemia_na_rede_publica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7810/indica_tapa_buraco_entre_os_depositos.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7811/ind_operacao_tapa_buraco_em_toda_cidade.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7812/indica_poda_de_arvora_joao_bozza.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7813/ind_manutencao_das_quadras_em_pracas.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7814/indica_providencias_contra_escorpiao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7815/ind_novo_lugar_para_a_farmacia_do_cmi_1.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7816/ind_cronograma_limp_taquari_ponte_1.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7817/ind_cronograma_limp_ibicatu.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7818/ind_cronograma_limp_caju.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7819/ind_cesto_inteligente_em_bueiro.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7820/ind_novo_lugar_para_regulacao_da_saude.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7822/indicacao.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7823/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7824/indica_implementa_aplicativo_1.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7825/indica_lixeira_ginasio_valdomiro.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7827/indicacoes_sessao_18.02_quarta.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7830/indicacao_com_projeto_lei_quiosque.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7831/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_1.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7833/ind_canale_rua_santa_izabel.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7834/indicacao_1_092.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7835/43._indica_pintura_de_faixa_de_pedestre_e_abertura_de_acesso_para_acesso_a_escola.doc" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7836/indicacao_monitoramento_parque_mourao_18_fev_26.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7837/indicacao_com_projeto_lei_lazer_lago.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7838/ind_manutencao_na_praca_pedro_sartor.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7840/regularizacao_urgente_do_whatsapp_do_cmi.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7841/google..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7842/implantacao_de_mao_unica.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7843/indica_agendamento_consultas_emferiado_1.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7844/jardim_amalia..pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7845/rotatoria.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7846/indica_estudo_construcao_ubs_franciscocoelho_1.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7848/indica_zeladoria_urbana_altogloria.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7849/indica_recapeamento_ruavictoriosouza.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7850/indica_recapeamento_galeriapluvial_a_rua_roberto_schwenger_ate_a_rua_lazaro_kinock..pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7851/indica_limpeza_terreno_ruaarapongas_escolapct.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7855/indica_limpeza_bueiro_ruabernardogarcia.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7857/indica_muro_renata_bacarin.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7858/indico_a_reforma_e_revitalizacao_da_pista_de_skate_localizada_nas_proximidades_da_av._manoel_lopes_troya_no_230..pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7859/indica_asfalto_leopoldo_schepes.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7860/indica_limpeza_cassiano_oliveira_na_avenida.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7863/ind_lampada_queimada_rua_magnolia_proximo_a_174_1.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7864/ind_traca_de_lampada_e_poda_de_arvore_praca_do_trabalhador.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7865/ind_limpeza_herminio_ometto_1.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7866/ind_limpeza_no_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7867/indico_a_limpeza_capinacao_retirada_de_lixo_e_poda_do_mato_em_area_verde_localizada_na_rua_atilio_bertao_no_jardim_das_palmeiras_proximo_a_clinica..pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7868/ind_limpeza_bueiro_1.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7869/indica_ponto_de_onibus_nova_leme.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7870/ind_pernelongo.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7872/indicacao_programa_atestado_responsavel.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7897/indicacao_anteprojeto.doc" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7899/indicacao_recape_asfaltico_rua_luiz_palermo_maradei.doc" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7900/ind_radares_de_velocidade_2026.doc" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7903/indica_rocagem_pista_de_skte.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7904/indica_roca_lixo_padre_cicero.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7906/indica_cuida_mais_on_leme.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7907/indicacoes_sessao_do_dia_23.02.26.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7909/indico_rocar_mato_e_limpeza_rua_waldemar_zillo_proximo_a_igreja_presbiteriana_..docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7911/indico_rocar_mato_e_limpeza_do_parquinho_da__r._paulo_lopes_proximo_ao_no53_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7914/45._indica_poda_de_arvore_av_jose_moreira_de_queiroz_178.doc" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7915/indicacao_ampliacao_quadro_servidores_do_pam.doc" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7916/indico_rocar_mato_e_limpeza_do_campo_da_r._arthur_camilo_proximo_ao_no_92_-_desmembramento_vila_nova.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7918/indicacao_luminacao_praca_trabalhador.doc" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7921/indicacao_1_23.doc" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7925/indicacao_1_25.doc" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7926/indicacao.doc" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7928/ind_tapa_rua_ricardo_vigatto.doc" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7929/ind_tapa_rua_sylvio_canevari.doc" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7930/indicacao.doc" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7931/ind_poda_de_arvore_travagim.doc" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7932/indicacao.doc" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7933/indicacao.doc" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7934/ind_ambulatorio_de_ortopedia.doc" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7935/cras_saulo.doc" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7936/medidas_urgentes.doc" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7937/praca_do_padre_cicero_no_jardim_saulo..doc" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7938/realizacao_de_exames.doc" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7939/indicacao.doc" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7941/indica_limpeza_paulobregaro_bancaria.doc" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7942/indica_limpeza_avenida_altimirapinke.doc" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7943/indicacao.doc" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7944/indicacao.doc" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7945/indica_capacitacao_saude.doc" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7946/indica_academia_saude.doc" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7947/indicacao.doc" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7948/ind_dia_especifico_para_marcar_medico.doc" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7949/indicacao.doc" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7950/ind_assistente_social_cmi.doc" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7951/indicacao.doc" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7952/ind_mais_funcionario_cmi.doc" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7975/indicacao_de_realizacao_da_campanha_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7976/indica_projeto_pessoas_desaparecidas.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7977/indicacao_recapeamento_da_rua_anibal_travagin.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7978/indicacao_paco_municipal_pref_campanha_mes_abril_laranja.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7979/1-indicacao_manutensao_e_limpeza_da_pista_skate_vista_alegre.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7980/indica_recapeamento_asfaltico_jose_parisoto_jd_sol_1.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7981/indica_recape_valentim_jd_do_sol.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7984/indica_recape_joao_bap_bonatto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7986/indica_a_poda_de_algumas_arvores_na_r._zarif_faiad_mansur_altura_do_no_52..pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7987/indico_a_implantacao_de_faixas_de_pedestres_no_cruzamento_entre_a_rua_jose_de_alencar_e_a_rua_luiz_imposseto.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7988/indico_implantacao_de_uma_rotatoria_no_cruzamento_1.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7989/indica_recape_adelino_borto_imperial.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7990/46.troca_de_lampada_rua_gustavo_haberman.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7996/indica_calcada_no_jardim_sol.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7997/indica_ortopedista_ombro.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8002/indica_poda_arvore_wladimir_moraes.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8003/indica_manutencao_geral_no_centro_de_especialidades_pediatricas_dr._ewaldo_1.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8004/indica_realizacao_de_estudos_e_construcao_de_uma_unidade_do_cras_entre_os_bairros_jardim_itamaraty_e_jardim_ariana..pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8005/indica_reparo_fiacao_wlad_moraes.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8006/indica_campanha_uso_do_banheiro.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8008/indica_praca_ubs_renascenca_1.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8009/indica_atiliobertao_zeladoria.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8011/indica_escorpioes_jdpalmeiras.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8012/indica_brinquedos_lagomunicipal.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8013/indica_concursopublico_saude.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8014/indica_melhorias_avjoaquimlopesaguilla.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8015/indica_faixaelevada_emebpaulobonfanti.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8017/indica_contratacao_reumatologista.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8019/indicacao_1_02.03.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8020/indica_melhorias_campoideal.doc" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8021/indica_limpeza_jdempyreo.doc" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8022/indica_zeladoria_joaobozza.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8023/indica_melhorias_avjoaquimadolfoamadeu.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8024/indica_recape_tapaburaco_ruaceljoselemefranco.doc" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8025/indica_recape_vias_publicas.doc" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8026/indica_zeladoria_taquaribairroeponte.doc" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8027/indica_recape_tapaburaco_ruaprofdomingoscambiaghi.doc" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8029/ind_lampada_queimada_rua_benedito_barreto_mourao_1.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8030/ind_lampada_queimada_club_gloria.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8032/ind_tapar_buraco_estrada_cascata.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8033/ind_tapar_buraco_club_gloria_1.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8034/ind_mato_alto_club_gloria.doc" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8035/ind_patrulhamento_comunitario_movel.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8036/ind_rececao_especifica_consulta_agendada_1.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8037/indicacao.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8038/indicacao_1.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8039/indica_campanha_descarte_lixo_certo.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8040/indica_valorizacao_conselho_tutelar_1.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8041/indica_lei_motoristas_ambulancia_lei_feredal.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8042/indicacao_3.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8043/indicacoes_sessao_do_dia_02.03.2026.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8048/indica_conserto_brinquedos_do_lago.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8049/indica_escola_jardim_das_palmeiras.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8050/transporte_escolar.doc" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8051/jardim_do_parque.doc" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8052/jardim_florida.doc" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8053/uniforme_escolar.doc" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8054/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8086/indica_recape_asfalto_joaquim_ratto.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8087/indica_recape_asfalto_armando_pacagnella.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8088/ind_revitalizacao_da_sinalizacao_da_av_joaquim_lopes_aguila.doc" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8089/indica_recape_asfalto_jose_bene_moraes.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8090/indica_cronograma_vistoria_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8091/ind_troca_poste_da_rotatoria_quaglia.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8092/ind_faixa_de_pedestres_na_manoel_abade.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8093/indica_rota_alternativa_av_da_saudade.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8094/indica_tapa_buraco_grill_sul.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8095/indica_tapa_buraco_bairro_jd_serelepe_1.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8096/indica_guarda_corpo_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8097/indica_agua_jd_imperial.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8098/remover_arvore_jd_amalia_1.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8100/indicacoes_para_sessao_09.03.2026.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8103/indica_recape_estrad_muni_joao_cruz.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8105/indica_recape_avenida_omar_travagin.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8106/indica_recape_asfalto_spm_marcos_stilli.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8107/indica_instalacao_ventilador_centro_renda_1.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8108/mais_indicacoes_pra_sessao_09.02.26_part2.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8109/indica_semaforo_7_de_setembro_com_joao_arrais.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8111/ind_mato_terreno_abandonado.doc" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8112/indica_tapa_buraco_e_valeta_empocada_bairro_eroisi.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8113/praca_cicero.doc" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8114/1-indicacao_03.03.20251.doc" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8115/ind_transito_guarda_mirim.doc" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8116/indica_ampliacao_ambulancias.doc" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8117/indicorecapeamento_asfaltico_na_rua_joaquim_adolfo_amadeu_na_altura_do_numero_470_no_bairro_jardim_vanessa.doc" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8118/indico_que_estude_a_possibilidade_de_realizar_a_construcao_de_uma_quadra_poliesportiva_no_bairro_empyreo_neste_municipio..doc" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8119/indico_a_manutencao_urgente_reparo_ou_substituicao_dos_brinquedos_do_playground_do_lago_municipal_com_troca_da_areia_e_revisao_das_condicoes_de_seguranca_do_espaco_infantil..doc" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8120/indica_cadeiras_quebradas_pam.doc" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8121/indica_estudo_rotatoria_paodeprata.doc" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8122/47.mutirao_de_limpeza_empyreo.doc" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8123/49.limpeza_de_terreno.doc" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8124/indica_limpeza_rua_dr._joao_francisco_domenico_serodio.doc" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8125/50.trca_de_lampada_queimada.doc" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8126/ind_arrumar_estada_souza_queiroz.doc" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8127/48.mais_medicos_psf_empyreo.doc" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8128/indica_melhorias_avsantaisabel.doc" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8129/indica_limpeza_ruajosecostenaro_analucia.doc" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8130/indica_melhorias_passeiopublico_armandosallesequerobinosoeiro.doc" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8131/indica_recape_jardimfrancisco.doc" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8132/internet_nas_unidades_escolares.doc" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8133/indica_melhorias_estrada_pirassununga.doc" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8134/indica_postecaido_estrada_joao_pinto_de_azevedo..doc" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8135/biblioteca_itinerante.doc" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8136/ind_multirao_de_limpeza_nova_santa_rita.doc" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8137/plantio_de_arvores.doc" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8138/wi-fi.doc" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8139/praca_do_padre_cicero.doc" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8140/exames_de_ultrassom.doc" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8141/ampliacao_de_formacao.doc" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8142/lombadas_no_bairro_empyreo.doc" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8143/aulas_de_reforco.doc" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8144/lago_municipal.doc" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8145/santa_carolina.doc" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8146/1-indicacao_1-1-_1_.doc" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8147/instalacao_de_radar.doc" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8148/semaforo.doc" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8149/upa.doc" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8150/jardim_quaglia..doc" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8151/area_verde.doc" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8155/indico_a_pintura_da_demarcacao_de_vaga_de_estacionamento_posto_de_saude_renascenca..doc" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8156/indica_rocagem_constantido_no_jd_eloisa.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8157/indicacao.doc" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8158/indicacao.doc" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8160/ind_cronograma_limp_taquari_ponte.doc" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8165/ind_app_sus_consulta.doc" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8166/indica_tapa_buraco_decio_maradei.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8168/ind_teletratamento_mulheres.doc" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8169/ind_manutencao_na_jd_do_sol.doc" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8170/indica_tapa_buraco_augusto_salciotto.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8171/ind_cirurgiao_plastico_no_sus.doc" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8172/ind__rotatoria_cmi.doc" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8209/09-03-26.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8212/indica_tapa_buraco_joao_trottman.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8213/indica_pavimentacao_pontezinha_travagin.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8214/indica_cameras_e_informacao_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8216/indicacao_374.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8217/indicacao....doc" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8218/indicacao_376.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8219/indicacao_377.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8220/indicacao_378.doc" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8221/indicacao_379.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8222/indicacao_380.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8223/indicacao_381.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8224/indicacao_382.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8225/indicacao_383.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8226/indicacao384.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8227/indicacao385.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8228/indicacao386.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8229/indicacao387.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8230/indicacao388.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8231/indicacao389.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8232/indicacao390.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8233/indicacao391.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8234/indicacao392.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8235/indicacao393.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8236/indicacao394.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8237/indicacao395.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8238/indicacao396.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8239/indicacao397.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8240/indicacao398.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8241/indicacao.doc" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8242/indicacao400.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8243/indicacao401.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8244/indicacao402.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8245/indicacao403.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8246/indicacao404.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8247/indicacao405.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8248/indicacao406.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8249/indicacao407.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8250/indicacao408.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8251/indicacao409.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8252/indicacao410.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8253/indicacao411.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8254/indicacao412.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8255/indicacao413.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8256/indica_rotatoria_griil_sul.docx" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8257/indicacao415.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8258/indicacao416.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8259/indicacao417.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8260/indicacao418.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8261/ind_piso_salarial_gari.doc" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8263/indicacao420.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8264/indicacao421.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8266/indicacao422.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8290/indico_a_poda_das_arvores_e_rocagem_do_mato_na_rotatoria_localizada_na_saida_do_km_186_da_rodovia_anhanguera_sp-330..pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8291/51.retirada_de_entulho_praca_do_padre_cicero_1.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8292/52.tapar_buraco_rua_jose_marques.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8293/53._retirda_de_galho_rua_jose_carlos_pink.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8294/54._indica_melhoria_na_iluminacao_parca_padre_cicero.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8295/55._indica_estudos_para_retirada_de_arvores_comprometidas.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8296/indica_retirar_lixo_igre_quadrangular.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8297/56.indica_gcm_para_orientacao_de_transito.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8298/57.limpeza_de_bueiro.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8299/58.retirar_lixo_ginasio_primavera.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8300/indica_cursos_do_pat.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8301/indico_manutencao_do_ginasio_santa_marta_com_conserto_dos_refletores_e_do_bebedouro._1.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8302/indicacao_de_adesivos_nos_caminhoes_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8303/indica_lampadas_de_led_no_bairro_caju.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8308/indica_recape_asflato_ruas_bairro_caju_1.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8311/indica_rocagem_no_bairro_jd_sao_joaquim.docx" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8312/indica_transformador_no_alto_da_gloria.docx" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8313/indica_retirada_lixo_fernando_mercatelli.docx" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8314/indica_retirar_lixo_otavio_no_jd_do_sol.docx" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8315/indicacoes_para_a_sessao_23.03.2026.docx" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8316/indica__a_adocao_de_providencias_para_melhorias_na_infraestrutura_e_nos_servicos_publicos_do_bairro_caju..doc" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8317/indicacao.doc" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8318/indicacao.doc" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8319/indicacao.doc" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8320/indicacao.doc" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8321/indica__a_realizacao_de_manutencao_e_melhorias_na_rodoviaria_municipal_de_leme..doc" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8322/indica__a_realizacao_de_recapeamento_asfaltico_na_rua_darcio_tampolini..doc" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8323/indica__a_realizacao_de_manutencao_rocagem_e_limpeza_das_pracas_localizadas_na_regiao_do_parque_sao_manoel..doc" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8324/pracas_viva.doc" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8325/bairro_renascenca.doc" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8326/velorio_municipal.doc" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8327/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_para_coibir_descarte_irregular_de_lixo_em_terreno_proximo_a_rua_henrique_margonar_no_530..doc" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8328/atendimento_da_rede_publica.doc" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8329/indica__a_realizacao_de_servicos_de_rocagem_e_limpeza_no_jardim_taquaral..doc" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8330/profissionais_da_saude.doc" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8331/indica_a_realizacao_de_limpeza_e_adocao_de_medidas_urgentes_em_terreno_com_acumulo_de_lixo_no_entorno_da_emeb_profa_zulmira_no_jardim_empyreo..doc" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8332/reducao_do_tempo_de_espera_por_consultas.doc" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8333/inclusao_de_libras_como_disciplina_opcional.doc" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8334/operacao_tapa-buracos.doc" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8335/fornecimento_de_medicamentos.doc" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8336/educacao_ambiental.doc" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8337/indica_a_realizacao_de_manutencao_na_iluminacao_publica_na_rua_domingos_cechinatto_no_484..doc" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8338/reduzir_perdas_de_agua.doc" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8339/indica_poda_arvore_jdbonsucesso.doc" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8340/canal_direto.doc" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8341/indica_a_realizacao_de_recapeamento_asfaltico_nas_vias_dos_bairros_jardim_quaglia_e_jardim_graminha..doc" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8342/vazamentos_de_agua.doc" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8343/indica_lixo_angelinazapacosta.doc" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8344/mediacao_de_conflitos_nas_escolas..doc" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8345/a_iprograma_de_incentivo_a_leitura.doc" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8346/programa_de_mentoria_entre_estudantes.doc" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8347/educacao__financeira.doc" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8348/banco_de_recursos_pedagogicos_compartilhados.doc" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8349/alfabetizacao_digital_para_pais.doc" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8350/apoio_psicopedagogico_intensivo.doc" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8351/servicos_de_saude.doc" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8352/indica_poda_arvore_deolindasantosmeira.doc" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8353/monitoramento_e_qualidade.doc" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8354/oficinas_de_inteligencia_emocional.doc" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8355/educacao_sobre_residuos_e_economia_circular.doc" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8356/indicacao.doc" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8357/mutiroes_de_consultas.doc" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8358/indicacao.doc" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8359/bueiros.doc" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8360/casa_da_juventude_233.docx" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8361/indicacao.doc" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8362/1-indicacao_23_3_2.doc" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8363/oncologista_233.docx" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8364/semafaro_233.docx" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8365/casa_da_mulher_233.docx" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8366/revitalizacao_viveiro_233.docx" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8367/reforma_posto_caju_233.docx" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8368/univesp_233.docx" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8369/reforma_posto_taquari_233.docx" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8370/indicacao_1-_1_.doc" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8376/indica_a_substituicao_dos_brinquedos_quebrados_dos_playgrounds_das_pracas_municipais..doc" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8379/indica_estudos_tecnicos_para_implantacao_de_mao_unica_na_rua_vitorio_thomazotti..doc" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8399/indica_pol_publ_dcnt.docx" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8400/indica_limpeza_frente_charcutaria.docx" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8401/indicacao_lei_226.doc" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8402/indica_remover_arvore_vila_s.joao.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8403/indica_manutencao_newton_prado.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8404/indicacao_retirada_de_arvore_ao_lado_do_sicoob.doc" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8405/indicacao_retirada_de_arvore_ao_lado_do_sicoob.doc" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8406/61._recapeamento_no_jardim_travagim.doc" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8407/59._academia_praca_bemtivis.doc" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8409/60.reforma_de_canaleta_perto_do_asilo.doc" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8415/indica_rotatoria_ciro_zapacosta.docx" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8416/indico_rocar_mato_e_limpeza_na_rua_natal_remunhao_altura_do_no110..doc" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8417/indica_canteiro_joao_leme.docx" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8418/1-indicacao_anteprojeto_carro_abandonado.doc" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7607/mocao_part_3_av_maria_helena.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7608/mocao_apelo_casa_passagem.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7609/mocoes_destruir_cortico_carlo_bonfanti.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7611/mocao_aplausos_farmacia.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7616/mocao_aplauso_fim_rolezinho.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7619/mocao_apelo_limpeza_lotes_p._posturas.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7748/mocao_orquideas.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7755/mocao_de_aplausos__michel.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7756/mocao_aplausos_coracao_azul.doc_esse.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7778/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7832/mocao-de-aplausos-17-02-2026.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7862/mocao_apelo_raspas_asfalto_graminha.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7912/aplaudem_otica_confianca.docx" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7917/mocao_de_apelo_1.doc" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7927/mocao_apelo_.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7985/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8018/mocao-de-aplausos-zero.grau.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8028/mocao_de_apelo_brinquedos.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8044/mocao_biomcrop_1.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8099/mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8104/mocao_de_apelo_ao_governador_etecs.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8153/6-mocao_de_aplausos_dia_da_mulher_2026.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8161/mocao_de_apelo.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8162/mocao_apalusos_sspml.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8163/mocao_de_apelo_1.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8164/mocao_de_apelo_2.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8271/mocao27.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8272/mocao_28.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8273/mocao_29.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8274/mocao_30.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8373/mocao_aplausos_caminhada_sindrme_donw.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8374/cresciumal.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8375/mocao_de_apelo_6.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8380/mocao_aplausos_para_finacas_-_regina.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8410/mocao_de_aplausos_renovare.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8411/mocao_aplausos_escola_waldemar_fer_63_anos.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8412/mocao_sads.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8413/mocao_de_apelo_agilizacao_descongela_233.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8190/parecer_ao_plo_no_24-2026_denuncia_descarte_de_lixo_com_recompensa.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8206/parecer_ao_plo_no_27-2026_alteracao_de_denominacao_e_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8289/projeto_de_lei_no_2926_denominacao_de_proprio_publico.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8381/parecer_juridico_pl_30-2026_-_praticas_integrativas.docx" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8394/parecer_ao_decreto_legislativo_no_03-2026_-_titulo_cidadao_baleia_rossi.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8395/parecer_ao_plo_no_35-2026_questionario_m_chat.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7574/cef.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7575/397.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7576/396.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7577/406.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7581/saecil.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7586/brnb422007e925e_023102.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7587/oficio_no_002.2026___snj__impacto.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7797/oficio_18_2026_gdp-mesclado.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7799/oficio_n_007.2026_retirada_do_projeto_de_lei_no_08.2026.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7800/oficio_n_008.2026_retirada_do_projeto_de_lei_no_161.2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7801/req14_resposta.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7852/caixa_de_entrada_-_karine_marcondes_-_outlook-mesclado.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7891/resp371.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7895/oficio_no_013.2026_retirada_do_projeto_de_lei_complementar_no_33.2026.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7896/resp13.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7922/resp22.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7923/resp31.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7924/resp24.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7953/oficio_no_14.2026___snj_plc_no_02.2026__merged_unsigned_1.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7969/resp15.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7970/resp29.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7971/resp37.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7972/resp4.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7973/resp15-2.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8075/19_merged.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8076/52_merged.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8077/38_merged.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8078/45_merged.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8079/resp62.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8080/ciclo_debates.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8081/oficio_no_25.2026_retirada_do_projeto_de_lei_complementar_no_06.2026.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8082/oficio_no_26.2026_retirada_do_projeto_de_lei_complementar_no_07.2026.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8101/oficio_n_027.2026.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8173/12_resposta_12_merged.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8174/63-mesclado.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8175/51-mesclado.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8189/brnb422007e9271_009653.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8194/63_reposta_63_c_merged.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8195/47_merged.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8196/55_resposta_55_merged.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8197/53_resposta_53_merged.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8198/57_merged.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8199/50_merged.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8200/resp58.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8201/saecil-mesclado.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8203/03_merged.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8204/48_merged.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8207/oficio__juntada_de_plano_de_acao__projeto_de_lei_complementar_no_3.2026..pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8208/resp65.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8287/resp64.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8386/resp69.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8387/oficio_gabinete_drs_x_n_045.2026._-_p.camara_municipal_de_leme.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8414/75.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7792/brnb422007e9271_009471.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7794/brnb422007e9271_009475.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7878/img20260218_17402270.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7886/brnb422007e9271_009496.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7963/brnb422007e9271_009506.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7965/brnb422007e9271_009512.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8058/brnb422007e9271_009617.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8060/brnb422007e9271_009621.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8062/brnb422007e9271_009625.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8063/brnb422007e9271_009626.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8180/parecer_conjunto_comissoes_plc08-26.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8183/urgencia_especial_pl_19-26.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8284/img20260317_14324226.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8286/img20260317_14395570.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8383/brnb422007e9271_009721.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7790/pl_03_autografo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7791/pl_09_autografo.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7885/autografo_-_03_de_projeto_de_lei__11.26.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7887/autografo_-_04_de_projeto_de_lei__16.26.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7888/autografo_-_05_de_projeto_de_lei__173.25.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7959/autografo_-_06_de_projeto_de_lei__20.26.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7960/autografo_-_07_de_projeto_de_lei__21.26.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7961/autografo_-_08_de_projeto_de_lei__179.25.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7962/autografo_-_09_de_projeto_de_lei__04.26.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8064/pl_22_autografo.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8065/pl_23_autografo.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8066/pl_140_autografo.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8067/pl_180_autografo.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8068/pl_01_autografo.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8184/pl_19_autografo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8185/pl_159_autografo_com_2_emendas.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8186/pl_07_autografo.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8276/autografo_-_18_de_projeto_de_lei__26.26.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8277/autografo_-_19_de_projeto_de_lei__28.26.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8278/autografo_-_20_de_projeto_de_lei__02.26.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8279/autografo_-_21_de_projeto_de_lei__06.26.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8385/pl_32_autografo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8280/autografo_de_lei_complementar_-_01_de_projeto_de_lei_complementar_01.26.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8281/autografo_de_lei_complementar_-_02_de_projeto_de_lei_complementar_05.26.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8282/autografo_de_lei_complementar_-_03_de_projeto_de_lei_complementar_08.26.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/7712/despesa_imprensa_2026_janeiro.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8177/despesa_imprensa_2026_fevereiro.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.leme.sp.leg.br/media/sapl/public/materialegislativa/2026/8055/parecer_tcesp_executivo_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H822"/>
+  <dimension ref="A1:H843"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="58.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -11058,19563 +11286,20109 @@
       </c>
       <c r="D62" t="s">
         <v>120</v>
       </c>
       <c r="E62" t="s">
         <v>121</v>
       </c>
       <c r="F62" t="s">
         <v>167</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>243</v>
       </c>
       <c r="H62" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>245</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="D63" t="s">
-        <v>246</v>
+        <v>120</v>
       </c>
       <c r="E63" t="s">
+        <v>121</v>
+      </c>
+      <c r="F63" t="s">
+        <v>89</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>247</v>
       </c>
-      <c r="F63" t="s">
+      <c r="H63" t="s">
         <v>248</v>
-      </c>
-[...4 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>249</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>10</v>
+      </c>
+      <c r="D64" t="s">
+        <v>250</v>
+      </c>
+      <c r="E64" t="s">
         <v>251</v>
       </c>
-      <c r="B64" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>252</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H64" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D65" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="E65" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="F65" t="s">
-        <v>151</v>
+        <v>13</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H65" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D66" t="s">
-        <v>258</v>
+        <v>250</v>
       </c>
       <c r="E66" t="s">
+        <v>251</v>
+      </c>
+      <c r="F66" t="s">
+        <v>151</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>259</v>
       </c>
-      <c r="F66" t="s">
+      <c r="H66" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>261</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>10</v>
+      </c>
+      <c r="D67" t="s">
+        <v>262</v>
+      </c>
+      <c r="E67" t="s">
         <v>263</v>
       </c>
-      <c r="B67" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F67" t="s">
-        <v>22</v>
+        <v>264</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="H67" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D68" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="E68" t="s">
+        <v>263</v>
+      </c>
+      <c r="F68" t="s">
+        <v>22</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>268</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>270</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>10</v>
+      </c>
+      <c r="D69" t="s">
         <v>271</v>
       </c>
-      <c r="B69" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E69" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F69" t="s">
         <v>89</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="H69" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D70" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="E70" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F70" t="s">
         <v>89</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H70" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>10</v>
+        <v>21</v>
       </c>
       <c r="D71" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="E71" t="s">
+        <v>272</v>
+      </c>
+      <c r="F71" t="s">
+        <v>89</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>279</v>
       </c>
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>281</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>10</v>
+      </c>
+      <c r="D72" t="s">
         <v>282</v>
       </c>
-      <c r="B72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H72" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D73" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E73" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="G73" s="1" t="s">
         <v>287</v>
       </c>
       <c r="H73" t="s">
         <v>288</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>289</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D74" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E74" t="s">
-        <v>279</v>
+        <v>283</v>
+      </c>
+      <c r="F74" t="s">
+        <v>290</v>
       </c>
       <c r="G74" s="1" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="H74" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D75" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E75" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G75" s="1" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H75" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="B76" t="s">
         <v>9</v>
       </c>
       <c r="C76" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D76" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E76" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G76" s="1" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H76" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="B77" t="s">
         <v>9</v>
       </c>
       <c r="C77" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D77" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E77" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G77" s="1" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H77" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D78" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E78" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H78" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D79" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E79" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H79" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D80" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E80" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H80" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D81" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E81" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H81" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D82" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E82" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H82" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D83" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E83" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="H83" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D84" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E84" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H84" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D85" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E85" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H85" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D86" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E86" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>283</v>
       </c>
       <c r="G86" s="1" t="s">
         <v>327</v>
       </c>
       <c r="H86" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>329</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
+        <v>78</v>
+      </c>
+      <c r="D87" t="s">
+        <v>282</v>
+      </c>
+      <c r="E87" t="s">
+        <v>283</v>
+      </c>
+      <c r="F87" t="s">
         <v>330</v>
       </c>
-      <c r="D87" t="s">
-[...5 lines deleted...]
-      <c r="F87" t="s">
+      <c r="G87" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="G87" s="1" t="s">
+      <c r="H87" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
+        <v>333</v>
+      </c>
+      <c r="B88" t="s">
+        <v>9</v>
+      </c>
+      <c r="C88" t="s">
         <v>334</v>
       </c>
-      <c r="B88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D88" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E88" t="s">
-        <v>279</v>
+        <v>283</v>
+      </c>
+      <c r="F88" t="s">
+        <v>335</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H88" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D89" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E89" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H89" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D90" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E90" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H90" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D91" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E91" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>283</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H91" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D92" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E92" t="s">
-        <v>279</v>
+        <v>283</v>
+      </c>
+      <c r="F92" t="s">
+        <v>335</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="H92" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D93" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E93" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H93" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D94" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E94" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="H94" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>202</v>
+        <v>198</v>
       </c>
       <c r="D95" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E95" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H95" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D96" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E96" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="H96" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D97" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E97" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="H97" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D98" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E98" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D99" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E99" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H99" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D100" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E100" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H100" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D101" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E101" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H101" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D102" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E102" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="H102" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D103" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E103" t="s">
-        <v>279</v>
-[...2 lines deleted...]
-        <v>331</v>
+        <v>283</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H103" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D104" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E104" t="s">
-        <v>279</v>
+        <v>283</v>
+      </c>
+      <c r="F104" t="s">
+        <v>335</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H104" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D105" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E105" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H105" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>389</v>
+        <v>242</v>
       </c>
       <c r="D106" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="E106" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="G106" s="1" t="s">
         <v>390</v>
       </c>
       <c r="H106" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>392</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="D107" t="s">
+        <v>282</v>
+      </c>
+      <c r="E107" t="s">
+        <v>283</v>
+      </c>
+      <c r="G107" s="1" t="s">
         <v>393</v>
       </c>
-      <c r="E107" t="s">
+      <c r="H107" t="s">
         <v>394</v>
-      </c>
-[...7 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
+        <v>395</v>
+      </c>
+      <c r="B108" t="s">
+        <v>9</v>
+      </c>
+      <c r="C108" t="s">
+        <v>10</v>
+      </c>
+      <c r="D108" t="s">
+        <v>396</v>
+      </c>
+      <c r="E108" t="s">
         <v>397</v>
       </c>
-      <c r="B108" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>167</v>
+        <v>53</v>
       </c>
       <c r="G108" s="1" t="s">
         <v>398</v>
       </c>
       <c r="H108" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>400</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D109" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E109" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F109" t="s">
-        <v>62</v>
+        <v>167</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>401</v>
       </c>
       <c r="H109" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>403</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="D110" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E110" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F110" t="s">
         <v>62</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>404</v>
       </c>
       <c r="H110" t="s">
         <v>405</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>406</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D111" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E111" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F111" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>407</v>
       </c>
       <c r="H111" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>409</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D112" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E112" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F112" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
       <c r="G112" s="1" t="s">
         <v>410</v>
       </c>
       <c r="H112" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>412</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="D113" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E113" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F113" t="s">
         <v>141</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>413</v>
       </c>
       <c r="H113" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>415</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="D114" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E114" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F114" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>416</v>
       </c>
       <c r="H114" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>418</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="D115" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E115" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F115" t="s">
         <v>22</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>419</v>
       </c>
       <c r="H115" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>421</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="D116" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E116" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F116" t="s">
         <v>22</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>422</v>
       </c>
       <c r="H116" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>424</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D117" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E117" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F117" t="s">
         <v>22</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>425</v>
       </c>
       <c r="H117" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>427</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="D118" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E118" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F118" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>428</v>
       </c>
       <c r="H118" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>430</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="D119" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E119" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F119" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>431</v>
       </c>
       <c r="H119" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>433</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D120" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E120" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F120" t="s">
         <v>35</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H120" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>436</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D121" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E121" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F121" t="s">
         <v>35</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>437</v>
       </c>
       <c r="H121" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>439</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="D122" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E122" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F122" t="s">
-        <v>141</v>
+        <v>35</v>
       </c>
       <c r="G122" s="1" t="s">
         <v>440</v>
       </c>
       <c r="H122" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>442</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>330</v>
+        <v>78</v>
       </c>
       <c r="D123" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E123" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="G123" s="1" t="s">
         <v>443</v>
       </c>
       <c r="H123" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>445</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>174</v>
+        <v>334</v>
       </c>
       <c r="D124" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E124" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F124" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G124" s="1" t="s">
         <v>446</v>
       </c>
       <c r="H124" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>448</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="D125" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E125" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>449</v>
       </c>
       <c r="H125" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>451</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="D126" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E126" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F126" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>452</v>
       </c>
       <c r="H126" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>454</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
       <c r="D127" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E127" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F127" t="s">
-        <v>40</v>
+        <v>141</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>455</v>
       </c>
       <c r="H127" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>457</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="D128" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E128" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F128" t="s">
-        <v>62</v>
+        <v>40</v>
       </c>
       <c r="G128" s="1" t="s">
         <v>458</v>
       </c>
       <c r="H128" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>460</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="D129" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E129" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F129" t="s">
-        <v>122</v>
+        <v>62</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H129" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>463</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>198</v>
+        <v>194</v>
       </c>
       <c r="D130" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E130" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F130" t="s">
         <v>122</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>464</v>
       </c>
       <c r="H130" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
+        <v>466</v>
+      </c>
+      <c r="B131" t="s">
+        <v>9</v>
+      </c>
+      <c r="C131" t="s">
+        <v>198</v>
+      </c>
+      <c r="D131" t="s">
+        <v>396</v>
+      </c>
+      <c r="E131" t="s">
+        <v>397</v>
+      </c>
+      <c r="F131" t="s">
+        <v>122</v>
+      </c>
+      <c r="G131" s="1" t="s">
+        <v>467</v>
+      </c>
+      <c r="H131" t="s">
         <v>465</v>
-      </c>
-[...19 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>468</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
       <c r="D132" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E132" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F132" t="s">
-        <v>122</v>
+        <v>141</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H132" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>471</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="D133" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E133" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F133" t="s">
-        <v>151</v>
+        <v>122</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>472</v>
       </c>
       <c r="H133" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>474</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="D134" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E134" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F134" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>475</v>
       </c>
       <c r="H134" t="s">
         <v>476</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>477</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="D135" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E135" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F135" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>478</v>
       </c>
       <c r="H135" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>480</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="D136" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E136" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F136" t="s">
-        <v>53</v>
+        <v>35</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H136" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>483</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="D137" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E137" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F137" t="s">
-        <v>35</v>
+        <v>53</v>
       </c>
       <c r="G137" s="1" t="s">
         <v>484</v>
       </c>
       <c r="H137" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>486</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="D138" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E138" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F138" t="s">
         <v>35</v>
       </c>
       <c r="G138" s="1" t="s">
         <v>487</v>
       </c>
       <c r="H138" t="s">
         <v>488</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>489</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D139" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E139" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F139" t="s">
-        <v>151</v>
+        <v>35</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>490</v>
       </c>
       <c r="H139" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>492</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="D140" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E140" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F140" t="s">
-        <v>22</v>
+        <v>151</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>493</v>
       </c>
       <c r="H140" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>495</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="D141" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E141" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F141" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>496</v>
       </c>
       <c r="H141" t="s">
-        <v>473</v>
+        <v>497</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>389</v>
+        <v>242</v>
       </c>
       <c r="D142" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E142" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F142" t="s">
-        <v>53</v>
+        <v>151</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H142" t="s">
-        <v>499</v>
+        <v>476</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>500</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
+        <v>246</v>
+      </c>
+      <c r="D143" t="s">
+        <v>396</v>
+      </c>
+      <c r="E143" t="s">
+        <v>397</v>
+      </c>
+      <c r="F143" t="s">
+        <v>53</v>
+      </c>
+      <c r="G143" s="1" t="s">
         <v>501</v>
       </c>
-      <c r="D143" t="s">
-[...8 lines deleted...]
-      <c r="G143" s="1" t="s">
+      <c r="H143" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>503</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>504</v>
       </c>
-      <c r="B144" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E144" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F144" t="s">
         <v>22</v>
       </c>
       <c r="G144" s="1" t="s">
+        <v>505</v>
+      </c>
+      <c r="H144" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>507</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>507</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
         <v>508</v>
       </c>
-      <c r="B145" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D145" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E145" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F145" t="s">
         <v>22</v>
       </c>
       <c r="G145" s="1" t="s">
+        <v>509</v>
+      </c>
+      <c r="H145" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>511</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>512</v>
       </c>
-      <c r="B146" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D146" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E146" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F146" t="s">
         <v>22</v>
       </c>
       <c r="G146" s="1" t="s">
+        <v>513</v>
+      </c>
+      <c r="H146" t="s">
         <v>514</v>
-      </c>
-[...1 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>515</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>516</v>
       </c>
-      <c r="B147" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D147" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E147" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F147" t="s">
         <v>22</v>
       </c>
       <c r="G147" s="1" t="s">
+        <v>517</v>
+      </c>
+      <c r="H147" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>519</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>520</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>396</v>
+      </c>
+      <c r="E148" t="s">
+        <v>397</v>
+      </c>
+      <c r="F148" t="s">
+        <v>22</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>521</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>522</v>
-      </c>
-[...1 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>523</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>524</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>396</v>
+      </c>
+      <c r="E149" t="s">
+        <v>397</v>
+      </c>
+      <c r="F149" t="s">
+        <v>62</v>
+      </c>
+      <c r="G149" s="1" t="s">
         <v>525</v>
       </c>
-      <c r="D149" t="s">
-[...8 lines deleted...]
-      <c r="G149" s="1" t="s">
+      <c r="H149" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
+        <v>527</v>
+      </c>
+      <c r="B150" t="s">
+        <v>9</v>
+      </c>
+      <c r="C150" t="s">
         <v>528</v>
       </c>
-      <c r="B150" t="s">
-[...2 lines deleted...]
-      <c r="C150" t="s">
+      <c r="D150" t="s">
+        <v>396</v>
+      </c>
+      <c r="E150" t="s">
+        <v>397</v>
+      </c>
+      <c r="F150" t="s">
+        <v>22</v>
+      </c>
+      <c r="G150" s="1" t="s">
         <v>529</v>
       </c>
-      <c r="D150" t="s">
-[...5 lines deleted...]
-      <c r="F150" t="s">
+      <c r="H150" t="s">
         <v>530</v>
-      </c>
-[...4 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
+        <v>531</v>
+      </c>
+      <c r="B151" t="s">
+        <v>9</v>
+      </c>
+      <c r="C151" t="s">
+        <v>532</v>
+      </c>
+      <c r="D151" t="s">
+        <v>396</v>
+      </c>
+      <c r="E151" t="s">
+        <v>397</v>
+      </c>
+      <c r="F151" t="s">
         <v>533</v>
       </c>
-      <c r="B151" t="s">
-[...2 lines deleted...]
-      <c r="C151" t="s">
+      <c r="G151" s="1" t="s">
         <v>534</v>
       </c>
-      <c r="D151" t="s">
-[...8 lines deleted...]
-      <c r="G151" s="1" t="s">
+      <c r="H151" t="s">
         <v>535</v>
-      </c>
-[...1 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
+        <v>536</v>
+      </c>
+      <c r="B152" t="s">
+        <v>9</v>
+      </c>
+      <c r="C152" t="s">
         <v>537</v>
       </c>
-      <c r="B152" t="s">
-[...2 lines deleted...]
-      <c r="C152" t="s">
+      <c r="D152" t="s">
+        <v>396</v>
+      </c>
+      <c r="E152" t="s">
+        <v>397</v>
+      </c>
+      <c r="F152" t="s">
+        <v>533</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>538</v>
       </c>
-      <c r="D152" t="s">
-[...8 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>540</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>541</v>
       </c>
-      <c r="B153" t="s">
-[...2 lines deleted...]
-      <c r="C153" t="s">
+      <c r="D153" t="s">
+        <v>396</v>
+      </c>
+      <c r="E153" t="s">
+        <v>397</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>542</v>
       </c>
-      <c r="D153" t="s">
-[...8 lines deleted...]
-      <c r="G153" s="1" t="s">
+      <c r="H153" t="s">
         <v>543</v>
-      </c>
-[...1 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>544</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
         <v>545</v>
       </c>
-      <c r="B154" t="s">
-[...2 lines deleted...]
-      <c r="C154" t="s">
+      <c r="D154" t="s">
+        <v>396</v>
+      </c>
+      <c r="E154" t="s">
+        <v>397</v>
+      </c>
+      <c r="F154" t="s">
+        <v>22</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>546</v>
       </c>
-      <c r="D154" t="s">
-[...8 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>547</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>548</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>549</v>
       </c>
-      <c r="B155" t="s">
-[...2 lines deleted...]
-      <c r="C155" t="s">
+      <c r="D155" t="s">
+        <v>396</v>
+      </c>
+      <c r="E155" t="s">
+        <v>397</v>
+      </c>
+      <c r="F155" t="s">
+        <v>122</v>
+      </c>
+      <c r="G155" s="1" t="s">
         <v>550</v>
       </c>
-      <c r="D155" t="s">
-[...5 lines deleted...]
-      <c r="F155" t="s">
+      <c r="H155" t="s">
         <v>551</v>
-      </c>
-[...4 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>552</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>553</v>
+      </c>
+      <c r="D156" t="s">
+        <v>396</v>
+      </c>
+      <c r="E156" t="s">
+        <v>397</v>
+      </c>
+      <c r="F156" t="s">
         <v>554</v>
       </c>
-      <c r="B156" t="s">
-[...2 lines deleted...]
-      <c r="C156" t="s">
+      <c r="G156" s="1" t="s">
         <v>555</v>
       </c>
-      <c r="D156" t="s">
-[...8 lines deleted...]
-      <c r="G156" s="1" t="s">
+      <c r="H156" t="s">
         <v>556</v>
-      </c>
-[...1 lines deleted...]
-        <v>557</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>557</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
         <v>558</v>
       </c>
-      <c r="B157" t="s">
-[...2 lines deleted...]
-      <c r="C157" t="s">
+      <c r="D157" t="s">
+        <v>396</v>
+      </c>
+      <c r="E157" t="s">
+        <v>397</v>
+      </c>
+      <c r="F157" t="s">
+        <v>22</v>
+      </c>
+      <c r="G157" s="1" t="s">
         <v>559</v>
       </c>
-      <c r="D157" t="s">
-[...8 lines deleted...]
-      <c r="G157" s="1" t="s">
+      <c r="H157" t="s">
         <v>560</v>
-      </c>
-[...1 lines deleted...]
-        <v>561</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>561</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
         <v>562</v>
       </c>
-      <c r="B158" t="s">
-[...2 lines deleted...]
-      <c r="C158" t="s">
+      <c r="D158" t="s">
+        <v>396</v>
+      </c>
+      <c r="E158" t="s">
+        <v>397</v>
+      </c>
+      <c r="F158" t="s">
+        <v>35</v>
+      </c>
+      <c r="G158" s="1" t="s">
         <v>563</v>
       </c>
-      <c r="D158" t="s">
-[...8 lines deleted...]
-      <c r="G158" s="1" t="s">
+      <c r="H158" t="s">
         <v>564</v>
-      </c>
-[...1 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
+        <v>565</v>
+      </c>
+      <c r="B159" t="s">
+        <v>9</v>
+      </c>
+      <c r="C159" t="s">
         <v>566</v>
       </c>
-      <c r="B159" t="s">
-[...2 lines deleted...]
-      <c r="C159" t="s">
+      <c r="D159" t="s">
+        <v>396</v>
+      </c>
+      <c r="E159" t="s">
+        <v>397</v>
+      </c>
+      <c r="F159" t="s">
+        <v>22</v>
+      </c>
+      <c r="G159" s="1" t="s">
         <v>567</v>
       </c>
-      <c r="D159" t="s">
-[...8 lines deleted...]
-      <c r="G159" s="1" t="s">
+      <c r="H159" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>569</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
+        <v>569</v>
+      </c>
+      <c r="B160" t="s">
+        <v>9</v>
+      </c>
+      <c r="C160" t="s">
         <v>570</v>
       </c>
-      <c r="B160" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D160" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E160" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F160" t="s">
         <v>62</v>
       </c>
       <c r="G160" s="1" t="s">
+        <v>571</v>
+      </c>
+      <c r="H160" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>573</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>573</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
         <v>574</v>
       </c>
-      <c r="B161" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D161" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E161" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F161" t="s">
         <v>62</v>
       </c>
       <c r="G161" s="1" t="s">
+        <v>575</v>
+      </c>
+      <c r="H161" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>577</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
         <v>578</v>
       </c>
-      <c r="B162" t="s">
-[...2 lines deleted...]
-      <c r="C162" t="s">
+      <c r="D162" t="s">
+        <v>396</v>
+      </c>
+      <c r="E162" t="s">
+        <v>397</v>
+      </c>
+      <c r="F162" t="s">
+        <v>62</v>
+      </c>
+      <c r="G162" s="1" t="s">
         <v>579</v>
       </c>
-      <c r="D162" t="s">
-[...8 lines deleted...]
-      <c r="G162" s="1" t="s">
+      <c r="H162" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>581</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
         <v>582</v>
       </c>
-      <c r="B163" t="s">
-[...2 lines deleted...]
-      <c r="C163" t="s">
+      <c r="D163" t="s">
+        <v>396</v>
+      </c>
+      <c r="E163" t="s">
+        <v>397</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" s="1" t="s">
         <v>583</v>
       </c>
-      <c r="D163" t="s">
-[...8 lines deleted...]
-      <c r="G163" s="1" t="s">
+      <c r="H163" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
+        <v>585</v>
+      </c>
+      <c r="B164" t="s">
+        <v>9</v>
+      </c>
+      <c r="C164" t="s">
         <v>586</v>
       </c>
-      <c r="B164" t="s">
-[...2 lines deleted...]
-      <c r="C164" t="s">
+      <c r="D164" t="s">
+        <v>396</v>
+      </c>
+      <c r="E164" t="s">
+        <v>397</v>
+      </c>
+      <c r="F164" t="s">
+        <v>554</v>
+      </c>
+      <c r="G164" s="1" t="s">
         <v>587</v>
       </c>
-      <c r="D164" t="s">
-[...8 lines deleted...]
-      <c r="G164" s="1" t="s">
+      <c r="H164" t="s">
         <v>588</v>
-      </c>
-[...1 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
+        <v>589</v>
+      </c>
+      <c r="B165" t="s">
+        <v>9</v>
+      </c>
+      <c r="C165" t="s">
         <v>590</v>
       </c>
-      <c r="B165" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D165" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E165" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
+        <v>591</v>
+      </c>
+      <c r="H165" t="s">
         <v>592</v>
-      </c>
-[...1 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
+        <v>593</v>
+      </c>
+      <c r="B166" t="s">
+        <v>9</v>
+      </c>
+      <c r="C166" t="s">
         <v>594</v>
       </c>
-      <c r="B166" t="s">
-[...2 lines deleted...]
-      <c r="C166" t="s">
+      <c r="D166" t="s">
+        <v>396</v>
+      </c>
+      <c r="E166" t="s">
+        <v>397</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" s="1" t="s">
         <v>595</v>
       </c>
-      <c r="D166" t="s">
-[...8 lines deleted...]
-      <c r="G166" s="1" t="s">
+      <c r="H166" t="s">
         <v>596</v>
-      </c>
-[...1 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
+        <v>597</v>
+      </c>
+      <c r="B167" t="s">
+        <v>9</v>
+      </c>
+      <c r="C167" t="s">
         <v>598</v>
       </c>
-      <c r="B167" t="s">
-[...2 lines deleted...]
-      <c r="C167" t="s">
+      <c r="D167" t="s">
+        <v>396</v>
+      </c>
+      <c r="E167" t="s">
+        <v>397</v>
+      </c>
+      <c r="F167" t="s">
+        <v>62</v>
+      </c>
+      <c r="G167" s="1" t="s">
         <v>599</v>
       </c>
-      <c r="D167" t="s">
-[...8 lines deleted...]
-      <c r="G167" s="1" t="s">
+      <c r="H167" t="s">
         <v>600</v>
-      </c>
-[...1 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
+        <v>601</v>
+      </c>
+      <c r="B168" t="s">
+        <v>9</v>
+      </c>
+      <c r="C168" t="s">
         <v>602</v>
       </c>
-      <c r="B168" t="s">
-[...2 lines deleted...]
-      <c r="C168" t="s">
+      <c r="D168" t="s">
+        <v>396</v>
+      </c>
+      <c r="E168" t="s">
+        <v>397</v>
+      </c>
+      <c r="F168" t="s">
+        <v>141</v>
+      </c>
+      <c r="G168" s="1" t="s">
         <v>603</v>
       </c>
-      <c r="D168" t="s">
-[...8 lines deleted...]
-      <c r="G168" s="1" t="s">
+      <c r="H168" t="s">
         <v>604</v>
-      </c>
-[...1 lines deleted...]
-        <v>605</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
+        <v>605</v>
+      </c>
+      <c r="B169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C169" t="s">
         <v>606</v>
       </c>
-      <c r="B169" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D169" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E169" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F169" t="s">
         <v>35</v>
       </c>
       <c r="G169" s="1" t="s">
+        <v>607</v>
+      </c>
+      <c r="H169" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
+        <v>609</v>
+      </c>
+      <c r="B170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C170" t="s">
         <v>610</v>
       </c>
-      <c r="B170" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D170" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E170" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F170" t="s">
         <v>35</v>
       </c>
       <c r="G170" s="1" t="s">
+        <v>611</v>
+      </c>
+      <c r="H170" t="s">
         <v>612</v>
-      </c>
-[...1 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
+        <v>613</v>
+      </c>
+      <c r="B171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C171" t="s">
         <v>614</v>
       </c>
-      <c r="B171" t="s">
-[...2 lines deleted...]
-      <c r="C171" t="s">
+      <c r="D171" t="s">
+        <v>396</v>
+      </c>
+      <c r="E171" t="s">
+        <v>397</v>
+      </c>
+      <c r="F171" t="s">
+        <v>35</v>
+      </c>
+      <c r="G171" s="1" t="s">
         <v>615</v>
       </c>
-      <c r="D171" t="s">
-[...8 lines deleted...]
-      <c r="G171" s="1" t="s">
+      <c r="H171" t="s">
         <v>616</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
+        <v>617</v>
+      </c>
+      <c r="B172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C172" t="s">
         <v>618</v>
       </c>
-      <c r="B172" t="s">
-[...2 lines deleted...]
-      <c r="C172" t="s">
+      <c r="D172" t="s">
+        <v>396</v>
+      </c>
+      <c r="E172" t="s">
+        <v>397</v>
+      </c>
+      <c r="F172" t="s">
+        <v>62</v>
+      </c>
+      <c r="G172" s="1" t="s">
         <v>619</v>
       </c>
-      <c r="D172" t="s">
-[...8 lines deleted...]
-      <c r="G172" s="1" t="s">
+      <c r="H172" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
+        <v>621</v>
+      </c>
+      <c r="B173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C173" t="s">
         <v>622</v>
       </c>
-      <c r="B173" t="s">
-[...2 lines deleted...]
-      <c r="C173" t="s">
+      <c r="D173" t="s">
+        <v>396</v>
+      </c>
+      <c r="E173" t="s">
+        <v>397</v>
+      </c>
+      <c r="F173" t="s">
+        <v>141</v>
+      </c>
+      <c r="G173" s="1" t="s">
         <v>623</v>
       </c>
-      <c r="D173" t="s">
-[...8 lines deleted...]
-      <c r="G173" s="1" t="s">
+      <c r="H173" t="s">
         <v>624</v>
-      </c>
-[...1 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
+        <v>625</v>
+      </c>
+      <c r="B174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C174" t="s">
         <v>626</v>
       </c>
-      <c r="B174" t="s">
-[...2 lines deleted...]
-      <c r="C174" t="s">
+      <c r="D174" t="s">
+        <v>396</v>
+      </c>
+      <c r="E174" t="s">
+        <v>397</v>
+      </c>
+      <c r="F174" t="s">
+        <v>22</v>
+      </c>
+      <c r="G174" s="1" t="s">
         <v>627</v>
       </c>
-      <c r="D174" t="s">
-[...8 lines deleted...]
-      <c r="G174" s="1" t="s">
+      <c r="H174" t="s">
         <v>628</v>
-      </c>
-[...1 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
+        <v>629</v>
+      </c>
+      <c r="B175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C175" t="s">
         <v>630</v>
       </c>
-      <c r="B175" t="s">
-[...2 lines deleted...]
-      <c r="C175" t="s">
+      <c r="D175" t="s">
+        <v>396</v>
+      </c>
+      <c r="E175" t="s">
+        <v>397</v>
+      </c>
+      <c r="F175" t="s">
+        <v>122</v>
+      </c>
+      <c r="G175" s="1" t="s">
         <v>631</v>
       </c>
-      <c r="D175" t="s">
-[...8 lines deleted...]
-      <c r="G175" s="1" t="s">
+      <c r="H175" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
+        <v>633</v>
+      </c>
+      <c r="B176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C176" t="s">
         <v>634</v>
       </c>
-      <c r="B176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D176" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="E176" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F176" t="s">
         <v>167</v>
       </c>
       <c r="G176" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H176" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
+        <v>637</v>
+      </c>
+      <c r="B177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C177" t="s">
         <v>638</v>
       </c>
-      <c r="B177" t="s">
-[...2 lines deleted...]
-      <c r="C177" t="s">
+      <c r="D177" t="s">
+        <v>396</v>
+      </c>
+      <c r="E177" t="s">
+        <v>397</v>
+      </c>
+      <c r="F177" t="s">
+        <v>167</v>
+      </c>
+      <c r="G177" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="D177" t="s">
-[...8 lines deleted...]
-      <c r="G177" s="1" t="s">
+      <c r="H177" t="s">
         <v>640</v>
-      </c>
-[...1 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
+        <v>641</v>
+      </c>
+      <c r="B178" t="s">
+        <v>9</v>
+      </c>
+      <c r="C178" t="s">
         <v>642</v>
       </c>
-      <c r="B178" t="s">
-[...2 lines deleted...]
-      <c r="C178" t="s">
+      <c r="D178" t="s">
+        <v>396</v>
+      </c>
+      <c r="E178" t="s">
+        <v>397</v>
+      </c>
+      <c r="F178" t="s">
+        <v>554</v>
+      </c>
+      <c r="G178" s="1" t="s">
         <v>643</v>
       </c>
-      <c r="D178" t="s">
-[...8 lines deleted...]
-      <c r="G178" s="1" t="s">
+      <c r="H178" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
+        <v>645</v>
+      </c>
+      <c r="B179" t="s">
+        <v>9</v>
+      </c>
+      <c r="C179" t="s">
         <v>646</v>
       </c>
-      <c r="B179" t="s">
-[...2 lines deleted...]
-      <c r="C179" t="s">
+      <c r="D179" t="s">
+        <v>396</v>
+      </c>
+      <c r="E179" t="s">
+        <v>397</v>
+      </c>
+      <c r="F179" t="s">
+        <v>40</v>
+      </c>
+      <c r="G179" s="1" t="s">
         <v>647</v>
       </c>
-      <c r="D179" t="s">
-[...8 lines deleted...]
-      <c r="G179" s="1" t="s">
+      <c r="H179" t="s">
         <v>648</v>
-      </c>
-[...1 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
+        <v>649</v>
+      </c>
+      <c r="B180" t="s">
+        <v>9</v>
+      </c>
+      <c r="C180" t="s">
         <v>650</v>
       </c>
-      <c r="B180" t="s">
-[...2 lines deleted...]
-      <c r="C180" t="s">
+      <c r="D180" t="s">
+        <v>396</v>
+      </c>
+      <c r="E180" t="s">
+        <v>397</v>
+      </c>
+      <c r="F180" t="s">
+        <v>35</v>
+      </c>
+      <c r="G180" s="1" t="s">
         <v>651</v>
       </c>
-      <c r="D180" t="s">
-[...8 lines deleted...]
-      <c r="G180" s="1" t="s">
+      <c r="H180" t="s">
         <v>652</v>
-      </c>
-[...1 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
+        <v>653</v>
+      </c>
+      <c r="B181" t="s">
+        <v>9</v>
+      </c>
+      <c r="C181" t="s">
         <v>654</v>
       </c>
-      <c r="B181" t="s">
-[...2 lines deleted...]
-      <c r="C181" t="s">
+      <c r="D181" t="s">
+        <v>396</v>
+      </c>
+      <c r="E181" t="s">
+        <v>397</v>
+      </c>
+      <c r="F181" t="s">
+        <v>22</v>
+      </c>
+      <c r="G181" s="1" t="s">
         <v>655</v>
       </c>
-      <c r="D181" t="s">
-[...8 lines deleted...]
-      <c r="G181" s="1" t="s">
+      <c r="H181" t="s">
         <v>656</v>
-      </c>
-[...1 lines deleted...]
-        <v>657</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
+        <v>657</v>
+      </c>
+      <c r="B182" t="s">
+        <v>9</v>
+      </c>
+      <c r="C182" t="s">
         <v>658</v>
       </c>
-      <c r="B182" t="s">
-[...2 lines deleted...]
-      <c r="C182" t="s">
+      <c r="D182" t="s">
+        <v>396</v>
+      </c>
+      <c r="E182" t="s">
+        <v>397</v>
+      </c>
+      <c r="F182" t="s">
+        <v>35</v>
+      </c>
+      <c r="G182" s="1" t="s">
         <v>659</v>
       </c>
-      <c r="D182" t="s">
-[...8 lines deleted...]
-      <c r="G182" s="1" t="s">
+      <c r="H182" t="s">
         <v>660</v>
-      </c>
-[...1 lines deleted...]
-        <v>661</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
+        <v>661</v>
+      </c>
+      <c r="B183" t="s">
+        <v>9</v>
+      </c>
+      <c r="C183" t="s">
         <v>662</v>
       </c>
-      <c r="B183" t="s">
-[...2 lines deleted...]
-      <c r="C183" t="s">
+      <c r="D183" t="s">
+        <v>396</v>
+      </c>
+      <c r="E183" t="s">
+        <v>397</v>
+      </c>
+      <c r="F183" t="s">
+        <v>40</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>663</v>
       </c>
-      <c r="D183" t="s">
-[...8 lines deleted...]
-      <c r="G183" s="1" t="s">
+      <c r="H183" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>665</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
         <v>666</v>
       </c>
-      <c r="B184" t="s">
-[...2 lines deleted...]
-      <c r="C184" t="s">
+      <c r="D184" t="s">
+        <v>396</v>
+      </c>
+      <c r="E184" t="s">
+        <v>397</v>
+      </c>
+      <c r="F184" t="s">
+        <v>554</v>
+      </c>
+      <c r="G184" s="1" t="s">
         <v>667</v>
       </c>
-      <c r="D184" t="s">
-[...8 lines deleted...]
-      <c r="G184" s="1" t="s">
+      <c r="H184" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
+        <v>669</v>
+      </c>
+      <c r="B185" t="s">
+        <v>9</v>
+      </c>
+      <c r="C185" t="s">
         <v>670</v>
       </c>
-      <c r="B185" t="s">
-[...2 lines deleted...]
-      <c r="C185" t="s">
+      <c r="D185" t="s">
+        <v>396</v>
+      </c>
+      <c r="E185" t="s">
+        <v>397</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>671</v>
       </c>
-      <c r="D185" t="s">
-[...8 lines deleted...]
-      <c r="G185" s="1" t="s">
+      <c r="H185" t="s">
         <v>672</v>
-      </c>
-[...1 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
+        <v>673</v>
+      </c>
+      <c r="B186" t="s">
+        <v>9</v>
+      </c>
+      <c r="C186" t="s">
         <v>674</v>
       </c>
-      <c r="B186" t="s">
-[...2 lines deleted...]
-      <c r="C186" t="s">
+      <c r="D186" t="s">
+        <v>396</v>
+      </c>
+      <c r="E186" t="s">
+        <v>397</v>
+      </c>
+      <c r="F186" t="s">
+        <v>40</v>
+      </c>
+      <c r="G186" s="1" t="s">
         <v>675</v>
       </c>
-      <c r="D186" t="s">
-[...8 lines deleted...]
-      <c r="G186" s="1" t="s">
+      <c r="H186" t="s">
         <v>676</v>
-      </c>
-[...1 lines deleted...]
-        <v>677</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
+        <v>677</v>
+      </c>
+      <c r="B187" t="s">
+        <v>9</v>
+      </c>
+      <c r="C187" t="s">
         <v>678</v>
       </c>
-      <c r="B187" t="s">
-[...2 lines deleted...]
-      <c r="C187" t="s">
+      <c r="D187" t="s">
+        <v>396</v>
+      </c>
+      <c r="E187" t="s">
+        <v>397</v>
+      </c>
+      <c r="F187" t="s">
+        <v>22</v>
+      </c>
+      <c r="G187" s="1" t="s">
         <v>679</v>
       </c>
-      <c r="D187" t="s">
-[...8 lines deleted...]
-      <c r="G187" s="1" t="s">
+      <c r="H187" t="s">
         <v>680</v>
-      </c>
-[...1 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>681</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
         <v>682</v>
       </c>
-      <c r="B188" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D188" t="s">
+        <v>396</v>
+      </c>
+      <c r="E188" t="s">
+        <v>397</v>
+      </c>
+      <c r="F188" t="s">
+        <v>122</v>
+      </c>
+      <c r="G188" s="1" t="s">
         <v>683</v>
       </c>
-      <c r="E188" t="s">
+      <c r="H188" t="s">
         <v>684</v>
-      </c>
-[...7 lines deleted...]
-        <v>686</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
+        <v>685</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>686</v>
+      </c>
+      <c r="D189" t="s">
+        <v>396</v>
+      </c>
+      <c r="E189" t="s">
+        <v>397</v>
+      </c>
+      <c r="F189" t="s">
+        <v>22</v>
+      </c>
+      <c r="G189" s="1" t="s">
         <v>687</v>
       </c>
-      <c r="B189" t="s">
-[...14 lines deleted...]
-      <c r="G189" s="1" t="s">
+      <c r="H189" t="s">
         <v>688</v>
-      </c>
-[...1 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E190" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F190" t="s">
-        <v>530</v>
+        <v>13</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H190" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="D191" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E191" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F191" t="s">
         <v>62</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="H191" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>30</v>
+        <v>21</v>
       </c>
       <c r="D192" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E192" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F192" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="H192" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>34</v>
+        <v>26</v>
       </c>
       <c r="D193" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E193" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F193" t="s">
-        <v>530</v>
+        <v>62</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="H193" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>39</v>
+        <v>30</v>
       </c>
       <c r="D194" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E194" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F194" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H194" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
       <c r="D195" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E195" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F195" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H195" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>48</v>
+        <v>39</v>
       </c>
       <c r="D196" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E196" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F196" t="s">
-        <v>40</v>
+        <v>533</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="H196" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>52</v>
+        <v>44</v>
       </c>
       <c r="D197" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E197" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F197" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H197" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="D198" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E198" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F198" t="s">
-        <v>122</v>
+        <v>40</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H198" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>61</v>
+        <v>52</v>
       </c>
       <c r="D199" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E199" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F199" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="H199" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="D200" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E200" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F200" t="s">
-        <v>141</v>
+        <v>122</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H200" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>70</v>
+        <v>61</v>
       </c>
       <c r="D201" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E201" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F201" t="s">
-        <v>62</v>
+        <v>533</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="H201" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>74</v>
+        <v>66</v>
       </c>
       <c r="D202" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E202" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F202" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="H202" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>78</v>
+        <v>70</v>
       </c>
       <c r="D203" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E203" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="H203" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>330</v>
+        <v>74</v>
       </c>
       <c r="D204" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E204" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F204" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="H204" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>174</v>
+        <v>78</v>
       </c>
       <c r="D205" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E205" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F205" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="H205" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>178</v>
+        <v>334</v>
       </c>
       <c r="D206" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E206" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F206" t="s">
-        <v>22</v>
+        <v>40</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="H206" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="D207" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E207" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="H207" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="D208" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E208" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="H208" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>190</v>
+        <v>182</v>
       </c>
       <c r="D209" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E209" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F209" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="H209" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="D210" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E210" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F210" t="s">
-        <v>122</v>
+        <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H210" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>198</v>
+        <v>190</v>
       </c>
       <c r="D211" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E211" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F211" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H211" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>202</v>
+        <v>194</v>
       </c>
       <c r="D212" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E212" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F212" t="s">
-        <v>13</v>
+        <v>122</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="H212" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>206</v>
+        <v>198</v>
       </c>
       <c r="D213" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E213" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F213" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H213" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="D214" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E214" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F214" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H214" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>214</v>
+        <v>206</v>
       </c>
       <c r="D215" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E215" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F215" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H215" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>218</v>
+        <v>210</v>
       </c>
       <c r="D216" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E216" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F216" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="H216" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>222</v>
+        <v>214</v>
       </c>
       <c r="D217" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E217" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F217" t="s">
-        <v>35</v>
+        <v>141</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="H217" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>226</v>
+        <v>218</v>
       </c>
       <c r="D218" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E218" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F218" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H218" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>230</v>
+        <v>222</v>
       </c>
       <c r="D219" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E219" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F219" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="H219" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>234</v>
+        <v>226</v>
       </c>
       <c r="D220" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E220" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F220" t="s">
         <v>22</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="H220" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>238</v>
+        <v>230</v>
       </c>
       <c r="D221" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E221" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F221" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H221" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>242</v>
+        <v>234</v>
       </c>
       <c r="D222" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E222" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F222" t="s">
         <v>22</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="H222" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>389</v>
+        <v>238</v>
       </c>
       <c r="D223" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E223" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F223" t="s">
         <v>22</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H223" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>501</v>
+        <v>242</v>
       </c>
       <c r="D224" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E224" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F224" t="s">
         <v>22</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="H224" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>505</v>
+        <v>246</v>
       </c>
       <c r="D225" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E225" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F225" t="s">
         <v>22</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="H225" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>509</v>
+        <v>504</v>
       </c>
       <c r="D226" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E226" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F226" t="s">
         <v>22</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="H226" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>513</v>
+        <v>508</v>
       </c>
       <c r="D227" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E227" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F227" t="s">
         <v>22</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="H227" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>517</v>
+        <v>512</v>
       </c>
       <c r="D228" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E228" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F228" t="s">
         <v>22</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="H228" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>521</v>
+        <v>516</v>
       </c>
       <c r="D229" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E229" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F229" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H229" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="D230" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E230" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F230" t="s">
         <v>22</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="H230" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="D231" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E231" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F231" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="H231" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="D232" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E232" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F232" t="s">
-        <v>141</v>
+        <v>22</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="H232" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="D233" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E233" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F233" t="s">
         <v>22</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="H233" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="D234" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E234" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F234" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H234" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="D235" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E235" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F235" t="s">
         <v>22</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="H235" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="D236" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E236" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F236" t="s">
         <v>22</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="H236" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
       <c r="D237" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E237" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F237" t="s">
         <v>22</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="H237" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="D238" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E238" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F238" t="s">
         <v>22</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H238" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
       <c r="D239" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E239" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F239" t="s">
         <v>22</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H239" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="D240" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E240" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F240" t="s">
         <v>22</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="H240" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="D241" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E241" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F241" t="s">
         <v>22</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="H241" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
       <c r="D242" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E242" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F242" t="s">
         <v>22</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="H242" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>579</v>
+        <v>574</v>
       </c>
       <c r="D243" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E243" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F243" t="s">
         <v>22</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H243" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="D244" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E244" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F244" t="s">
         <v>22</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>853</v>
+        <v>854</v>
       </c>
       <c r="H244" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>587</v>
+        <v>582</v>
       </c>
       <c r="D245" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E245" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F245" t="s">
         <v>22</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H245" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="D246" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E246" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F246" t="s">
         <v>22</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="H246" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="D247" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E247" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F247" t="s">
         <v>22</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="H247" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="D248" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E248" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F248" t="s">
         <v>22</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="H248" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="D249" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E249" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F249" t="s">
         <v>22</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="H249" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="D250" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E250" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F250" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H250" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>611</v>
+        <v>606</v>
       </c>
       <c r="D251" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E251" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F251" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H251" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>615</v>
+        <v>610</v>
       </c>
       <c r="D252" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E252" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F252" t="s">
         <v>35</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="H252" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="D253" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E253" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F253" t="s">
         <v>35</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="H253" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>623</v>
+        <v>618</v>
       </c>
       <c r="D254" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E254" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F254" t="s">
         <v>35</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H254" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>627</v>
+        <v>622</v>
       </c>
       <c r="D255" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E255" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F255" t="s">
         <v>35</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H255" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>631</v>
+        <v>626</v>
       </c>
       <c r="D256" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E256" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F256" t="s">
         <v>35</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="H256" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>635</v>
+        <v>630</v>
       </c>
       <c r="D257" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E257" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F257" t="s">
         <v>35</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H257" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>639</v>
+        <v>634</v>
       </c>
       <c r="D258" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E258" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F258" t="s">
         <v>35</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H258" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>643</v>
+        <v>638</v>
       </c>
       <c r="D259" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E259" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F259" t="s">
         <v>35</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="H259" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>647</v>
+        <v>642</v>
       </c>
       <c r="D260" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E260" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F260" t="s">
         <v>35</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="H260" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>651</v>
+        <v>646</v>
       </c>
       <c r="D261" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E261" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F261" t="s">
         <v>35</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="H261" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="D262" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E262" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F262" t="s">
         <v>35</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H262" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>659</v>
+        <v>654</v>
       </c>
       <c r="D263" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E263" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F263" t="s">
         <v>35</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H263" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>663</v>
+        <v>658</v>
       </c>
       <c r="D264" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E264" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F264" t="s">
         <v>35</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H264" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>667</v>
+        <v>662</v>
       </c>
       <c r="D265" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E265" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F265" t="s">
         <v>35</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H265" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>671</v>
+        <v>666</v>
       </c>
       <c r="D266" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E266" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F266" t="s">
         <v>35</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="H266" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="D267" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E267" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F267" t="s">
         <v>35</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="H267" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="D268" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E268" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F268" t="s">
         <v>35</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="H268" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>928</v>
+        <v>678</v>
       </c>
       <c r="D269" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E269" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F269" t="s">
         <v>35</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>929</v>
       </c>
       <c r="H269" t="s">
         <v>930</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>931</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>932</v>
+        <v>682</v>
       </c>
       <c r="D270" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E270" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F270" t="s">
         <v>35</v>
       </c>
       <c r="G270" s="1" t="s">
+        <v>932</v>
+      </c>
+      <c r="H270" t="s">
         <v>933</v>
-      </c>
-[...1 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>935</v>
+        <v>934</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>936</v>
+        <v>686</v>
       </c>
       <c r="D271" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E271" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F271" t="s">
         <v>35</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="H271" t="s">
-        <v>938</v>
+        <v>936</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="D272" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E272" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F272" t="s">
         <v>35</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="H272" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>944</v>
+        <v>942</v>
       </c>
       <c r="D273" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E273" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F273" t="s">
         <v>35</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>945</v>
+        <v>943</v>
       </c>
       <c r="H273" t="s">
-        <v>946</v>
+        <v>944</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>948</v>
+        <v>946</v>
       </c>
       <c r="D274" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E274" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F274" t="s">
         <v>35</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>949</v>
+        <v>947</v>
       </c>
       <c r="H274" t="s">
-        <v>950</v>
+        <v>948</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>951</v>
+        <v>949</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>952</v>
+        <v>950</v>
       </c>
       <c r="D275" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E275" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F275" t="s">
         <v>35</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="H275" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>955</v>
+        <v>953</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>956</v>
+        <v>954</v>
       </c>
       <c r="D276" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E276" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F276" t="s">
         <v>35</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>957</v>
+        <v>955</v>
       </c>
       <c r="H276" t="s">
-        <v>958</v>
+        <v>956</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>959</v>
+        <v>957</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>960</v>
+        <v>958</v>
       </c>
       <c r="D277" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E277" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F277" t="s">
         <v>35</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>961</v>
+        <v>959</v>
       </c>
       <c r="H277" t="s">
-        <v>962</v>
+        <v>960</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>963</v>
+        <v>961</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>964</v>
+        <v>962</v>
       </c>
       <c r="D278" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E278" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F278" t="s">
         <v>35</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>965</v>
+        <v>963</v>
       </c>
       <c r="H278" t="s">
-        <v>966</v>
+        <v>964</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>967</v>
+        <v>965</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>968</v>
+        <v>966</v>
       </c>
       <c r="D279" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E279" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F279" t="s">
         <v>35</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>969</v>
+        <v>967</v>
       </c>
       <c r="H279" t="s">
-        <v>970</v>
+        <v>968</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>971</v>
+        <v>969</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>972</v>
+        <v>970</v>
       </c>
       <c r="D280" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E280" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F280" t="s">
         <v>35</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>973</v>
+        <v>971</v>
       </c>
       <c r="H280" t="s">
-        <v>974</v>
+        <v>972</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
+        <v>973</v>
+      </c>
+      <c r="B281" t="s">
+        <v>9</v>
+      </c>
+      <c r="C281" t="s">
+        <v>974</v>
+      </c>
+      <c r="D281" t="s">
+        <v>690</v>
+      </c>
+      <c r="E281" t="s">
+        <v>691</v>
+      </c>
+      <c r="F281" t="s">
+        <v>35</v>
+      </c>
+      <c r="G281" s="1" t="s">
         <v>975</v>
       </c>
-      <c r="B281" t="s">
-[...2 lines deleted...]
-      <c r="C281" t="s">
+      <c r="H281" t="s">
         <v>976</v>
-      </c>
-[...13 lines deleted...]
-        <v>978</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>979</v>
+        <v>977</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>980</v>
+        <v>978</v>
       </c>
       <c r="D282" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E282" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F282" t="s">
         <v>35</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>981</v>
+        <v>979</v>
       </c>
       <c r="H282" t="s">
-        <v>982</v>
+        <v>980</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
+        <v>981</v>
+      </c>
+      <c r="B283" t="s">
+        <v>9</v>
+      </c>
+      <c r="C283" t="s">
+        <v>982</v>
+      </c>
+      <c r="D283" t="s">
+        <v>690</v>
+      </c>
+      <c r="E283" t="s">
+        <v>691</v>
+      </c>
+      <c r="F283" t="s">
+        <v>141</v>
+      </c>
+      <c r="G283" s="1" t="s">
         <v>983</v>
       </c>
-      <c r="B283" t="s">
-[...2 lines deleted...]
-      <c r="C283" t="s">
+      <c r="H283" t="s">
         <v>984</v>
-      </c>
-[...13 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
+        <v>985</v>
+      </c>
+      <c r="B284" t="s">
+        <v>9</v>
+      </c>
+      <c r="C284" t="s">
+        <v>986</v>
+      </c>
+      <c r="D284" t="s">
+        <v>690</v>
+      </c>
+      <c r="E284" t="s">
+        <v>691</v>
+      </c>
+      <c r="F284" t="s">
+        <v>35</v>
+      </c>
+      <c r="G284" s="1" t="s">
         <v>987</v>
       </c>
-      <c r="B284" t="s">
-[...2 lines deleted...]
-      <c r="C284" t="s">
+      <c r="H284" t="s">
         <v>988</v>
-      </c>
-[...13 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
+        <v>989</v>
+      </c>
+      <c r="B285" t="s">
+        <v>9</v>
+      </c>
+      <c r="C285" t="s">
+        <v>990</v>
+      </c>
+      <c r="D285" t="s">
+        <v>690</v>
+      </c>
+      <c r="E285" t="s">
+        <v>691</v>
+      </c>
+      <c r="F285" t="s">
+        <v>22</v>
+      </c>
+      <c r="G285" s="1" t="s">
         <v>991</v>
       </c>
-      <c r="B285" t="s">
-[...2 lines deleted...]
-      <c r="C285" t="s">
+      <c r="H285" t="s">
         <v>992</v>
-      </c>
-[...13 lines deleted...]
-        <v>994</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
+        <v>993</v>
+      </c>
+      <c r="B286" t="s">
+        <v>9</v>
+      </c>
+      <c r="C286" t="s">
+        <v>994</v>
+      </c>
+      <c r="D286" t="s">
+        <v>690</v>
+      </c>
+      <c r="E286" t="s">
+        <v>691</v>
+      </c>
+      <c r="F286" t="s">
+        <v>62</v>
+      </c>
+      <c r="G286" s="1" t="s">
         <v>995</v>
       </c>
-      <c r="B286" t="s">
-[...2 lines deleted...]
-      <c r="C286" t="s">
+      <c r="H286" t="s">
         <v>996</v>
-      </c>
-[...13 lines deleted...]
-        <v>998</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>999</v>
+        <v>997</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>1000</v>
+        <v>998</v>
       </c>
       <c r="D287" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E287" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F287" t="s">
         <v>40</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1001</v>
+        <v>999</v>
       </c>
       <c r="H287" t="s">
-        <v>1002</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
+        <v>1001</v>
+      </c>
+      <c r="B288" t="s">
+        <v>9</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D288" t="s">
+        <v>690</v>
+      </c>
+      <c r="E288" t="s">
+        <v>691</v>
+      </c>
+      <c r="F288" t="s">
+        <v>40</v>
+      </c>
+      <c r="G288" s="1" t="s">
         <v>1003</v>
       </c>
-      <c r="B288" t="s">
-[...2 lines deleted...]
-      <c r="C288" t="s">
+      <c r="H288" t="s">
         <v>1004</v>
-      </c>
-[...13 lines deleted...]
-        <v>1006</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
+        <v>1005</v>
+      </c>
+      <c r="B289" t="s">
+        <v>9</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D289" t="s">
+        <v>690</v>
+      </c>
+      <c r="E289" t="s">
+        <v>691</v>
+      </c>
+      <c r="F289" t="s">
+        <v>40</v>
+      </c>
+      <c r="G289" s="1" t="s">
         <v>1007</v>
       </c>
-      <c r="B289" t="s">
-[...2 lines deleted...]
-      <c r="C289" t="s">
+      <c r="H289" t="s">
         <v>1008</v>
-      </c>
-[...13 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1011</v>
+        <v>1009</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>1012</v>
+        <v>1010</v>
       </c>
       <c r="D290" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E290" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F290" t="s">
         <v>62</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1013</v>
+        <v>1011</v>
       </c>
       <c r="H290" t="s">
-        <v>1014</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
+        <v>1013</v>
+      </c>
+      <c r="B291" t="s">
+        <v>9</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D291" t="s">
+        <v>690</v>
+      </c>
+      <c r="E291" t="s">
+        <v>691</v>
+      </c>
+      <c r="F291" t="s">
+        <v>62</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>1015</v>
       </c>
-      <c r="B291" t="s">
-[...2 lines deleted...]
-      <c r="C291" t="s">
+      <c r="H291" t="s">
         <v>1016</v>
-      </c>
-[...13 lines deleted...]
-        <v>1018</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D292" t="s">
+        <v>690</v>
+      </c>
+      <c r="E292" t="s">
+        <v>691</v>
+      </c>
+      <c r="F292" t="s">
+        <v>62</v>
+      </c>
+      <c r="G292" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="B292" t="s">
-[...2 lines deleted...]
-      <c r="C292" t="s">
+      <c r="H292" t="s">
         <v>1020</v>
-      </c>
-[...13 lines deleted...]
-        <v>1022</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>1021</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1022</v>
+      </c>
+      <c r="D293" t="s">
+        <v>690</v>
+      </c>
+      <c r="E293" t="s">
+        <v>691</v>
+      </c>
+      <c r="F293" t="s">
+        <v>554</v>
+      </c>
+      <c r="G293" s="1" t="s">
         <v>1023</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="H293" t="s">
         <v>1024</v>
-      </c>
-[...13 lines deleted...]
-        <v>1026</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>1025</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D294" t="s">
+        <v>690</v>
+      </c>
+      <c r="E294" t="s">
+        <v>691</v>
+      </c>
+      <c r="F294" t="s">
+        <v>554</v>
+      </c>
+      <c r="G294" s="1" t="s">
         <v>1027</v>
       </c>
-      <c r="B294" t="s">
-[...2 lines deleted...]
-      <c r="C294" t="s">
+      <c r="H294" t="s">
         <v>1028</v>
-      </c>
-[...13 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1030</v>
+      </c>
+      <c r="D295" t="s">
+        <v>690</v>
+      </c>
+      <c r="E295" t="s">
+        <v>691</v>
+      </c>
+      <c r="F295" t="s">
+        <v>141</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>1031</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="H295" t="s">
         <v>1032</v>
-      </c>
-[...13 lines deleted...]
-        <v>1034</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1035</v>
+        <v>1033</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>1036</v>
+        <v>1034</v>
       </c>
       <c r="D296" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E296" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F296" t="s">
         <v>35</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1037</v>
+        <v>1035</v>
       </c>
       <c r="H296" t="s">
-        <v>1038</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1039</v>
+        <v>1037</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>1040</v>
+        <v>1038</v>
       </c>
       <c r="D297" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E297" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F297" t="s">
         <v>35</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1041</v>
+        <v>1039</v>
       </c>
       <c r="H297" t="s">
-        <v>1042</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>1041</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D298" t="s">
+        <v>690</v>
+      </c>
+      <c r="E298" t="s">
+        <v>691</v>
+      </c>
+      <c r="F298" t="s">
+        <v>35</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>1043</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="H298" t="s">
         <v>1044</v>
-      </c>
-[...13 lines deleted...]
-        <v>1046</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>1045</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1046</v>
+      </c>
+      <c r="D299" t="s">
+        <v>690</v>
+      </c>
+      <c r="E299" t="s">
+        <v>691</v>
+      </c>
+      <c r="F299" t="s">
+        <v>35</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>1047</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="H299" t="s">
         <v>1048</v>
-      </c>
-[...13 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>1049</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1050</v>
+      </c>
+      <c r="D300" t="s">
+        <v>690</v>
+      </c>
+      <c r="E300" t="s">
+        <v>691</v>
+      </c>
+      <c r="F300" t="s">
+        <v>40</v>
+      </c>
+      <c r="G300" s="1" t="s">
         <v>1051</v>
       </c>
-      <c r="B300" t="s">
-[...2 lines deleted...]
-      <c r="C300" t="s">
+      <c r="H300" t="s">
         <v>1052</v>
-      </c>
-[...13 lines deleted...]
-        <v>1054</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1055</v>
+        <v>1053</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>1056</v>
+        <v>1054</v>
       </c>
       <c r="D301" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E301" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F301" t="s">
         <v>22</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1057</v>
+        <v>1055</v>
       </c>
       <c r="H301" t="s">
-        <v>1058</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D302" t="s">
+        <v>690</v>
+      </c>
+      <c r="E302" t="s">
+        <v>691</v>
+      </c>
+      <c r="F302" t="s">
+        <v>122</v>
+      </c>
+      <c r="G302" s="1" t="s">
         <v>1059</v>
       </c>
-      <c r="B302" t="s">
-[...2 lines deleted...]
-      <c r="C302" t="s">
+      <c r="H302" t="s">
         <v>1060</v>
-      </c>
-[...13 lines deleted...]
-        <v>1062</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>1061</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1062</v>
+      </c>
+      <c r="D303" t="s">
+        <v>690</v>
+      </c>
+      <c r="E303" t="s">
+        <v>691</v>
+      </c>
+      <c r="F303" t="s">
+        <v>22</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>1063</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="H303" t="s">
         <v>1064</v>
-      </c>
-[...13 lines deleted...]
-        <v>1066</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1067</v>
+        <v>1065</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>1068</v>
+        <v>1066</v>
       </c>
       <c r="D304" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E304" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F304" t="s">
         <v>22</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1069</v>
+        <v>1067</v>
       </c>
       <c r="H304" t="s">
-        <v>1070</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>1069</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D305" t="s">
+        <v>690</v>
+      </c>
+      <c r="E305" t="s">
+        <v>691</v>
+      </c>
+      <c r="F305" t="s">
+        <v>62</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>1071</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="H305" t="s">
         <v>1072</v>
-      </c>
-[...13 lines deleted...]
-        <v>1074</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>1073</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1074</v>
+      </c>
+      <c r="D306" t="s">
+        <v>690</v>
+      </c>
+      <c r="E306" t="s">
+        <v>691</v>
+      </c>
+      <c r="F306" t="s">
+        <v>22</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>1075</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="H306" t="s">
         <v>1076</v>
-      </c>
-[...13 lines deleted...]
-        <v>1078</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1079</v>
+        <v>1077</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>1080</v>
+        <v>1078</v>
       </c>
       <c r="D307" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E307" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F307" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1081</v>
+        <v>1079</v>
       </c>
       <c r="H307" t="s">
-        <v>1082</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
+        <v>1081</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1082</v>
+      </c>
+      <c r="D308" t="s">
+        <v>690</v>
+      </c>
+      <c r="E308" t="s">
+        <v>691</v>
+      </c>
+      <c r="F308" t="s">
+        <v>13</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>1083</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="H308" t="s">
         <v>1084</v>
-      </c>
-[...13 lines deleted...]
-        <v>1086</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1087</v>
+        <v>1085</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>1088</v>
+        <v>1086</v>
       </c>
       <c r="D309" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E309" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F309" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1089</v>
+        <v>1087</v>
       </c>
       <c r="H309" t="s">
-        <v>1090</v>
+        <v>1088</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1091</v>
+        <v>1089</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>1092</v>
+        <v>1090</v>
       </c>
       <c r="D310" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E310" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F310" t="s">
         <v>22</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1093</v>
+        <v>1091</v>
       </c>
       <c r="H310" t="s">
-        <v>1094</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>1096</v>
+        <v>1094</v>
       </c>
       <c r="D311" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E311" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F311" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1097</v>
+        <v>1095</v>
       </c>
       <c r="H311" t="s">
-        <v>1098</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1097</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D312" t="s">
+        <v>690</v>
+      </c>
+      <c r="E312" t="s">
+        <v>691</v>
+      </c>
+      <c r="F312" t="s">
+        <v>22</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1099</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="H312" t="s">
         <v>1100</v>
-      </c>
-[...13 lines deleted...]
-        <v>1102</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D313" t="s">
+        <v>690</v>
+      </c>
+      <c r="E313" t="s">
+        <v>691</v>
+      </c>
+      <c r="F313" t="s">
+        <v>13</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>1103</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="H313" t="s">
         <v>1104</v>
-      </c>
-[...13 lines deleted...]
-        <v>1106</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1107</v>
+        <v>1105</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>1108</v>
+        <v>1106</v>
       </c>
       <c r="D314" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E314" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F314" t="s">
         <v>151</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="H314" t="s">
-        <v>1110</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1111</v>
+        <v>1109</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>1112</v>
+        <v>1110</v>
       </c>
       <c r="D315" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E315" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F315" t="s">
         <v>151</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1113</v>
+        <v>1111</v>
       </c>
       <c r="H315" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>1116</v>
+        <v>1114</v>
       </c>
       <c r="D316" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E316" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F316" t="s">
         <v>151</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1117</v>
+        <v>1115</v>
       </c>
       <c r="H316" t="s">
-        <v>1118</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="D317" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E317" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F317" t="s">
         <v>151</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="H317" t="s">
-        <v>1122</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1123</v>
+        <v>1121</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="D318" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E318" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F318" t="s">
         <v>151</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1125</v>
+        <v>1123</v>
       </c>
       <c r="H318" t="s">
-        <v>1126</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1127</v>
+        <v>1125</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>1128</v>
+        <v>1126</v>
       </c>
       <c r="D319" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E319" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F319" t="s">
         <v>151</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="H319" t="s">
-        <v>1130</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>1132</v>
+        <v>1130</v>
       </c>
       <c r="D320" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E320" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F320" t="s">
         <v>151</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1133</v>
+        <v>1131</v>
       </c>
       <c r="H320" t="s">
-        <v>1134</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1133</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D321" t="s">
+        <v>690</v>
+      </c>
+      <c r="E321" t="s">
+        <v>691</v>
+      </c>
+      <c r="F321" t="s">
+        <v>151</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1135</v>
       </c>
-      <c r="B321" t="s">
-[...2 lines deleted...]
-      <c r="C321" t="s">
+      <c r="H321" t="s">
         <v>1136</v>
-      </c>
-[...13 lines deleted...]
-        <v>1138</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>1140</v>
+        <v>1138</v>
       </c>
       <c r="D322" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E322" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F322" t="s">
         <v>151</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1141</v>
+        <v>1139</v>
       </c>
       <c r="H322" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D323" t="s">
+        <v>690</v>
+      </c>
+      <c r="E323" t="s">
+        <v>691</v>
+      </c>
+      <c r="F323" t="s">
+        <v>13</v>
+      </c>
+      <c r="G323" s="1" t="s">
         <v>1143</v>
       </c>
-      <c r="B323" t="s">
-[...2 lines deleted...]
-      <c r="C323" t="s">
+      <c r="H323" t="s">
         <v>1144</v>
-      </c>
-[...13 lines deleted...]
-        <v>1146</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1145</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D324" t="s">
+        <v>690</v>
+      </c>
+      <c r="E324" t="s">
+        <v>691</v>
+      </c>
+      <c r="F324" t="s">
+        <v>151</v>
+      </c>
+      <c r="G324" s="1" t="s">
         <v>1147</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="H324" t="s">
         <v>1148</v>
-      </c>
-[...13 lines deleted...]
-        <v>1150</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="D325" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E325" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F325" t="s">
         <v>22</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="H325" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="D326" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E326" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F326" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="H326" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1157</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D327" t="s">
+        <v>690</v>
+      </c>
+      <c r="E327" t="s">
+        <v>691</v>
+      </c>
+      <c r="F327" t="s">
+        <v>22</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>1159</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="H327" t="s">
         <v>1160</v>
-      </c>
-[...13 lines deleted...]
-        <v>1162</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="D328" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E328" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F328" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="H328" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1165</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D329" t="s">
+        <v>690</v>
+      </c>
+      <c r="E329" t="s">
+        <v>691</v>
+      </c>
+      <c r="F329" t="s">
+        <v>53</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>1167</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="H329" t="s">
         <v>1168</v>
-      </c>
-[...13 lines deleted...]
-        <v>1170</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1169</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D330" t="s">
+        <v>690</v>
+      </c>
+      <c r="E330" t="s">
+        <v>691</v>
+      </c>
+      <c r="F330" t="s">
+        <v>13</v>
+      </c>
+      <c r="G330" s="1" t="s">
         <v>1171</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="H330" t="s">
         <v>1172</v>
-      </c>
-[...13 lines deleted...]
-        <v>1174</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>1173</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D331" t="s">
+        <v>690</v>
+      </c>
+      <c r="E331" t="s">
+        <v>691</v>
+      </c>
+      <c r="F331" t="s">
+        <v>22</v>
+      </c>
+      <c r="G331" s="1" t="s">
         <v>1175</v>
       </c>
-      <c r="B331" t="s">
-[...2 lines deleted...]
-      <c r="C331" t="s">
+      <c r="H331" t="s">
         <v>1176</v>
-      </c>
-[...13 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1179</v>
+        <v>1177</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>1180</v>
+        <v>1178</v>
       </c>
       <c r="D332" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E332" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F332" t="s">
         <v>22</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1181</v>
+        <v>1179</v>
       </c>
       <c r="H332" t="s">
-        <v>1182</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1181</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D333" t="s">
+        <v>690</v>
+      </c>
+      <c r="E333" t="s">
+        <v>691</v>
+      </c>
+      <c r="F333" t="s">
+        <v>53</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="H333" t="s">
         <v>1184</v>
-      </c>
-[...13 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1186</v>
+      </c>
+      <c r="D334" t="s">
+        <v>690</v>
+      </c>
+      <c r="E334" t="s">
+        <v>691</v>
+      </c>
+      <c r="F334" t="s">
+        <v>22</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1187</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="H334" t="s">
         <v>1188</v>
-      </c>
-[...13 lines deleted...]
-        <v>1190</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>1191</v>
+        <v>1189</v>
       </c>
       <c r="B335" t="s">
         <v>9</v>
       </c>
       <c r="C335" t="s">
-        <v>1192</v>
+        <v>1190</v>
       </c>
       <c r="D335" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E335" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F335" t="s">
         <v>22</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1193</v>
+        <v>1191</v>
       </c>
       <c r="H335" t="s">
-        <v>1194</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1193</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D336" t="s">
+        <v>690</v>
+      </c>
+      <c r="E336" t="s">
+        <v>691</v>
+      </c>
+      <c r="F336" t="s">
+        <v>40</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1195</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="H336" t="s">
         <v>1196</v>
-      </c>
-[...13 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1197</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1198</v>
+      </c>
+      <c r="D337" t="s">
+        <v>690</v>
+      </c>
+      <c r="E337" t="s">
+        <v>691</v>
+      </c>
+      <c r="F337" t="s">
+        <v>22</v>
+      </c>
+      <c r="G337" s="1" t="s">
         <v>1199</v>
       </c>
-      <c r="B337" t="s">
-[...2 lines deleted...]
-      <c r="C337" t="s">
+      <c r="H337" t="s">
         <v>1200</v>
-      </c>
-[...13 lines deleted...]
-        <v>1202</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1203</v>
+        <v>1201</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>1204</v>
+        <v>1202</v>
       </c>
       <c r="D338" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E338" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F338" t="s">
         <v>22</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="H338" t="s">
-        <v>1206</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1207</v>
+        <v>1205</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="D339" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E339" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F339" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1209</v>
+        <v>1207</v>
       </c>
       <c r="H339" t="s">
-        <v>1210</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1211</v>
+        <v>1209</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>1212</v>
+        <v>1210</v>
       </c>
       <c r="D340" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E340" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F340" t="s">
         <v>22</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1213</v>
+        <v>1211</v>
       </c>
       <c r="H340" t="s">
-        <v>1214</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1215</v>
+        <v>1213</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>1216</v>
+        <v>1214</v>
       </c>
       <c r="D341" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E341" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F341" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1217</v>
+        <v>1215</v>
       </c>
       <c r="H341" t="s">
-        <v>1218</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1219</v>
+        <v>1217</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>1220</v>
+        <v>1218</v>
       </c>
       <c r="D342" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E342" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F342" t="s">
         <v>22</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1221</v>
+        <v>1219</v>
       </c>
       <c r="H342" t="s">
-        <v>1222</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1222</v>
+      </c>
+      <c r="D343" t="s">
+        <v>690</v>
+      </c>
+      <c r="E343" t="s">
+        <v>691</v>
+      </c>
+      <c r="F343" t="s">
+        <v>13</v>
+      </c>
+      <c r="G343" s="1" t="s">
         <v>1223</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="H343" t="s">
         <v>1224</v>
-      </c>
-[...13 lines deleted...]
-        <v>1226</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1227</v>
+        <v>1225</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>1228</v>
+        <v>1226</v>
       </c>
       <c r="D344" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E344" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F344" t="s">
         <v>22</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1229</v>
+        <v>1227</v>
       </c>
       <c r="H344" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1231</v>
+        <v>1229</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>1232</v>
+        <v>1230</v>
       </c>
       <c r="D345" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E345" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F345" t="s">
         <v>22</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>1233</v>
+        <v>1231</v>
       </c>
       <c r="H345" t="s">
-        <v>1234</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1235</v>
+        <v>1233</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>1236</v>
+        <v>1234</v>
       </c>
       <c r="D346" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E346" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F346" t="s">
         <v>22</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>1237</v>
+        <v>1235</v>
       </c>
       <c r="H346" t="s">
-        <v>1238</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1239</v>
+        <v>1237</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="D347" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E347" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F347" t="s">
         <v>22</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1241</v>
+        <v>1239</v>
       </c>
       <c r="H347" t="s">
-        <v>1242</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
-        <v>1243</v>
+        <v>1241</v>
       </c>
       <c r="B348" t="s">
         <v>9</v>
       </c>
       <c r="C348" t="s">
-        <v>1244</v>
+        <v>1242</v>
       </c>
       <c r="D348" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E348" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F348" t="s">
         <v>22</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1245</v>
+        <v>1243</v>
       </c>
       <c r="H348" t="s">
-        <v>1246</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1247</v>
+        <v>1245</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>1248</v>
+        <v>1246</v>
       </c>
       <c r="D349" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E349" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F349" t="s">
         <v>22</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1249</v>
+        <v>1247</v>
       </c>
       <c r="H349" t="s">
-        <v>1250</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1250</v>
+      </c>
+      <c r="D350" t="s">
+        <v>690</v>
+      </c>
+      <c r="E350" t="s">
+        <v>691</v>
+      </c>
+      <c r="F350" t="s">
+        <v>22</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1251</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="H350" t="s">
         <v>1252</v>
-      </c>
-[...13 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1253</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D351" t="s">
+        <v>690</v>
+      </c>
+      <c r="E351" t="s">
+        <v>691</v>
+      </c>
+      <c r="F351" t="s">
+        <v>22</v>
+      </c>
+      <c r="G351" s="1" t="s">
         <v>1255</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="H351" t="s">
         <v>1256</v>
-      </c>
-[...13 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1259</v>
+        <v>1257</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>1260</v>
+        <v>1258</v>
       </c>
       <c r="D352" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E352" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F352" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1261</v>
+        <v>1259</v>
       </c>
       <c r="H352" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D353" t="s">
+        <v>690</v>
+      </c>
+      <c r="E353" t="s">
+        <v>691</v>
+      </c>
+      <c r="F353" t="s">
+        <v>13</v>
+      </c>
+      <c r="G353" s="1" t="s">
         <v>1263</v>
       </c>
-      <c r="B353" t="s">
-[...2 lines deleted...]
-      <c r="C353" t="s">
+      <c r="H353" t="s">
         <v>1264</v>
-      </c>
-[...13 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
+        <v>1265</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D354" t="s">
+        <v>690</v>
+      </c>
+      <c r="E354" t="s">
+        <v>691</v>
+      </c>
+      <c r="F354" t="s">
+        <v>13</v>
+      </c>
+      <c r="G354" s="1" t="s">
         <v>1267</v>
       </c>
-      <c r="B354" t="s">
-[...2 lines deleted...]
-      <c r="C354" t="s">
+      <c r="H354" t="s">
         <v>1268</v>
-      </c>
-[...13 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
+        <v>1269</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D355" t="s">
+        <v>690</v>
+      </c>
+      <c r="E355" t="s">
+        <v>691</v>
+      </c>
+      <c r="F355" t="s">
+        <v>167</v>
+      </c>
+      <c r="G355" s="1" t="s">
         <v>1271</v>
       </c>
-      <c r="B355" t="s">
-[...2 lines deleted...]
-      <c r="C355" t="s">
+      <c r="H355" t="s">
         <v>1272</v>
-      </c>
-[...13 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1274</v>
+      </c>
+      <c r="D356" t="s">
+        <v>690</v>
+      </c>
+      <c r="E356" t="s">
+        <v>691</v>
+      </c>
+      <c r="F356" t="s">
+        <v>554</v>
+      </c>
+      <c r="G356" s="1" t="s">
         <v>1275</v>
       </c>
-      <c r="B356" t="s">
-[...2 lines deleted...]
-      <c r="C356" t="s">
+      <c r="H356" t="s">
         <v>1276</v>
-      </c>
-[...13 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
+        <v>1277</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1278</v>
+      </c>
+      <c r="D357" t="s">
+        <v>690</v>
+      </c>
+      <c r="E357" t="s">
+        <v>691</v>
+      </c>
+      <c r="F357" t="s">
+        <v>22</v>
+      </c>
+      <c r="G357" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="B357" t="s">
-[...2 lines deleted...]
-      <c r="C357" t="s">
+      <c r="H357" t="s">
         <v>1280</v>
-      </c>
-[...13 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1281</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1282</v>
+      </c>
+      <c r="D358" t="s">
+        <v>690</v>
+      </c>
+      <c r="E358" t="s">
+        <v>691</v>
+      </c>
+      <c r="F358" t="s">
+        <v>141</v>
+      </c>
+      <c r="G358" s="1" t="s">
         <v>1283</v>
       </c>
-      <c r="B358" t="s">
-[...2 lines deleted...]
-      <c r="C358" t="s">
+      <c r="H358" t="s">
         <v>1284</v>
-      </c>
-[...13 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1285</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D359" t="s">
+        <v>690</v>
+      </c>
+      <c r="E359" t="s">
+        <v>691</v>
+      </c>
+      <c r="F359" t="s">
+        <v>554</v>
+      </c>
+      <c r="G359" s="1" t="s">
         <v>1287</v>
       </c>
-      <c r="B359" t="s">
-[...2 lines deleted...]
-      <c r="C359" t="s">
+      <c r="H359" t="s">
         <v>1288</v>
-      </c>
-[...13 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1289</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1290</v>
+      </c>
+      <c r="D360" t="s">
+        <v>690</v>
+      </c>
+      <c r="E360" t="s">
+        <v>691</v>
+      </c>
+      <c r="F360" t="s">
+        <v>167</v>
+      </c>
+      <c r="G360" s="1" t="s">
         <v>1291</v>
       </c>
-      <c r="B360" t="s">
-[...2 lines deleted...]
-      <c r="C360" t="s">
+      <c r="H360" t="s">
         <v>1292</v>
-      </c>
-[...13 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D361" t="s">
+        <v>690</v>
+      </c>
+      <c r="E361" t="s">
+        <v>691</v>
+      </c>
+      <c r="F361" t="s">
+        <v>167</v>
+      </c>
+      <c r="G361" s="1" t="s">
         <v>1295</v>
       </c>
-      <c r="B361" t="s">
-[...2 lines deleted...]
-      <c r="C361" t="s">
+      <c r="H361" t="s">
         <v>1296</v>
-      </c>
-[...13 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1298</v>
+      </c>
+      <c r="D362" t="s">
+        <v>690</v>
+      </c>
+      <c r="E362" t="s">
+        <v>691</v>
+      </c>
+      <c r="F362" t="s">
+        <v>22</v>
+      </c>
+      <c r="G362" s="1" t="s">
         <v>1299</v>
       </c>
-      <c r="B362" t="s">
-[...2 lines deleted...]
-      <c r="C362" t="s">
+      <c r="H362" t="s">
         <v>1300</v>
-      </c>
-[...13 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1303</v>
+        <v>1301</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>1304</v>
+        <v>1302</v>
       </c>
       <c r="D363" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E363" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F363" t="s">
         <v>53</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1305</v>
+        <v>1303</v>
       </c>
       <c r="H363" t="s">
-        <v>1306</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D364" t="s">
+        <v>690</v>
+      </c>
+      <c r="E364" t="s">
+        <v>691</v>
+      </c>
+      <c r="F364" t="s">
+        <v>53</v>
+      </c>
+      <c r="G364" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="H364" t="s">
         <v>1308</v>
-      </c>
-[...13 lines deleted...]
-        <v>1310</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1311</v>
+        <v>1309</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>1312</v>
+        <v>1310</v>
       </c>
       <c r="D365" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E365" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F365" t="s">
         <v>53</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1313</v>
+        <v>1311</v>
       </c>
       <c r="H365" t="s">
-        <v>1314</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1314</v>
+      </c>
+      <c r="D366" t="s">
+        <v>690</v>
+      </c>
+      <c r="E366" t="s">
+        <v>691</v>
+      </c>
+      <c r="F366" t="s">
+        <v>35</v>
+      </c>
+      <c r="G366" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="B366" t="s">
-[...2 lines deleted...]
-      <c r="C366" t="s">
+      <c r="H366" t="s">
         <v>1316</v>
-      </c>
-[...13 lines deleted...]
-        <v>1318</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D367" t="s">
+        <v>690</v>
+      </c>
+      <c r="E367" t="s">
+        <v>691</v>
+      </c>
+      <c r="F367" t="s">
+        <v>53</v>
+      </c>
+      <c r="G367" s="1" t="s">
         <v>1319</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="H367" t="s">
         <v>1320</v>
-      </c>
-[...13 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
+        <v>1321</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1322</v>
+      </c>
+      <c r="D368" t="s">
+        <v>690</v>
+      </c>
+      <c r="E368" t="s">
+        <v>691</v>
+      </c>
+      <c r="F368" t="s">
+        <v>53</v>
+      </c>
+      <c r="G368" s="1" t="s">
         <v>1323</v>
       </c>
-      <c r="B368" t="s">
-[...2 lines deleted...]
-      <c r="C368" t="s">
+      <c r="H368" t="s">
         <v>1324</v>
-      </c>
-[...13 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1327</v>
+        <v>1325</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>1328</v>
+        <v>1326</v>
       </c>
       <c r="D369" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E369" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F369" t="s">
         <v>35</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1329</v>
+        <v>1327</v>
       </c>
       <c r="H369" t="s">
-        <v>1330</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1331</v>
+        <v>1329</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>1332</v>
+        <v>1330</v>
       </c>
       <c r="D370" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E370" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F370" t="s">
         <v>35</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1333</v>
+        <v>1331</v>
       </c>
       <c r="H370" t="s">
-        <v>1334</v>
+        <v>1332</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1335</v>
+        <v>1333</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>1336</v>
+        <v>1334</v>
       </c>
       <c r="D371" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E371" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F371" t="s">
         <v>35</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1337</v>
+        <v>1335</v>
       </c>
       <c r="H371" t="s">
-        <v>1338</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1339</v>
+        <v>1337</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>1340</v>
+        <v>1338</v>
       </c>
       <c r="D372" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E372" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F372" t="s">
         <v>35</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1341</v>
+        <v>1339</v>
       </c>
       <c r="H372" t="s">
-        <v>1342</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>1342</v>
+      </c>
+      <c r="D373" t="s">
+        <v>690</v>
+      </c>
+      <c r="E373" t="s">
+        <v>691</v>
+      </c>
+      <c r="F373" t="s">
+        <v>35</v>
+      </c>
+      <c r="G373" s="1" t="s">
         <v>1343</v>
       </c>
-      <c r="B373" t="s">
-[...2 lines deleted...]
-      <c r="C373" t="s">
+      <c r="H373" t="s">
         <v>1344</v>
-      </c>
-[...13 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>1346</v>
+      </c>
+      <c r="D374" t="s">
+        <v>690</v>
+      </c>
+      <c r="E374" t="s">
+        <v>691</v>
+      </c>
+      <c r="F374" t="s">
+        <v>35</v>
+      </c>
+      <c r="G374" s="1" t="s">
         <v>1347</v>
       </c>
-      <c r="B374" t="s">
-[...2 lines deleted...]
-      <c r="C374" t="s">
+      <c r="H374" t="s">
         <v>1348</v>
-      </c>
-[...13 lines deleted...]
-        <v>1350</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1351</v>
+        <v>1349</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>1352</v>
+        <v>1350</v>
       </c>
       <c r="D375" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E375" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F375" t="s">
         <v>13</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="H375" t="s">
-        <v>1354</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D376" t="s">
+        <v>690</v>
+      </c>
+      <c r="E376" t="s">
+        <v>691</v>
+      </c>
+      <c r="F376" t="s">
+        <v>40</v>
+      </c>
+      <c r="G376" s="1" t="s">
         <v>1355</v>
       </c>
-      <c r="B376" t="s">
-[...2 lines deleted...]
-      <c r="C376" t="s">
+      <c r="H376" t="s">
         <v>1356</v>
-      </c>
-[...13 lines deleted...]
-        <v>1358</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>1358</v>
+      </c>
+      <c r="D377" t="s">
+        <v>690</v>
+      </c>
+      <c r="E377" t="s">
+        <v>691</v>
+      </c>
+      <c r="F377" t="s">
+        <v>13</v>
+      </c>
+      <c r="G377" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="B377" t="s">
-[...2 lines deleted...]
-      <c r="C377" t="s">
+      <c r="H377" t="s">
         <v>1360</v>
-      </c>
-[...13 lines deleted...]
-        <v>1362</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D378" t="s">
+        <v>690</v>
+      </c>
+      <c r="E378" t="s">
+        <v>691</v>
+      </c>
+      <c r="F378" t="s">
+        <v>13</v>
+      </c>
+      <c r="G378" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="B378" t="s">
-[...2 lines deleted...]
-      <c r="C378" t="s">
+      <c r="H378" t="s">
         <v>1364</v>
-      </c>
-[...13 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1367</v>
+        <v>1365</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>1368</v>
+        <v>1366</v>
       </c>
       <c r="D379" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E379" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F379" t="s">
         <v>22</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1369</v>
+        <v>1367</v>
       </c>
       <c r="H379" t="s">
-        <v>1370</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1371</v>
+        <v>1369</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>1372</v>
+        <v>1370</v>
       </c>
       <c r="D380" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E380" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F380" t="s">
         <v>22</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1373</v>
+        <v>1371</v>
       </c>
       <c r="H380" t="s">
-        <v>1374</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>1374</v>
+      </c>
+      <c r="D381" t="s">
+        <v>690</v>
+      </c>
+      <c r="E381" t="s">
+        <v>691</v>
+      </c>
+      <c r="F381" t="s">
+        <v>22</v>
+      </c>
+      <c r="G381" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="B381" t="s">
-[...2 lines deleted...]
-      <c r="C381" t="s">
+      <c r="H381" t="s">
         <v>1376</v>
-      </c>
-[...13 lines deleted...]
-        <v>1378</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1379</v>
+        <v>1377</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>1380</v>
+        <v>1378</v>
       </c>
       <c r="D382" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E382" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F382" t="s">
         <v>22</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1381</v>
+        <v>1379</v>
       </c>
       <c r="H382" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D383" t="s">
+        <v>690</v>
+      </c>
+      <c r="E383" t="s">
+        <v>691</v>
+      </c>
+      <c r="F383" t="s">
+        <v>40</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="H383" t="s">
         <v>1384</v>
-      </c>
-[...13 lines deleted...]
-        <v>1386</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1387</v>
+        <v>1385</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>1388</v>
+        <v>1386</v>
       </c>
       <c r="D384" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E384" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F384" t="s">
         <v>22</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>1389</v>
+        <v>1387</v>
       </c>
       <c r="H384" t="s">
-        <v>1390</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>1390</v>
+      </c>
+      <c r="D385" t="s">
+        <v>690</v>
+      </c>
+      <c r="E385" t="s">
+        <v>691</v>
+      </c>
+      <c r="F385" t="s">
+        <v>13</v>
+      </c>
+      <c r="G385" s="1" t="s">
         <v>1391</v>
       </c>
-      <c r="B385" t="s">
-[...2 lines deleted...]
-      <c r="C385" t="s">
+      <c r="H385" t="s">
         <v>1392</v>
-      </c>
-[...13 lines deleted...]
-        <v>1394</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1395</v>
+        <v>1393</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>1396</v>
+        <v>1394</v>
       </c>
       <c r="D386" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E386" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F386" t="s">
         <v>22</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1397</v>
+        <v>1395</v>
       </c>
       <c r="H386" t="s">
-        <v>1398</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1399</v>
+        <v>1397</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
-        <v>1400</v>
+        <v>1398</v>
       </c>
       <c r="D387" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E387" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F387" t="s">
         <v>62</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>1401</v>
+        <v>1399</v>
       </c>
       <c r="H387" t="s">
-        <v>1402</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D388" t="s">
+        <v>690</v>
+      </c>
+      <c r="E388" t="s">
+        <v>691</v>
+      </c>
+      <c r="F388" t="s">
+        <v>22</v>
+      </c>
+      <c r="G388" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="H388" t="s">
         <v>1404</v>
-      </c>
-[...13 lines deleted...]
-        <v>1406</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D389" t="s">
+        <v>690</v>
+      </c>
+      <c r="E389" t="s">
+        <v>691</v>
+      </c>
+      <c r="F389" t="s">
+        <v>62</v>
+      </c>
+      <c r="G389" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="B389" t="s">
-[...2 lines deleted...]
-      <c r="C389" t="s">
+      <c r="H389" t="s">
         <v>1408</v>
-      </c>
-[...13 lines deleted...]
-        <v>1410</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D390" t="s">
+        <v>690</v>
+      </c>
+      <c r="E390" t="s">
+        <v>691</v>
+      </c>
+      <c r="F390" t="s">
+        <v>62</v>
+      </c>
+      <c r="G390" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="B390" t="s">
-[...2 lines deleted...]
-      <c r="C390" t="s">
+      <c r="H390" t="s">
         <v>1412</v>
-      </c>
-[...13 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
-        <v>1415</v>
+        <v>1413</v>
       </c>
       <c r="B391" t="s">
         <v>9</v>
       </c>
       <c r="C391" t="s">
-        <v>1416</v>
+        <v>1414</v>
       </c>
       <c r="D391" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E391" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F391" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="1" t="s">
-        <v>1417</v>
+        <v>1415</v>
       </c>
       <c r="H391" t="s">
-        <v>1418</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
-        <v>1419</v>
+        <v>1417</v>
       </c>
       <c r="B392" t="s">
         <v>9</v>
       </c>
       <c r="C392" t="s">
-        <v>1420</v>
+        <v>1418</v>
       </c>
       <c r="D392" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E392" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F392" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>1421</v>
+        <v>1419</v>
       </c>
       <c r="H392" t="s">
-        <v>1422</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1421</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D393" t="s">
+        <v>690</v>
+      </c>
+      <c r="E393" t="s">
+        <v>691</v>
+      </c>
+      <c r="F393" t="s">
+        <v>13</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1423</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="H393" t="s">
         <v>1424</v>
-      </c>
-[...13 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1425</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>1426</v>
+      </c>
+      <c r="D394" t="s">
+        <v>690</v>
+      </c>
+      <c r="E394" t="s">
+        <v>691</v>
+      </c>
+      <c r="F394" t="s">
+        <v>13</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1427</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="H394" t="s">
         <v>1428</v>
-      </c>
-[...13 lines deleted...]
-        <v>1430</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D395" t="s">
+        <v>690</v>
+      </c>
+      <c r="E395" t="s">
+        <v>691</v>
+      </c>
+      <c r="F395" t="s">
+        <v>40</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1431</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="H395" t="s">
         <v>1432</v>
-      </c>
-[...13 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1433</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D396" t="s">
+        <v>690</v>
+      </c>
+      <c r="E396" t="s">
+        <v>691</v>
+      </c>
+      <c r="F396" t="s">
+        <v>40</v>
+      </c>
+      <c r="G396" s="1" t="s">
         <v>1435</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="H396" t="s">
         <v>1436</v>
-      </c>
-[...13 lines deleted...]
-        <v>1438</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1437</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D397" t="s">
+        <v>690</v>
+      </c>
+      <c r="E397" t="s">
+        <v>691</v>
+      </c>
+      <c r="F397" t="s">
+        <v>554</v>
+      </c>
+      <c r="G397" s="1" t="s">
         <v>1439</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="H397" t="s">
         <v>1440</v>
-      </c>
-[...13 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
-        <v>1444</v>
+        <v>1442</v>
       </c>
       <c r="D398" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E398" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F398" t="s">
         <v>62</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>1445</v>
+        <v>1443</v>
       </c>
       <c r="H398" t="s">
-        <v>1446</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>1446</v>
+      </c>
+      <c r="D399" t="s">
+        <v>690</v>
+      </c>
+      <c r="E399" t="s">
+        <v>691</v>
+      </c>
+      <c r="F399" t="s">
+        <v>40</v>
+      </c>
+      <c r="G399" s="1" t="s">
         <v>1447</v>
       </c>
-      <c r="B399" t="s">
-[...2 lines deleted...]
-      <c r="C399" t="s">
+      <c r="H399" t="s">
         <v>1448</v>
-      </c>
-[...13 lines deleted...]
-        <v>1450</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D400" t="s">
+        <v>690</v>
+      </c>
+      <c r="E400" t="s">
+        <v>691</v>
+      </c>
+      <c r="F400" t="s">
+        <v>62</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="B400" t="s">
-[...2 lines deleted...]
-      <c r="C400" t="s">
+      <c r="H400" t="s">
         <v>1452</v>
-      </c>
-[...13 lines deleted...]
-        <v>1454</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D401" t="s">
+        <v>690</v>
+      </c>
+      <c r="E401" t="s">
+        <v>691</v>
+      </c>
+      <c r="F401" t="s">
+        <v>141</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="B401" t="s">
-[...2 lines deleted...]
-      <c r="C401" t="s">
+      <c r="H401" t="s">
         <v>1456</v>
-      </c>
-[...13 lines deleted...]
-        <v>1458</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1458</v>
+      </c>
+      <c r="D402" t="s">
+        <v>690</v>
+      </c>
+      <c r="E402" t="s">
+        <v>691</v>
+      </c>
+      <c r="F402" t="s">
+        <v>141</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="H402" t="s">
         <v>1460</v>
-      </c>
-[...13 lines deleted...]
-        <v>1462</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>1463</v>
+        <v>1461</v>
       </c>
       <c r="B403" t="s">
         <v>9</v>
       </c>
       <c r="C403" t="s">
-        <v>1464</v>
+        <v>1462</v>
       </c>
       <c r="D403" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E403" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F403" t="s">
         <v>22</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>1465</v>
+        <v>1463</v>
       </c>
       <c r="H403" t="s">
-        <v>1466</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
-        <v>1467</v>
+        <v>1465</v>
       </c>
       <c r="B404" t="s">
         <v>9</v>
       </c>
       <c r="C404" t="s">
-        <v>1468</v>
+        <v>1466</v>
       </c>
       <c r="D404" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E404" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F404" t="s">
         <v>22</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>1469</v>
+        <v>1467</v>
       </c>
       <c r="H404" t="s">
-        <v>1470</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="B405" t="s">
         <v>9</v>
       </c>
       <c r="C405" t="s">
-        <v>1472</v>
+        <v>1470</v>
       </c>
       <c r="D405" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E405" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F405" t="s">
         <v>22</v>
       </c>
       <c r="G405" s="1" t="s">
-        <v>1473</v>
+        <v>1471</v>
       </c>
       <c r="H405" t="s">
-        <v>1474</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>1475</v>
+        <v>1473</v>
       </c>
       <c r="B406" t="s">
         <v>9</v>
       </c>
       <c r="C406" t="s">
-        <v>1476</v>
+        <v>1474</v>
       </c>
       <c r="D406" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E406" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F406" t="s">
         <v>22</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>1477</v>
+        <v>1475</v>
       </c>
       <c r="H406" t="s">
-        <v>1478</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
-        <v>1479</v>
+        <v>1477</v>
       </c>
       <c r="B407" t="s">
         <v>9</v>
       </c>
       <c r="C407" t="s">
-        <v>1480</v>
+        <v>1478</v>
       </c>
       <c r="D407" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E407" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F407" t="s">
         <v>22</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>1481</v>
+        <v>1479</v>
       </c>
       <c r="H407" t="s">
-        <v>1482</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
-        <v>1483</v>
+        <v>1481</v>
       </c>
       <c r="B408" t="s">
         <v>9</v>
       </c>
       <c r="C408" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="D408" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E408" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F408" t="s">
         <v>22</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>1485</v>
+        <v>1483</v>
       </c>
       <c r="H408" t="s">
-        <v>1486</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>1486</v>
+      </c>
+      <c r="D409" t="s">
+        <v>690</v>
+      </c>
+      <c r="E409" t="s">
+        <v>691</v>
+      </c>
+      <c r="F409" t="s">
+        <v>22</v>
+      </c>
+      <c r="G409" s="1" t="s">
         <v>1487</v>
       </c>
-      <c r="B409" t="s">
-[...2 lines deleted...]
-      <c r="C409" t="s">
+      <c r="H409" t="s">
         <v>1488</v>
-      </c>
-[...13 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D410" t="s">
+        <v>690</v>
+      </c>
+      <c r="E410" t="s">
+        <v>691</v>
+      </c>
+      <c r="F410" t="s">
+        <v>22</v>
+      </c>
+      <c r="G410" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="B410" t="s">
-[...2 lines deleted...]
-      <c r="C410" t="s">
+      <c r="H410" t="s">
         <v>1492</v>
-      </c>
-[...13 lines deleted...]
-        <v>1494</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>1495</v>
+        <v>1493</v>
       </c>
       <c r="B411" t="s">
         <v>9</v>
       </c>
       <c r="C411" t="s">
-        <v>1496</v>
+        <v>1494</v>
       </c>
       <c r="D411" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E411" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F411" t="s">
         <v>53</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>1497</v>
+        <v>1495</v>
       </c>
       <c r="H411" t="s">
-        <v>1498</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>1499</v>
+        <v>1497</v>
       </c>
       <c r="B412" t="s">
         <v>9</v>
       </c>
       <c r="C412" t="s">
-        <v>1500</v>
+        <v>1498</v>
       </c>
       <c r="D412" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E412" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F412" t="s">
         <v>53</v>
       </c>
       <c r="G412" s="1" t="s">
-        <v>1501</v>
+        <v>1499</v>
       </c>
       <c r="H412" t="s">
-        <v>1502</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D413" t="s">
+        <v>690</v>
+      </c>
+      <c r="E413" t="s">
+        <v>691</v>
+      </c>
+      <c r="F413" t="s">
+        <v>53</v>
+      </c>
+      <c r="G413" s="1" t="s">
         <v>1503</v>
       </c>
-      <c r="B413" t="s">
-[...2 lines deleted...]
-      <c r="C413" t="s">
+      <c r="H413" t="s">
         <v>1504</v>
-      </c>
-[...13 lines deleted...]
-        <v>1506</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
+        <v>1506</v>
+      </c>
+      <c r="D414" t="s">
+        <v>690</v>
+      </c>
+      <c r="E414" t="s">
+        <v>691</v>
+      </c>
+      <c r="F414" t="s">
+        <v>53</v>
+      </c>
+      <c r="G414" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="B414" t="s">
-[...2 lines deleted...]
-      <c r="C414" t="s">
+      <c r="H414" t="s">
         <v>1508</v>
-      </c>
-[...13 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
+        <v>1510</v>
+      </c>
+      <c r="D415" t="s">
+        <v>690</v>
+      </c>
+      <c r="E415" t="s">
+        <v>691</v>
+      </c>
+      <c r="F415" t="s">
+        <v>22</v>
+      </c>
+      <c r="G415" s="1" t="s">
         <v>1511</v>
       </c>
-      <c r="B415" t="s">
-[...2 lines deleted...]
-      <c r="C415" t="s">
+      <c r="H415" t="s">
         <v>1512</v>
-      </c>
-[...13 lines deleted...]
-        <v>1514</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B416" t="s">
+        <v>9</v>
+      </c>
+      <c r="C416" t="s">
+        <v>1514</v>
+      </c>
+      <c r="D416" t="s">
+        <v>690</v>
+      </c>
+      <c r="E416" t="s">
+        <v>691</v>
+      </c>
+      <c r="F416" t="s">
+        <v>35</v>
+      </c>
+      <c r="G416" s="1" t="s">
         <v>1515</v>
       </c>
-      <c r="B416" t="s">
-[...2 lines deleted...]
-      <c r="C416" t="s">
+      <c r="H416" t="s">
         <v>1516</v>
-      </c>
-[...13 lines deleted...]
-        <v>1518</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B417" t="s">
+        <v>9</v>
+      </c>
+      <c r="C417" t="s">
+        <v>1518</v>
+      </c>
+      <c r="D417" t="s">
+        <v>690</v>
+      </c>
+      <c r="E417" t="s">
+        <v>691</v>
+      </c>
+      <c r="F417" t="s">
+        <v>35</v>
+      </c>
+      <c r="G417" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="B417" t="s">
-[...2 lines deleted...]
-      <c r="C417" t="s">
+      <c r="H417" t="s">
         <v>1520</v>
-      </c>
-[...13 lines deleted...]
-        <v>1522</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D418" t="s">
+        <v>690</v>
+      </c>
+      <c r="E418" t="s">
+        <v>691</v>
+      </c>
+      <c r="F418" t="s">
+        <v>22</v>
+      </c>
+      <c r="G418" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="B418" t="s">
-[...2 lines deleted...]
-      <c r="C418" t="s">
+      <c r="H418" t="s">
         <v>1524</v>
-      </c>
-[...13 lines deleted...]
-        <v>1526</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
+        <v>1526</v>
+      </c>
+      <c r="D419" t="s">
+        <v>690</v>
+      </c>
+      <c r="E419" t="s">
+        <v>691</v>
+      </c>
+      <c r="F419" t="s">
+        <v>22</v>
+      </c>
+      <c r="G419" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="B419" t="s">
-[...2 lines deleted...]
-      <c r="C419" t="s">
+      <c r="H419" t="s">
         <v>1528</v>
-      </c>
-[...13 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D420" t="s">
+        <v>690</v>
+      </c>
+      <c r="E420" t="s">
+        <v>691</v>
+      </c>
+      <c r="F420" t="s">
+        <v>35</v>
+      </c>
+      <c r="G420" s="1" t="s">
         <v>1531</v>
       </c>
-      <c r="B420" t="s">
-[...2 lines deleted...]
-      <c r="C420" t="s">
+      <c r="H420" t="s">
         <v>1532</v>
-      </c>
-[...13 lines deleted...]
-        <v>1534</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>1533</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D421" t="s">
+        <v>690</v>
+      </c>
+      <c r="E421" t="s">
+        <v>691</v>
+      </c>
+      <c r="F421" t="s">
+        <v>35</v>
+      </c>
+      <c r="G421" s="1" t="s">
         <v>1535</v>
       </c>
-      <c r="B421" t="s">
-[...2 lines deleted...]
-      <c r="C421" t="s">
+      <c r="H421" t="s">
         <v>1536</v>
-      </c>
-[...13 lines deleted...]
-        <v>1538</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1539</v>
+        <v>1537</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1540</v>
+        <v>1538</v>
       </c>
       <c r="D422" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E422" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F422" t="s">
         <v>22</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1541</v>
+        <v>1539</v>
       </c>
       <c r="H422" t="s">
-        <v>1542</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1543</v>
+        <v>1541</v>
       </c>
       <c r="B423" t="s">
         <v>9</v>
       </c>
       <c r="C423" t="s">
-        <v>1544</v>
+        <v>1542</v>
       </c>
       <c r="D423" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E423" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F423" t="s">
         <v>22</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>1545</v>
+        <v>1543</v>
       </c>
       <c r="H423" t="s">
-        <v>1546</v>
+        <v>1544</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1547</v>
+        <v>1545</v>
       </c>
       <c r="B424" t="s">
         <v>9</v>
       </c>
       <c r="C424" t="s">
-        <v>1548</v>
+        <v>1546</v>
       </c>
       <c r="D424" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E424" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F424" t="s">
         <v>22</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>1549</v>
+        <v>1547</v>
       </c>
       <c r="H424" t="s">
-        <v>1550</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1551</v>
+        <v>1549</v>
       </c>
       <c r="B425" t="s">
         <v>9</v>
       </c>
       <c r="C425" t="s">
-        <v>1552</v>
+        <v>1550</v>
       </c>
       <c r="D425" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E425" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F425" t="s">
         <v>22</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>1553</v>
+        <v>1551</v>
       </c>
       <c r="H425" t="s">
-        <v>1554</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
+        <v>1553</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
+        <v>1554</v>
+      </c>
+      <c r="D426" t="s">
+        <v>690</v>
+      </c>
+      <c r="E426" t="s">
+        <v>691</v>
+      </c>
+      <c r="F426" t="s">
+        <v>22</v>
+      </c>
+      <c r="G426" s="1" t="s">
         <v>1555</v>
       </c>
-      <c r="B426" t="s">
-[...2 lines deleted...]
-      <c r="C426" t="s">
+      <c r="H426" t="s">
         <v>1556</v>
-      </c>
-[...13 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
+        <v>1557</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D427" t="s">
+        <v>690</v>
+      </c>
+      <c r="E427" t="s">
+        <v>691</v>
+      </c>
+      <c r="F427" t="s">
+        <v>22</v>
+      </c>
+      <c r="G427" s="1" t="s">
         <v>1559</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="H427" t="s">
         <v>1560</v>
-      </c>
-[...13 lines deleted...]
-        <v>1562</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1563</v>
+        <v>1561</v>
       </c>
       <c r="B428" t="s">
         <v>9</v>
       </c>
       <c r="C428" t="s">
-        <v>1564</v>
+        <v>1562</v>
       </c>
       <c r="D428" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E428" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F428" t="s">
         <v>167</v>
       </c>
       <c r="G428" s="1" t="s">
-        <v>1565</v>
+        <v>1563</v>
       </c>
       <c r="H428" t="s">
-        <v>1566</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>1565</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D429" t="s">
+        <v>690</v>
+      </c>
+      <c r="E429" t="s">
+        <v>691</v>
+      </c>
+      <c r="F429" t="s">
+        <v>13</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>1567</v>
       </c>
-      <c r="B429" t="s">
-[...2 lines deleted...]
-      <c r="C429" t="s">
+      <c r="H429" t="s">
         <v>1568</v>
-      </c>
-[...13 lines deleted...]
-        <v>1570</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1571</v>
+        <v>1569</v>
       </c>
       <c r="B430" t="s">
         <v>9</v>
       </c>
       <c r="C430" t="s">
-        <v>1572</v>
+        <v>1570</v>
       </c>
       <c r="D430" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E430" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F430" t="s">
         <v>167</v>
       </c>
       <c r="G430" s="1" t="s">
-        <v>1573</v>
+        <v>1571</v>
       </c>
       <c r="H430" t="s">
-        <v>1574</v>
+        <v>1572</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>1573</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
+        <v>1574</v>
+      </c>
+      <c r="D431" t="s">
+        <v>690</v>
+      </c>
+      <c r="E431" t="s">
+        <v>691</v>
+      </c>
+      <c r="F431" t="s">
+        <v>167</v>
+      </c>
+      <c r="G431" s="1" t="s">
         <v>1575</v>
       </c>
-      <c r="B431" t="s">
-[...2 lines deleted...]
-      <c r="C431" t="s">
+      <c r="H431" t="s">
         <v>1576</v>
-      </c>
-[...13 lines deleted...]
-        <v>1578</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
+        <v>1577</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
+        <v>1578</v>
+      </c>
+      <c r="D432" t="s">
+        <v>690</v>
+      </c>
+      <c r="E432" t="s">
+        <v>691</v>
+      </c>
+      <c r="F432" t="s">
+        <v>167</v>
+      </c>
+      <c r="G432" s="1" t="s">
         <v>1579</v>
       </c>
-      <c r="B432" t="s">
-[...2 lines deleted...]
-      <c r="C432" t="s">
+      <c r="H432" t="s">
         <v>1580</v>
-      </c>
-[...13 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
-        <v>1583</v>
+        <v>1581</v>
       </c>
       <c r="B433" t="s">
         <v>9</v>
       </c>
       <c r="C433" t="s">
-        <v>1584</v>
+        <v>1582</v>
       </c>
       <c r="D433" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E433" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F433" t="s">
         <v>13</v>
       </c>
       <c r="G433" s="1" t="s">
-        <v>1585</v>
+        <v>1583</v>
       </c>
       <c r="H433" t="s">
-        <v>1586</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
+        <v>1585</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D434" t="s">
+        <v>690</v>
+      </c>
+      <c r="E434" t="s">
+        <v>691</v>
+      </c>
+      <c r="F434" t="s">
+        <v>13</v>
+      </c>
+      <c r="G434" s="1" t="s">
         <v>1587</v>
       </c>
-      <c r="B434" t="s">
-[...2 lines deleted...]
-      <c r="C434" t="s">
+      <c r="H434" t="s">
         <v>1588</v>
-      </c>
-[...13 lines deleted...]
-        <v>1590</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
+        <v>1589</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D435" t="s">
+        <v>690</v>
+      </c>
+      <c r="E435" t="s">
+        <v>691</v>
+      </c>
+      <c r="F435" t="s">
+        <v>13</v>
+      </c>
+      <c r="G435" s="1" t="s">
         <v>1591</v>
       </c>
-      <c r="B435" t="s">
-[...2 lines deleted...]
-      <c r="C435" t="s">
+      <c r="H435" t="s">
         <v>1592</v>
-      </c>
-[...13 lines deleted...]
-        <v>1594</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
-        <v>1595</v>
+        <v>1593</v>
       </c>
       <c r="B436" t="s">
         <v>9</v>
       </c>
       <c r="C436" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="D436" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E436" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F436" t="s">
         <v>40</v>
       </c>
       <c r="G436" s="1" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="H436" t="s">
-        <v>1598</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
+        <v>1597</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
+        <v>1598</v>
+      </c>
+      <c r="D437" t="s">
+        <v>690</v>
+      </c>
+      <c r="E437" t="s">
+        <v>691</v>
+      </c>
+      <c r="F437" t="s">
+        <v>40</v>
+      </c>
+      <c r="G437" s="1" t="s">
         <v>1599</v>
       </c>
-      <c r="B437" t="s">
-[...2 lines deleted...]
-      <c r="C437" t="s">
+      <c r="H437" t="s">
         <v>1600</v>
-      </c>
-[...13 lines deleted...]
-        <v>1602</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
+        <v>1601</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
+        <v>1602</v>
+      </c>
+      <c r="D438" t="s">
+        <v>690</v>
+      </c>
+      <c r="E438" t="s">
+        <v>691</v>
+      </c>
+      <c r="F438" t="s">
+        <v>40</v>
+      </c>
+      <c r="G438" s="1" t="s">
         <v>1603</v>
       </c>
-      <c r="B438" t="s">
-[...2 lines deleted...]
-      <c r="C438" t="s">
+      <c r="H438" t="s">
         <v>1604</v>
-      </c>
-[...13 lines deleted...]
-        <v>1606</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>1607</v>
+        <v>1605</v>
       </c>
       <c r="B439" t="s">
         <v>9</v>
       </c>
       <c r="C439" t="s">
-        <v>1608</v>
+        <v>1606</v>
       </c>
       <c r="D439" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E439" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F439" t="s">
         <v>13</v>
       </c>
       <c r="G439" s="1" t="s">
-        <v>1609</v>
+        <v>1607</v>
       </c>
       <c r="H439" t="s">
-        <v>1610</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
+        <v>1609</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
+        <v>1610</v>
+      </c>
+      <c r="D440" t="s">
+        <v>690</v>
+      </c>
+      <c r="E440" t="s">
+        <v>691</v>
+      </c>
+      <c r="F440" t="s">
+        <v>554</v>
+      </c>
+      <c r="G440" s="1" t="s">
         <v>1611</v>
       </c>
-      <c r="B440" t="s">
-[...2 lines deleted...]
-      <c r="C440" t="s">
+      <c r="H440" t="s">
         <v>1612</v>
-      </c>
-[...13 lines deleted...]
-        <v>1614</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>1615</v>
+        <v>1613</v>
       </c>
       <c r="B441" t="s">
         <v>9</v>
       </c>
       <c r="C441" t="s">
-        <v>1616</v>
+        <v>1614</v>
       </c>
       <c r="D441" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E441" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F441" t="s">
         <v>13</v>
       </c>
       <c r="G441" s="1" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="H441" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
+        <v>1617</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D442" t="s">
+        <v>690</v>
+      </c>
+      <c r="E442" t="s">
+        <v>691</v>
+      </c>
+      <c r="F442" t="s">
+        <v>13</v>
+      </c>
+      <c r="G442" s="1" t="s">
         <v>1619</v>
       </c>
-      <c r="B442" t="s">
-[...2 lines deleted...]
-      <c r="C442" t="s">
+      <c r="H442" t="s">
         <v>1620</v>
-      </c>
-[...13 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
+        <v>1621</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
+        <v>1622</v>
+      </c>
+      <c r="D443" t="s">
+        <v>690</v>
+      </c>
+      <c r="E443" t="s">
+        <v>691</v>
+      </c>
+      <c r="F443" t="s">
+        <v>13</v>
+      </c>
+      <c r="G443" s="1" t="s">
         <v>1623</v>
       </c>
-      <c r="B443" t="s">
-[...2 lines deleted...]
-      <c r="C443" t="s">
+      <c r="H443" t="s">
         <v>1624</v>
-      </c>
-[...13 lines deleted...]
-        <v>1626</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
+        <v>1625</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
+        <v>1626</v>
+      </c>
+      <c r="D444" t="s">
+        <v>690</v>
+      </c>
+      <c r="E444" t="s">
+        <v>691</v>
+      </c>
+      <c r="F444" t="s">
+        <v>40</v>
+      </c>
+      <c r="G444" s="1" t="s">
         <v>1627</v>
       </c>
-      <c r="B444" t="s">
-[...2 lines deleted...]
-      <c r="C444" t="s">
+      <c r="H444" t="s">
         <v>1628</v>
-      </c>
-[...13 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
+        <v>1629</v>
+      </c>
+      <c r="B445" t="s">
+        <v>9</v>
+      </c>
+      <c r="C445" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D445" t="s">
+        <v>690</v>
+      </c>
+      <c r="E445" t="s">
+        <v>691</v>
+      </c>
+      <c r="F445" t="s">
+        <v>40</v>
+      </c>
+      <c r="G445" s="1" t="s">
         <v>1631</v>
       </c>
-      <c r="B445" t="s">
-[...2 lines deleted...]
-      <c r="C445" t="s">
+      <c r="H445" t="s">
         <v>1632</v>
-      </c>
-[...13 lines deleted...]
-        <v>1634</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>1635</v>
+        <v>1633</v>
       </c>
       <c r="B446" t="s">
         <v>9</v>
       </c>
       <c r="C446" t="s">
-        <v>1636</v>
+        <v>1634</v>
       </c>
       <c r="D446" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E446" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F446" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="1" t="s">
-        <v>1637</v>
+        <v>1635</v>
       </c>
       <c r="H446" t="s">
-        <v>1638</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
+        <v>1637</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
+        <v>1638</v>
+      </c>
+      <c r="D447" t="s">
+        <v>690</v>
+      </c>
+      <c r="E447" t="s">
+        <v>691</v>
+      </c>
+      <c r="F447" t="s">
+        <v>13</v>
+      </c>
+      <c r="G447" s="1" t="s">
         <v>1639</v>
       </c>
-      <c r="B447" t="s">
-[...2 lines deleted...]
-      <c r="C447" t="s">
+      <c r="H447" t="s">
         <v>1640</v>
-      </c>
-[...13 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
+        <v>1641</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D448" t="s">
+        <v>690</v>
+      </c>
+      <c r="E448" t="s">
+        <v>691</v>
+      </c>
+      <c r="F448" t="s">
+        <v>13</v>
+      </c>
+      <c r="G448" s="1" t="s">
         <v>1643</v>
       </c>
-      <c r="B448" t="s">
-[...2 lines deleted...]
-      <c r="C448" t="s">
+      <c r="H448" t="s">
         <v>1644</v>
-      </c>
-[...13 lines deleted...]
-        <v>1646</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>1647</v>
+        <v>1645</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
-        <v>1648</v>
+        <v>1646</v>
       </c>
       <c r="D449" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E449" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F449" t="s">
         <v>35</v>
       </c>
       <c r="G449" s="1" t="s">
-        <v>1649</v>
+        <v>1647</v>
       </c>
       <c r="H449" t="s">
-        <v>1650</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>1651</v>
+        <v>1649</v>
       </c>
       <c r="B450" t="s">
         <v>9</v>
       </c>
       <c r="C450" t="s">
-        <v>1652</v>
+        <v>1650</v>
       </c>
       <c r="D450" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E450" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F450" t="s">
         <v>35</v>
       </c>
       <c r="G450" s="1" t="s">
-        <v>1653</v>
+        <v>1651</v>
       </c>
       <c r="H450" t="s">
-        <v>1654</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>1655</v>
+        <v>1653</v>
       </c>
       <c r="B451" t="s">
         <v>9</v>
       </c>
       <c r="C451" t="s">
-        <v>1656</v>
+        <v>1654</v>
       </c>
       <c r="D451" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E451" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F451" t="s">
         <v>35</v>
       </c>
       <c r="G451" s="1" t="s">
-        <v>1657</v>
+        <v>1655</v>
       </c>
       <c r="H451" t="s">
-        <v>1658</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>1659</v>
+        <v>1657</v>
       </c>
       <c r="B452" t="s">
         <v>9</v>
       </c>
       <c r="C452" t="s">
-        <v>1660</v>
+        <v>1658</v>
       </c>
       <c r="D452" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E452" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F452" t="s">
         <v>35</v>
       </c>
       <c r="G452" s="1" t="s">
-        <v>1661</v>
+        <v>1659</v>
       </c>
       <c r="H452" t="s">
-        <v>1662</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>1663</v>
+        <v>1661</v>
       </c>
       <c r="B453" t="s">
         <v>9</v>
       </c>
       <c r="C453" t="s">
-        <v>1664</v>
+        <v>1662</v>
       </c>
       <c r="D453" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E453" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F453" t="s">
         <v>35</v>
       </c>
       <c r="G453" s="1" t="s">
-        <v>1665</v>
+        <v>1663</v>
       </c>
       <c r="H453" t="s">
-        <v>1666</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D454" t="s">
+        <v>690</v>
+      </c>
+      <c r="E454" t="s">
+        <v>691</v>
+      </c>
+      <c r="F454" t="s">
+        <v>35</v>
+      </c>
+      <c r="G454" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="B454" t="s">
-[...2 lines deleted...]
-      <c r="C454" t="s">
+      <c r="H454" t="s">
         <v>1668</v>
-      </c>
-[...13 lines deleted...]
-        <v>1670</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>1671</v>
+        <v>1669</v>
       </c>
       <c r="B455" t="s">
         <v>9</v>
       </c>
       <c r="C455" t="s">
-        <v>1672</v>
+        <v>1670</v>
       </c>
       <c r="D455" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E455" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F455" t="s">
         <v>35</v>
       </c>
       <c r="G455" s="1" t="s">
-        <v>1673</v>
+        <v>1671</v>
       </c>
       <c r="H455" t="s">
-        <v>1674</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
+        <v>1674</v>
+      </c>
+      <c r="D456" t="s">
+        <v>690</v>
+      </c>
+      <c r="E456" t="s">
+        <v>691</v>
+      </c>
+      <c r="F456" t="s">
+        <v>141</v>
+      </c>
+      <c r="G456" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="B456" t="s">
-[...2 lines deleted...]
-      <c r="C456" t="s">
+      <c r="H456" t="s">
         <v>1676</v>
-      </c>
-[...13 lines deleted...]
-        <v>1678</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>1679</v>
+        <v>1677</v>
       </c>
       <c r="B457" t="s">
         <v>9</v>
       </c>
       <c r="C457" t="s">
-        <v>1680</v>
+        <v>1678</v>
       </c>
       <c r="D457" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E457" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F457" t="s">
         <v>35</v>
       </c>
       <c r="G457" s="1" t="s">
-        <v>1681</v>
+        <v>1679</v>
       </c>
       <c r="H457" t="s">
-        <v>1682</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>1683</v>
+        <v>1681</v>
       </c>
       <c r="B458" t="s">
         <v>9</v>
       </c>
       <c r="C458" t="s">
-        <v>1684</v>
+        <v>1682</v>
       </c>
       <c r="D458" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E458" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F458" t="s">
         <v>35</v>
       </c>
       <c r="G458" s="1" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="H458" t="s">
-        <v>1686</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>1687</v>
+        <v>1685</v>
       </c>
       <c r="B459" t="s">
         <v>9</v>
       </c>
       <c r="C459" t="s">
-        <v>1688</v>
+        <v>1686</v>
       </c>
       <c r="D459" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E459" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F459" t="s">
         <v>35</v>
       </c>
       <c r="G459" s="1" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="H459" t="s">
-        <v>1690</v>
+        <v>1688</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>1691</v>
+        <v>1689</v>
       </c>
       <c r="B460" t="s">
         <v>9</v>
       </c>
       <c r="C460" t="s">
-        <v>1692</v>
+        <v>1690</v>
       </c>
       <c r="D460" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E460" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F460" t="s">
         <v>35</v>
       </c>
       <c r="G460" s="1" t="s">
-        <v>1693</v>
+        <v>1691</v>
       </c>
       <c r="H460" t="s">
-        <v>1694</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="B461" t="s">
         <v>9</v>
       </c>
       <c r="C461" t="s">
-        <v>1696</v>
+        <v>1694</v>
       </c>
       <c r="D461" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E461" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F461" t="s">
         <v>35</v>
       </c>
       <c r="G461" s="1" t="s">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="H461" t="s">
-        <v>1698</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>1699</v>
+        <v>1697</v>
       </c>
       <c r="B462" t="s">
         <v>9</v>
       </c>
       <c r="C462" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="D462" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E462" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F462" t="s">
         <v>35</v>
       </c>
       <c r="G462" s="1" t="s">
-        <v>1701</v>
+        <v>1699</v>
       </c>
       <c r="H462" t="s">
-        <v>1702</v>
+        <v>1700</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
+        <v>1701</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D463" t="s">
+        <v>690</v>
+      </c>
+      <c r="E463" t="s">
+        <v>691</v>
+      </c>
+      <c r="F463" t="s">
+        <v>35</v>
+      </c>
+      <c r="G463" s="1" t="s">
         <v>1703</v>
       </c>
-      <c r="B463" t="s">
-[...2 lines deleted...]
-      <c r="C463" t="s">
+      <c r="H463" t="s">
         <v>1704</v>
-      </c>
-[...13 lines deleted...]
-        <v>1706</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
+        <v>1705</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D464" t="s">
+        <v>690</v>
+      </c>
+      <c r="E464" t="s">
+        <v>691</v>
+      </c>
+      <c r="F464" t="s">
+        <v>35</v>
+      </c>
+      <c r="G464" s="1" t="s">
         <v>1707</v>
       </c>
-      <c r="B464" t="s">
-[...2 lines deleted...]
-      <c r="C464" t="s">
+      <c r="H464" t="s">
         <v>1708</v>
-      </c>
-[...13 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>1711</v>
+        <v>1709</v>
       </c>
       <c r="B465" t="s">
         <v>9</v>
       </c>
       <c r="C465" t="s">
-        <v>1712</v>
+        <v>1710</v>
       </c>
       <c r="D465" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E465" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F465" t="s">
         <v>22</v>
       </c>
       <c r="G465" s="1" t="s">
-        <v>1713</v>
+        <v>1711</v>
       </c>
       <c r="H465" t="s">
-        <v>1714</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>1715</v>
+        <v>1713</v>
       </c>
       <c r="B466" t="s">
         <v>9</v>
       </c>
       <c r="C466" t="s">
-        <v>1716</v>
+        <v>1714</v>
       </c>
       <c r="D466" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E466" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F466" t="s">
         <v>22</v>
       </c>
       <c r="G466" s="1" t="s">
-        <v>1717</v>
+        <v>1715</v>
       </c>
       <c r="H466" t="s">
-        <v>1718</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>1719</v>
+        <v>1717</v>
       </c>
       <c r="B467" t="s">
         <v>9</v>
       </c>
       <c r="C467" t="s">
-        <v>1720</v>
+        <v>1718</v>
       </c>
       <c r="D467" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E467" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F467" t="s">
         <v>22</v>
       </c>
       <c r="G467" s="1" t="s">
-        <v>1721</v>
+        <v>1719</v>
       </c>
       <c r="H467" t="s">
-        <v>1722</v>
+        <v>1720</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>1723</v>
+        <v>1721</v>
       </c>
       <c r="B468" t="s">
         <v>9</v>
       </c>
       <c r="C468" t="s">
-        <v>1724</v>
+        <v>1722</v>
       </c>
       <c r="D468" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E468" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F468" t="s">
         <v>22</v>
       </c>
       <c r="G468" s="1" t="s">
-        <v>1725</v>
+        <v>1723</v>
       </c>
       <c r="H468" t="s">
-        <v>1726</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>1727</v>
+        <v>1725</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
-        <v>1728</v>
+        <v>1726</v>
       </c>
       <c r="D469" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E469" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F469" t="s">
         <v>22</v>
       </c>
       <c r="G469" s="1" t="s">
-        <v>1729</v>
+        <v>1727</v>
       </c>
       <c r="H469" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>1731</v>
+        <v>1729</v>
       </c>
       <c r="B470" t="s">
         <v>9</v>
       </c>
       <c r="C470" t="s">
-        <v>1732</v>
+        <v>1730</v>
       </c>
       <c r="D470" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E470" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F470" t="s">
         <v>22</v>
       </c>
       <c r="G470" s="1" t="s">
-        <v>1733</v>
+        <v>1731</v>
       </c>
       <c r="H470" t="s">
-        <v>1734</v>
+        <v>1732</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>1735</v>
+        <v>1733</v>
       </c>
       <c r="B471" t="s">
         <v>9</v>
       </c>
       <c r="C471" t="s">
-        <v>1736</v>
+        <v>1734</v>
       </c>
       <c r="D471" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E471" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F471" t="s">
         <v>22</v>
       </c>
       <c r="G471" s="1" t="s">
-        <v>1737</v>
+        <v>1735</v>
       </c>
       <c r="H471" t="s">
-        <v>1738</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
+        <v>1737</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
+        <v>1738</v>
+      </c>
+      <c r="D472" t="s">
+        <v>690</v>
+      </c>
+      <c r="E472" t="s">
+        <v>691</v>
+      </c>
+      <c r="F472" t="s">
+        <v>22</v>
+      </c>
+      <c r="G472" s="1" t="s">
         <v>1739</v>
       </c>
-      <c r="B472" t="s">
-[...2 lines deleted...]
-      <c r="C472" t="s">
+      <c r="H472" t="s">
         <v>1740</v>
-      </c>
-[...13 lines deleted...]
-        <v>1742</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
+        <v>1741</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
+        <v>1742</v>
+      </c>
+      <c r="D473" t="s">
+        <v>690</v>
+      </c>
+      <c r="E473" t="s">
+        <v>691</v>
+      </c>
+      <c r="F473" t="s">
+        <v>22</v>
+      </c>
+      <c r="G473" s="1" t="s">
         <v>1743</v>
       </c>
-      <c r="B473" t="s">
-[...2 lines deleted...]
-      <c r="C473" t="s">
+      <c r="H473" t="s">
         <v>1744</v>
-      </c>
-[...13 lines deleted...]
-        <v>1746</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>1747</v>
+        <v>1745</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
-        <v>1748</v>
+        <v>1746</v>
       </c>
       <c r="D474" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E474" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F474" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="1" t="s">
-        <v>1749</v>
+        <v>1747</v>
       </c>
       <c r="H474" t="s">
-        <v>1750</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
+        <v>1749</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
+        <v>1750</v>
+      </c>
+      <c r="D475" t="s">
+        <v>690</v>
+      </c>
+      <c r="E475" t="s">
+        <v>691</v>
+      </c>
+      <c r="F475" t="s">
+        <v>13</v>
+      </c>
+      <c r="G475" s="1" t="s">
         <v>1751</v>
       </c>
-      <c r="B475" t="s">
-[...2 lines deleted...]
-      <c r="C475" t="s">
+      <c r="H475" t="s">
         <v>1752</v>
-      </c>
-[...13 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>1755</v>
+        <v>1753</v>
       </c>
       <c r="B476" t="s">
         <v>9</v>
       </c>
       <c r="C476" t="s">
-        <v>1756</v>
+        <v>1754</v>
       </c>
       <c r="D476" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E476" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F476" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="1" t="s">
-        <v>1757</v>
+        <v>1755</v>
       </c>
       <c r="H476" t="s">
-        <v>1758</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
+        <v>1757</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
+        <v>1758</v>
+      </c>
+      <c r="D477" t="s">
+        <v>690</v>
+      </c>
+      <c r="E477" t="s">
+        <v>691</v>
+      </c>
+      <c r="F477" t="s">
+        <v>22</v>
+      </c>
+      <c r="G477" s="1" t="s">
         <v>1759</v>
       </c>
-      <c r="B477" t="s">
-[...2 lines deleted...]
-      <c r="C477" t="s">
+      <c r="H477" t="s">
         <v>1760</v>
-      </c>
-[...13 lines deleted...]
-        <v>1762</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>1763</v>
+        <v>1761</v>
       </c>
       <c r="B478" t="s">
         <v>9</v>
       </c>
       <c r="C478" t="s">
-        <v>1764</v>
+        <v>1762</v>
       </c>
       <c r="D478" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E478" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F478" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>1765</v>
+        <v>1763</v>
       </c>
       <c r="H478" t="s">
-        <v>1766</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
+        <v>1765</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D479" t="s">
+        <v>690</v>
+      </c>
+      <c r="E479" t="s">
+        <v>691</v>
+      </c>
+      <c r="F479" t="s">
+        <v>13</v>
+      </c>
+      <c r="G479" s="1" t="s">
         <v>1767</v>
       </c>
-      <c r="B479" t="s">
-[...2 lines deleted...]
-      <c r="C479" t="s">
+      <c r="H479" t="s">
         <v>1768</v>
-      </c>
-[...13 lines deleted...]
-        <v>1770</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
+        <v>1769</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D480" t="s">
+        <v>690</v>
+      </c>
+      <c r="E480" t="s">
+        <v>691</v>
+      </c>
+      <c r="F480" t="s">
+        <v>13</v>
+      </c>
+      <c r="G480" s="1" t="s">
         <v>1771</v>
       </c>
-      <c r="B480" t="s">
-[...2 lines deleted...]
-      <c r="C480" t="s">
+      <c r="H480" t="s">
         <v>1772</v>
-      </c>
-[...13 lines deleted...]
-        <v>1774</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>1775</v>
+        <v>1773</v>
       </c>
       <c r="B481" t="s">
         <v>9</v>
       </c>
       <c r="C481" t="s">
-        <v>1776</v>
+        <v>1774</v>
       </c>
       <c r="D481" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E481" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F481" t="s">
         <v>53</v>
       </c>
       <c r="G481" s="1" t="s">
-        <v>1777</v>
+        <v>1775</v>
       </c>
       <c r="H481" t="s">
-        <v>1778</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>1779</v>
+        <v>1777</v>
       </c>
       <c r="B482" t="s">
         <v>9</v>
       </c>
       <c r="C482" t="s">
-        <v>1780</v>
+        <v>1778</v>
       </c>
       <c r="D482" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E482" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F482" t="s">
         <v>53</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>1781</v>
+        <v>1779</v>
       </c>
       <c r="H482" t="s">
-        <v>1782</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1783</v>
+        <v>1781</v>
       </c>
       <c r="B483" t="s">
         <v>9</v>
       </c>
       <c r="C483" t="s">
-        <v>1784</v>
+        <v>1782</v>
       </c>
       <c r="D483" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E483" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F483" t="s">
         <v>53</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>1785</v>
+        <v>1783</v>
       </c>
       <c r="H483" t="s">
-        <v>1786</v>
+        <v>1784</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
+        <v>1785</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
+        <v>1786</v>
+      </c>
+      <c r="D484" t="s">
+        <v>690</v>
+      </c>
+      <c r="E484" t="s">
+        <v>691</v>
+      </c>
+      <c r="F484" t="s">
+        <v>53</v>
+      </c>
+      <c r="G484" s="1" t="s">
         <v>1787</v>
       </c>
-      <c r="B484" t="s">
-[...2 lines deleted...]
-      <c r="C484" t="s">
+      <c r="H484" t="s">
         <v>1788</v>
-      </c>
-[...13 lines deleted...]
-        <v>1790</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
+        <v>1789</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
+        <v>1790</v>
+      </c>
+      <c r="D485" t="s">
+        <v>690</v>
+      </c>
+      <c r="E485" t="s">
+        <v>691</v>
+      </c>
+      <c r="F485" t="s">
+        <v>53</v>
+      </c>
+      <c r="G485" s="1" t="s">
         <v>1791</v>
       </c>
-      <c r="B485" t="s">
-[...2 lines deleted...]
-      <c r="C485" t="s">
+      <c r="H485" t="s">
         <v>1792</v>
-      </c>
-[...13 lines deleted...]
-        <v>1794</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
+        <v>1793</v>
+      </c>
+      <c r="B486" t="s">
+        <v>9</v>
+      </c>
+      <c r="C486" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D486" t="s">
+        <v>690</v>
+      </c>
+      <c r="E486" t="s">
+        <v>691</v>
+      </c>
+      <c r="F486" t="s">
+        <v>13</v>
+      </c>
+      <c r="G486" s="1" t="s">
         <v>1795</v>
       </c>
-      <c r="B486" t="s">
-[...2 lines deleted...]
-      <c r="C486" t="s">
+      <c r="H486" t="s">
         <v>1796</v>
-      </c>
-[...13 lines deleted...]
-        <v>1798</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1799</v>
+        <v>1797</v>
       </c>
       <c r="B487" t="s">
         <v>9</v>
       </c>
       <c r="C487" t="s">
-        <v>1800</v>
+        <v>1798</v>
       </c>
       <c r="D487" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E487" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F487" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="1" t="s">
-        <v>1801</v>
+        <v>1799</v>
       </c>
       <c r="H487" t="s">
-        <v>1802</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
+        <v>1801</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1802</v>
+      </c>
+      <c r="D488" t="s">
+        <v>690</v>
+      </c>
+      <c r="E488" t="s">
+        <v>691</v>
+      </c>
+      <c r="F488" t="s">
+        <v>62</v>
+      </c>
+      <c r="G488" s="1" t="s">
         <v>1803</v>
       </c>
-      <c r="B488" t="s">
-[...2 lines deleted...]
-      <c r="C488" t="s">
+      <c r="H488" t="s">
         <v>1804</v>
-      </c>
-[...13 lines deleted...]
-        <v>1806</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1806</v>
+      </c>
+      <c r="D489" t="s">
+        <v>690</v>
+      </c>
+      <c r="E489" t="s">
+        <v>691</v>
+      </c>
+      <c r="F489" t="s">
+        <v>13</v>
+      </c>
+      <c r="G489" s="1" t="s">
         <v>1807</v>
       </c>
-      <c r="B489" t="s">
-[...2 lines deleted...]
-      <c r="C489" t="s">
+      <c r="H489" t="s">
         <v>1808</v>
-      </c>
-[...13 lines deleted...]
-        <v>1810</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
+        <v>1809</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D490" t="s">
+        <v>690</v>
+      </c>
+      <c r="E490" t="s">
+        <v>691</v>
+      </c>
+      <c r="F490" t="s">
+        <v>13</v>
+      </c>
+      <c r="G490" s="1" t="s">
         <v>1811</v>
       </c>
-      <c r="B490" t="s">
-[...2 lines deleted...]
-      <c r="C490" t="s">
+      <c r="H490" t="s">
         <v>1812</v>
-      </c>
-[...13 lines deleted...]
-        <v>1814</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
+        <v>1813</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1814</v>
+      </c>
+      <c r="D491" t="s">
+        <v>690</v>
+      </c>
+      <c r="E491" t="s">
+        <v>691</v>
+      </c>
+      <c r="F491" t="s">
+        <v>62</v>
+      </c>
+      <c r="G491" s="1" t="s">
         <v>1815</v>
       </c>
-      <c r="B491" t="s">
-[...2 lines deleted...]
-      <c r="C491" t="s">
+      <c r="H491" t="s">
         <v>1816</v>
-      </c>
-[...13 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D492" t="s">
+        <v>690</v>
+      </c>
+      <c r="E492" t="s">
+        <v>691</v>
+      </c>
+      <c r="F492" t="s">
+        <v>62</v>
+      </c>
+      <c r="G492" s="1" t="s">
         <v>1819</v>
       </c>
-      <c r="B492" t="s">
-[...2 lines deleted...]
-      <c r="C492" t="s">
+      <c r="H492" t="s">
         <v>1820</v>
-      </c>
-[...13 lines deleted...]
-        <v>1822</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1823</v>
+        <v>1821</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>1824</v>
+        <v>1822</v>
       </c>
       <c r="D493" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E493" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F493" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="1" t="s">
-        <v>1825</v>
+        <v>1823</v>
       </c>
       <c r="H493" t="s">
-        <v>1826</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1827</v>
+        <v>1825</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1828</v>
+        <v>1826</v>
       </c>
       <c r="D494" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E494" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F494" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1829</v>
+        <v>1827</v>
       </c>
       <c r="H494" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>1831</v>
+        <v>1829</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>1832</v>
+        <v>1830</v>
       </c>
       <c r="D495" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E495" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F495" t="s">
         <v>13</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>1833</v>
+        <v>1831</v>
       </c>
       <c r="H495" t="s">
-        <v>1834</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>1835</v>
+        <v>1833</v>
       </c>
       <c r="B496" t="s">
         <v>9</v>
       </c>
       <c r="C496" t="s">
-        <v>1836</v>
+        <v>1834</v>
       </c>
       <c r="D496" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E496" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F496" t="s">
         <v>13</v>
       </c>
       <c r="G496" s="1" t="s">
-        <v>1837</v>
+        <v>1835</v>
       </c>
       <c r="H496" t="s">
-        <v>1838</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>1839</v>
+        <v>1837</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>1840</v>
+        <v>1838</v>
       </c>
       <c r="D497" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E497" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F497" t="s">
         <v>13</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1841</v>
+        <v>1839</v>
       </c>
       <c r="H497" t="s">
-        <v>1842</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1843</v>
+        <v>1841</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>1844</v>
+        <v>1842</v>
       </c>
       <c r="D498" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E498" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F498" t="s">
         <v>13</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="H498" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>1848</v>
+        <v>1846</v>
       </c>
       <c r="D499" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E499" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F499" t="s">
         <v>13</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1849</v>
+        <v>1847</v>
       </c>
       <c r="H499" t="s">
-        <v>1850</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1851</v>
+        <v>1849</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>1852</v>
+        <v>1850</v>
       </c>
       <c r="D500" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E500" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F500" t="s">
         <v>13</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1853</v>
+        <v>1851</v>
       </c>
       <c r="H500" t="s">
-        <v>1854</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1855</v>
+        <v>1853</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>1856</v>
+        <v>1854</v>
       </c>
       <c r="D501" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E501" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F501" t="s">
         <v>13</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1857</v>
+        <v>1855</v>
       </c>
       <c r="H501" t="s">
-        <v>1858</v>
+        <v>1856</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1859</v>
+        <v>1857</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>1860</v>
+        <v>1858</v>
       </c>
       <c r="D502" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E502" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F502" t="s">
         <v>13</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="H502" t="s">
-        <v>1862</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>1863</v>
+        <v>1861</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>1864</v>
+        <v>1862</v>
       </c>
       <c r="D503" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E503" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F503" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="1" t="s">
-        <v>1865</v>
+        <v>1863</v>
       </c>
       <c r="H503" t="s">
-        <v>1866</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1866</v>
+      </c>
+      <c r="D504" t="s">
+        <v>690</v>
+      </c>
+      <c r="E504" t="s">
+        <v>691</v>
+      </c>
+      <c r="F504" t="s">
+        <v>13</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1867</v>
       </c>
-      <c r="B504" t="s">
-[...2 lines deleted...]
-      <c r="C504" t="s">
+      <c r="H504" t="s">
         <v>1868</v>
-      </c>
-[...13 lines deleted...]
-        <v>1870</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>1871</v>
+        <v>1869</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="D505" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E505" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F505" t="s">
         <v>13</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>1873</v>
+        <v>1871</v>
       </c>
       <c r="H505" t="s">
-        <v>1874</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D506" t="s">
+        <v>690</v>
+      </c>
+      <c r="E506" t="s">
+        <v>691</v>
+      </c>
+      <c r="F506" t="s">
+        <v>22</v>
+      </c>
+      <c r="G506" s="1" t="s">
         <v>1875</v>
       </c>
-      <c r="B506" t="s">
-[...2 lines deleted...]
-      <c r="C506" t="s">
+      <c r="H506" t="s">
         <v>1876</v>
-      </c>
-[...13 lines deleted...]
-        <v>1878</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
+        <v>1877</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D507" t="s">
+        <v>690</v>
+      </c>
+      <c r="E507" t="s">
+        <v>691</v>
+      </c>
+      <c r="F507" t="s">
+        <v>13</v>
+      </c>
+      <c r="G507" s="1" t="s">
         <v>1879</v>
       </c>
-      <c r="B507" t="s">
-[...2 lines deleted...]
-      <c r="C507" t="s">
+      <c r="H507" t="s">
         <v>1880</v>
-      </c>
-[...13 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D508" t="s">
+        <v>690</v>
+      </c>
+      <c r="E508" t="s">
+        <v>691</v>
+      </c>
+      <c r="F508" t="s">
+        <v>40</v>
+      </c>
+      <c r="G508" s="1" t="s">
         <v>1883</v>
       </c>
-      <c r="B508" t="s">
-[...2 lines deleted...]
-      <c r="C508" t="s">
+      <c r="H508" t="s">
         <v>1884</v>
-      </c>
-[...13 lines deleted...]
-        <v>1886</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
+        <v>1885</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>1886</v>
+      </c>
+      <c r="D509" t="s">
+        <v>690</v>
+      </c>
+      <c r="E509" t="s">
+        <v>691</v>
+      </c>
+      <c r="F509" t="s">
+        <v>141</v>
+      </c>
+      <c r="G509" s="1" t="s">
         <v>1887</v>
       </c>
-      <c r="B509" t="s">
-[...2 lines deleted...]
-      <c r="C509" t="s">
+      <c r="H509" t="s">
         <v>1888</v>
-      </c>
-[...13 lines deleted...]
-        <v>1890</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
+        <v>1889</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>1890</v>
+      </c>
+      <c r="D510" t="s">
+        <v>690</v>
+      </c>
+      <c r="E510" t="s">
+        <v>691</v>
+      </c>
+      <c r="F510" t="s">
+        <v>62</v>
+      </c>
+      <c r="G510" s="1" t="s">
         <v>1891</v>
       </c>
-      <c r="B510" t="s">
-[...2 lines deleted...]
-      <c r="C510" t="s">
+      <c r="H510" t="s">
         <v>1892</v>
-      </c>
-[...13 lines deleted...]
-        <v>1894</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D511" t="s">
+        <v>690</v>
+      </c>
+      <c r="E511" t="s">
+        <v>691</v>
+      </c>
+      <c r="F511" t="s">
+        <v>35</v>
+      </c>
+      <c r="G511" s="1" t="s">
         <v>1895</v>
       </c>
-      <c r="B511" t="s">
-[...2 lines deleted...]
-      <c r="C511" t="s">
+      <c r="H511" t="s">
         <v>1896</v>
-      </c>
-[...13 lines deleted...]
-        <v>1898</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1899</v>
+        <v>1897</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>1900</v>
+        <v>1898</v>
       </c>
       <c r="D512" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E512" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F512" t="s">
         <v>40</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1901</v>
+        <v>1899</v>
       </c>
       <c r="H512" t="s">
-        <v>1902</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
+        <v>1901</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>1902</v>
+      </c>
+      <c r="D513" t="s">
+        <v>690</v>
+      </c>
+      <c r="E513" t="s">
+        <v>691</v>
+      </c>
+      <c r="F513" t="s">
+        <v>40</v>
+      </c>
+      <c r="G513" s="1" t="s">
         <v>1903</v>
       </c>
-      <c r="B513" t="s">
-[...2 lines deleted...]
-      <c r="C513" t="s">
+      <c r="H513" t="s">
         <v>1904</v>
-      </c>
-[...13 lines deleted...]
-        <v>1906</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
+        <v>1905</v>
+      </c>
+      <c r="B514" t="s">
+        <v>9</v>
+      </c>
+      <c r="C514" t="s">
+        <v>1906</v>
+      </c>
+      <c r="D514" t="s">
+        <v>690</v>
+      </c>
+      <c r="E514" t="s">
+        <v>691</v>
+      </c>
+      <c r="F514" t="s">
+        <v>40</v>
+      </c>
+      <c r="G514" s="1" t="s">
         <v>1907</v>
       </c>
-      <c r="B514" t="s">
-[...2 lines deleted...]
-      <c r="C514" t="s">
+      <c r="H514" t="s">
         <v>1908</v>
-      </c>
-[...13 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
+        <v>1909</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D515" t="s">
+        <v>690</v>
+      </c>
+      <c r="E515" t="s">
+        <v>691</v>
+      </c>
+      <c r="F515" t="s">
+        <v>35</v>
+      </c>
+      <c r="G515" s="1" t="s">
         <v>1911</v>
       </c>
-      <c r="B515" t="s">
-[...2 lines deleted...]
-      <c r="C515" t="s">
+      <c r="H515" t="s">
         <v>1912</v>
-      </c>
-[...13 lines deleted...]
-        <v>1914</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
+        <v>1913</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D516" t="s">
+        <v>690</v>
+      </c>
+      <c r="E516" t="s">
+        <v>691</v>
+      </c>
+      <c r="F516" t="s">
+        <v>35</v>
+      </c>
+      <c r="G516" s="1" t="s">
         <v>1915</v>
       </c>
-      <c r="B516" t="s">
-[...2 lines deleted...]
-      <c r="C516" t="s">
+      <c r="H516" t="s">
         <v>1916</v>
-      </c>
-[...13 lines deleted...]
-        <v>1918</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
+        <v>1917</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>1918</v>
+      </c>
+      <c r="D517" t="s">
+        <v>690</v>
+      </c>
+      <c r="E517" t="s">
+        <v>691</v>
+      </c>
+      <c r="F517" t="s">
+        <v>554</v>
+      </c>
+      <c r="G517" s="1" t="s">
         <v>1919</v>
       </c>
-      <c r="B517" t="s">
-[...2 lines deleted...]
-      <c r="C517" t="s">
+      <c r="H517" t="s">
         <v>1920</v>
-      </c>
-[...13 lines deleted...]
-        <v>1922</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
+        <v>1921</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D518" t="s">
+        <v>690</v>
+      </c>
+      <c r="E518" t="s">
+        <v>691</v>
+      </c>
+      <c r="F518" t="s">
+        <v>554</v>
+      </c>
+      <c r="G518" s="1" t="s">
         <v>1923</v>
       </c>
-      <c r="B518" t="s">
-[...2 lines deleted...]
-      <c r="C518" t="s">
+      <c r="H518" t="s">
         <v>1924</v>
-      </c>
-[...13 lines deleted...]
-        <v>1926</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
+        <v>1925</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>1926</v>
+      </c>
+      <c r="D519" t="s">
+        <v>690</v>
+      </c>
+      <c r="E519" t="s">
+        <v>691</v>
+      </c>
+      <c r="F519" t="s">
+        <v>35</v>
+      </c>
+      <c r="G519" s="1" t="s">
         <v>1927</v>
       </c>
-      <c r="B519" t="s">
-[...2 lines deleted...]
-      <c r="C519" t="s">
+      <c r="H519" t="s">
         <v>1928</v>
-      </c>
-[...13 lines deleted...]
-        <v>1930</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
+        <v>1929</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>1930</v>
+      </c>
+      <c r="D520" t="s">
+        <v>690</v>
+      </c>
+      <c r="E520" t="s">
+        <v>691</v>
+      </c>
+      <c r="F520" t="s">
+        <v>554</v>
+      </c>
+      <c r="G520" s="1" t="s">
         <v>1931</v>
       </c>
-      <c r="B520" t="s">
-[...2 lines deleted...]
-      <c r="C520" t="s">
+      <c r="H520" t="s">
         <v>1932</v>
-      </c>
-[...13 lines deleted...]
-        <v>1934</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
+        <v>1933</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D521" t="s">
+        <v>690</v>
+      </c>
+      <c r="E521" t="s">
+        <v>691</v>
+      </c>
+      <c r="F521" t="s">
+        <v>22</v>
+      </c>
+      <c r="G521" s="1" t="s">
         <v>1935</v>
       </c>
-      <c r="B521" t="s">
-[...2 lines deleted...]
-      <c r="C521" t="s">
+      <c r="H521" t="s">
         <v>1936</v>
-      </c>
-[...13 lines deleted...]
-        <v>1938</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B522" t="s">
+        <v>9</v>
+      </c>
+      <c r="C522" t="s">
+        <v>1938</v>
+      </c>
+      <c r="D522" t="s">
+        <v>690</v>
+      </c>
+      <c r="E522" t="s">
+        <v>691</v>
+      </c>
+      <c r="F522" t="s">
+        <v>554</v>
+      </c>
+      <c r="G522" s="1" t="s">
         <v>1939</v>
       </c>
-      <c r="B522" t="s">
-[...2 lines deleted...]
-      <c r="C522" t="s">
+      <c r="H522" t="s">
         <v>1940</v>
-      </c>
-[...13 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1943</v>
+        <v>1941</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>1944</v>
+        <v>1942</v>
       </c>
       <c r="D523" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E523" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F523" t="s">
         <v>35</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1945</v>
+        <v>1943</v>
       </c>
       <c r="H523" t="s">
-        <v>1946</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1947</v>
+        <v>1945</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>1948</v>
+        <v>1946</v>
       </c>
       <c r="D524" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E524" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F524" t="s">
         <v>35</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1949</v>
+        <v>1947</v>
       </c>
       <c r="H524" t="s">
-        <v>1950</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B525" t="s">
+        <v>9</v>
+      </c>
+      <c r="C525" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D525" t="s">
+        <v>690</v>
+      </c>
+      <c r="E525" t="s">
+        <v>691</v>
+      </c>
+      <c r="F525" t="s">
+        <v>35</v>
+      </c>
+      <c r="G525" s="1" t="s">
         <v>1951</v>
       </c>
-      <c r="B525" t="s">
-[...2 lines deleted...]
-      <c r="C525" t="s">
+      <c r="H525" t="s">
         <v>1952</v>
-      </c>
-[...13 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1955</v>
+        <v>1953</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>1956</v>
+        <v>1954</v>
       </c>
       <c r="D526" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E526" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F526" t="s">
         <v>35</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="H526" t="s">
-        <v>1958</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
+        <v>1957</v>
+      </c>
+      <c r="B527" t="s">
+        <v>9</v>
+      </c>
+      <c r="C527" t="s">
+        <v>1958</v>
+      </c>
+      <c r="D527" t="s">
+        <v>690</v>
+      </c>
+      <c r="E527" t="s">
+        <v>691</v>
+      </c>
+      <c r="F527" t="s">
+        <v>53</v>
+      </c>
+      <c r="G527" s="1" t="s">
         <v>1959</v>
       </c>
-      <c r="B527" t="s">
-[...2 lines deleted...]
-      <c r="C527" t="s">
+      <c r="H527" t="s">
         <v>1960</v>
-      </c>
-[...13 lines deleted...]
-        <v>1962</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
+        <v>1961</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>1962</v>
+      </c>
+      <c r="D528" t="s">
+        <v>690</v>
+      </c>
+      <c r="E528" t="s">
+        <v>691</v>
+      </c>
+      <c r="F528" t="s">
+        <v>35</v>
+      </c>
+      <c r="G528" s="1" t="s">
         <v>1963</v>
       </c>
-      <c r="B528" t="s">
-[...2 lines deleted...]
-      <c r="C528" t="s">
+      <c r="H528" t="s">
         <v>1964</v>
-      </c>
-[...13 lines deleted...]
-        <v>1966</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
+        <v>1965</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D529" t="s">
+        <v>690</v>
+      </c>
+      <c r="E529" t="s">
+        <v>691</v>
+      </c>
+      <c r="F529" t="s">
+        <v>35</v>
+      </c>
+      <c r="G529" s="1" t="s">
         <v>1967</v>
       </c>
-      <c r="B529" t="s">
-[...2 lines deleted...]
-      <c r="C529" t="s">
+      <c r="H529" t="s">
         <v>1968</v>
-      </c>
-[...13 lines deleted...]
-        <v>1970</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1971</v>
+        <v>1969</v>
       </c>
       <c r="B530" t="s">
         <v>9</v>
       </c>
       <c r="C530" t="s">
-        <v>1972</v>
+        <v>1970</v>
       </c>
       <c r="D530" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E530" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F530" t="s">
         <v>53</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>1973</v>
+        <v>1971</v>
       </c>
       <c r="H530" t="s">
-        <v>1974</v>
+        <v>1972</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
+        <v>1973</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1974</v>
+      </c>
+      <c r="D531" t="s">
+        <v>690</v>
+      </c>
+      <c r="E531" t="s">
+        <v>691</v>
+      </c>
+      <c r="F531" t="s">
+        <v>22</v>
+      </c>
+      <c r="G531" s="1" t="s">
         <v>1975</v>
       </c>
-      <c r="B531" t="s">
-[...2 lines deleted...]
-      <c r="C531" t="s">
+      <c r="H531" t="s">
         <v>1976</v>
-      </c>
-[...13 lines deleted...]
-        <v>1978</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1979</v>
+        <v>1977</v>
       </c>
       <c r="B532" t="s">
         <v>9</v>
       </c>
       <c r="C532" t="s">
-        <v>1980</v>
+        <v>1978</v>
       </c>
       <c r="D532" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E532" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F532" t="s">
         <v>53</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>1981</v>
+        <v>1979</v>
       </c>
       <c r="H532" t="s">
-        <v>1982</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1983</v>
+        <v>1981</v>
       </c>
       <c r="B533" t="s">
         <v>9</v>
       </c>
       <c r="C533" t="s">
-        <v>1984</v>
+        <v>1982</v>
       </c>
       <c r="D533" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E533" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F533" t="s">
         <v>53</v>
       </c>
       <c r="G533" s="1" t="s">
-        <v>1985</v>
+        <v>1983</v>
       </c>
       <c r="H533" t="s">
-        <v>1986</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1987</v>
+        <v>1985</v>
       </c>
       <c r="B534" t="s">
         <v>9</v>
       </c>
       <c r="C534" t="s">
-        <v>1988</v>
+        <v>1986</v>
       </c>
       <c r="D534" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E534" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F534" t="s">
         <v>53</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="H534" t="s">
-        <v>1990</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1991</v>
+        <v>1989</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="D535" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E535" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F535" t="s">
         <v>53</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>1993</v>
+        <v>1991</v>
       </c>
       <c r="H535" t="s">
-        <v>1994</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
-        <v>1996</v>
+        <v>1994</v>
       </c>
       <c r="D536" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E536" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F536" t="s">
         <v>53</v>
       </c>
       <c r="G536" s="1" t="s">
-        <v>1997</v>
+        <v>1995</v>
       </c>
       <c r="H536" t="s">
-        <v>1998</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1999</v>
+        <v>1997</v>
       </c>
       <c r="B537" t="s">
         <v>9</v>
       </c>
       <c r="C537" t="s">
-        <v>2000</v>
+        <v>1998</v>
       </c>
       <c r="D537" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E537" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F537" t="s">
         <v>53</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>2001</v>
+        <v>1999</v>
       </c>
       <c r="H537" t="s">
-        <v>2002</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>2003</v>
+        <v>2001</v>
       </c>
       <c r="B538" t="s">
         <v>9</v>
       </c>
       <c r="C538" t="s">
-        <v>2004</v>
+        <v>2002</v>
       </c>
       <c r="D538" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E538" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F538" t="s">
         <v>53</v>
       </c>
       <c r="G538" s="1" t="s">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="H538" t="s">
-        <v>2006</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
+        <v>2005</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D539" t="s">
+        <v>690</v>
+      </c>
+      <c r="E539" t="s">
+        <v>691</v>
+      </c>
+      <c r="F539" t="s">
+        <v>53</v>
+      </c>
+      <c r="G539" s="1" t="s">
         <v>2007</v>
       </c>
-      <c r="B539" t="s">
-[...2 lines deleted...]
-      <c r="C539" t="s">
+      <c r="H539" t="s">
         <v>2008</v>
-      </c>
-[...13 lines deleted...]
-        <v>2010</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>2011</v>
+        <v>2009</v>
       </c>
       <c r="B540" t="s">
         <v>9</v>
       </c>
       <c r="C540" t="s">
-        <v>2012</v>
+        <v>2010</v>
       </c>
       <c r="D540" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E540" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F540" t="s">
         <v>53</v>
       </c>
       <c r="G540" s="1" t="s">
-        <v>2013</v>
+        <v>2011</v>
       </c>
       <c r="H540" t="s">
-        <v>2014</v>
+        <v>2012</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
+        <v>2013</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2014</v>
+      </c>
+      <c r="D541" t="s">
+        <v>690</v>
+      </c>
+      <c r="E541" t="s">
+        <v>691</v>
+      </c>
+      <c r="F541" t="s">
+        <v>141</v>
+      </c>
+      <c r="G541" s="1" t="s">
         <v>2015</v>
       </c>
-      <c r="B541" t="s">
-[...2 lines deleted...]
-      <c r="C541" t="s">
+      <c r="H541" t="s">
         <v>2016</v>
-      </c>
-[...13 lines deleted...]
-        <v>2018</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="B542" t="s">
         <v>9</v>
       </c>
       <c r="C542" t="s">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="D542" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E542" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F542" t="s">
         <v>53</v>
       </c>
       <c r="G542" s="1" t="s">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="H542" t="s">
-        <v>2022</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="B543" t="s">
         <v>9</v>
       </c>
       <c r="C543" t="s">
-        <v>2024</v>
+        <v>2022</v>
       </c>
       <c r="D543" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E543" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F543" t="s">
         <v>53</v>
       </c>
       <c r="G543" s="1" t="s">
-        <v>2025</v>
+        <v>2023</v>
       </c>
       <c r="H543" t="s">
-        <v>2026</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>2027</v>
+        <v>2025</v>
       </c>
       <c r="B544" t="s">
         <v>9</v>
       </c>
       <c r="C544" t="s">
-        <v>2028</v>
+        <v>2026</v>
       </c>
       <c r="D544" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E544" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F544" t="s">
         <v>53</v>
       </c>
       <c r="G544" s="1" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="H544" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
+        <v>2029</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D545" t="s">
+        <v>690</v>
+      </c>
+      <c r="E545" t="s">
+        <v>691</v>
+      </c>
+      <c r="F545" t="s">
+        <v>53</v>
+      </c>
+      <c r="G545" s="1" t="s">
         <v>2031</v>
       </c>
-      <c r="B545" t="s">
-[...2 lines deleted...]
-      <c r="C545" t="s">
+      <c r="H545" t="s">
         <v>2032</v>
-      </c>
-[...13 lines deleted...]
-        <v>2034</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
+        <v>2033</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D546" t="s">
+        <v>690</v>
+      </c>
+      <c r="E546" t="s">
+        <v>691</v>
+      </c>
+      <c r="F546" t="s">
+        <v>53</v>
+      </c>
+      <c r="G546" s="1" t="s">
         <v>2035</v>
       </c>
-      <c r="B546" t="s">
-[...2 lines deleted...]
-      <c r="C546" t="s">
+      <c r="H546" t="s">
         <v>2036</v>
-      </c>
-[...13 lines deleted...]
-        <v>2038</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
+        <v>2037</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>2038</v>
+      </c>
+      <c r="D547" t="s">
+        <v>690</v>
+      </c>
+      <c r="E547" t="s">
+        <v>691</v>
+      </c>
+      <c r="F547" t="s">
+        <v>40</v>
+      </c>
+      <c r="G547" s="1" t="s">
         <v>2039</v>
       </c>
-      <c r="B547" t="s">
-[...2 lines deleted...]
-      <c r="C547" t="s">
+      <c r="H547" t="s">
         <v>2040</v>
-      </c>
-[...13 lines deleted...]
-        <v>2042</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
+        <v>2041</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
+        <v>2042</v>
+      </c>
+      <c r="D548" t="s">
+        <v>690</v>
+      </c>
+      <c r="E548" t="s">
+        <v>691</v>
+      </c>
+      <c r="F548" t="s">
+        <v>13</v>
+      </c>
+      <c r="G548" s="1" t="s">
         <v>2043</v>
       </c>
-      <c r="B548" t="s">
-[...2 lines deleted...]
-      <c r="C548" t="s">
+      <c r="H548" t="s">
         <v>2044</v>
-      </c>
-[...13 lines deleted...]
-        <v>2046</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2047</v>
+        <v>2045</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2048</v>
+        <v>2046</v>
       </c>
       <c r="D549" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E549" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F549" t="s">
         <v>22</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2049</v>
+        <v>2047</v>
       </c>
       <c r="H549" t="s">
-        <v>2050</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2051</v>
+        <v>2049</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2052</v>
+        <v>2050</v>
       </c>
       <c r="D550" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E550" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F550" t="s">
         <v>22</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2053</v>
+        <v>2051</v>
       </c>
       <c r="H550" t="s">
-        <v>2054</v>
+        <v>2052</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
+        <v>2053</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
+        <v>2054</v>
+      </c>
+      <c r="D551" t="s">
+        <v>690</v>
+      </c>
+      <c r="E551" t="s">
+        <v>691</v>
+      </c>
+      <c r="F551" t="s">
+        <v>22</v>
+      </c>
+      <c r="G551" s="1" t="s">
         <v>2055</v>
       </c>
-      <c r="B551" t="s">
-[...2 lines deleted...]
-      <c r="C551" t="s">
+      <c r="H551" t="s">
         <v>2056</v>
-      </c>
-[...13 lines deleted...]
-        <v>2058</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2059</v>
+        <v>2057</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2060</v>
+        <v>2058</v>
       </c>
       <c r="D552" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E552" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F552" t="s">
         <v>22</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2061</v>
+        <v>2059</v>
       </c>
       <c r="H552" t="s">
-        <v>2062</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
+        <v>2061</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>2062</v>
+      </c>
+      <c r="D553" t="s">
+        <v>690</v>
+      </c>
+      <c r="E553" t="s">
+        <v>691</v>
+      </c>
+      <c r="F553" t="s">
+        <v>13</v>
+      </c>
+      <c r="G553" s="1" t="s">
         <v>2063</v>
       </c>
-      <c r="B553" t="s">
-[...2 lines deleted...]
-      <c r="C553" t="s">
+      <c r="H553" t="s">
         <v>2064</v>
-      </c>
-[...13 lines deleted...]
-        <v>2066</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
+        <v>2065</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>2066</v>
+      </c>
+      <c r="D554" t="s">
+        <v>690</v>
+      </c>
+      <c r="E554" t="s">
+        <v>691</v>
+      </c>
+      <c r="F554" t="s">
+        <v>22</v>
+      </c>
+      <c r="G554" s="1" t="s">
         <v>2067</v>
       </c>
-      <c r="B554" t="s">
-[...2 lines deleted...]
-      <c r="C554" t="s">
+      <c r="H554" t="s">
         <v>2068</v>
-      </c>
-[...13 lines deleted...]
-        <v>2070</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>2071</v>
+        <v>2069</v>
       </c>
       <c r="B555" t="s">
         <v>9</v>
       </c>
       <c r="C555" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
       <c r="D555" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E555" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F555" t="s">
         <v>22</v>
       </c>
       <c r="G555" s="1" t="s">
-        <v>2073</v>
+        <v>2071</v>
       </c>
       <c r="H555" t="s">
-        <v>2074</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
+        <v>2073</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>2074</v>
+      </c>
+      <c r="D556" t="s">
+        <v>690</v>
+      </c>
+      <c r="E556" t="s">
+        <v>691</v>
+      </c>
+      <c r="F556" t="s">
+        <v>13</v>
+      </c>
+      <c r="G556" s="1" t="s">
         <v>2075</v>
       </c>
-      <c r="B556" t="s">
-[...2 lines deleted...]
-      <c r="C556" t="s">
+      <c r="H556" t="s">
         <v>2076</v>
-      </c>
-[...13 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
+        <v>2077</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D557" t="s">
+        <v>690</v>
+      </c>
+      <c r="E557" t="s">
+        <v>691</v>
+      </c>
+      <c r="F557" t="s">
+        <v>22</v>
+      </c>
+      <c r="G557" s="1" t="s">
         <v>2079</v>
       </c>
-      <c r="B557" t="s">
-[...2 lines deleted...]
-      <c r="C557" t="s">
+      <c r="H557" t="s">
         <v>2080</v>
-      </c>
-[...13 lines deleted...]
-        <v>2082</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
+        <v>2081</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>2082</v>
+      </c>
+      <c r="D558" t="s">
+        <v>690</v>
+      </c>
+      <c r="E558" t="s">
+        <v>691</v>
+      </c>
+      <c r="F558" t="s">
+        <v>22</v>
+      </c>
+      <c r="G558" s="1" t="s">
         <v>2083</v>
       </c>
-      <c r="B558" t="s">
-[...2 lines deleted...]
-      <c r="C558" t="s">
+      <c r="H558" t="s">
         <v>2084</v>
-      </c>
-[...13 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D559" t="s">
+        <v>690</v>
+      </c>
+      <c r="E559" t="s">
+        <v>691</v>
+      </c>
+      <c r="F559" t="s">
+        <v>53</v>
+      </c>
+      <c r="G559" s="1" t="s">
         <v>2087</v>
       </c>
-      <c r="B559" t="s">
-[...2 lines deleted...]
-      <c r="C559" t="s">
+      <c r="H559" t="s">
         <v>2088</v>
-      </c>
-[...13 lines deleted...]
-        <v>2090</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>2091</v>
+        <v>2089</v>
       </c>
       <c r="B560" t="s">
         <v>9</v>
       </c>
       <c r="C560" t="s">
-        <v>2092</v>
+        <v>2090</v>
       </c>
       <c r="D560" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E560" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F560" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="1" t="s">
-        <v>2093</v>
+        <v>2091</v>
       </c>
       <c r="H560" t="s">
-        <v>2094</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
+        <v>2093</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D561" t="s">
+        <v>690</v>
+      </c>
+      <c r="E561" t="s">
+        <v>691</v>
+      </c>
+      <c r="F561" t="s">
+        <v>13</v>
+      </c>
+      <c r="G561" s="1" t="s">
         <v>2095</v>
       </c>
-      <c r="B561" t="s">
-[...2 lines deleted...]
-      <c r="C561" t="s">
+      <c r="H561" t="s">
         <v>2096</v>
-      </c>
-[...13 lines deleted...]
-        <v>2098</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
+        <v>2097</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D562" t="s">
+        <v>690</v>
+      </c>
+      <c r="E562" t="s">
+        <v>691</v>
+      </c>
+      <c r="F562" t="s">
+        <v>13</v>
+      </c>
+      <c r="G562" s="1" t="s">
         <v>2099</v>
       </c>
-      <c r="B562" t="s">
-[...2 lines deleted...]
-      <c r="C562" t="s">
+      <c r="H562" t="s">
         <v>2100</v>
-      </c>
-[...13 lines deleted...]
-        <v>2102</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
+        <v>2101</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2102</v>
+      </c>
+      <c r="D563" t="s">
+        <v>690</v>
+      </c>
+      <c r="E563" t="s">
+        <v>691</v>
+      </c>
+      <c r="F563" t="s">
+        <v>533</v>
+      </c>
+      <c r="G563" s="1" t="s">
         <v>2103</v>
       </c>
-      <c r="B563" t="s">
-[...2 lines deleted...]
-      <c r="C563" t="s">
+      <c r="H563" t="s">
         <v>2104</v>
-      </c>
-[...13 lines deleted...]
-        <v>2106</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
+        <v>2105</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2106</v>
+      </c>
+      <c r="D564" t="s">
+        <v>690</v>
+      </c>
+      <c r="E564" t="s">
+        <v>691</v>
+      </c>
+      <c r="F564" t="s">
+        <v>533</v>
+      </c>
+      <c r="G564" s="1" t="s">
         <v>2107</v>
       </c>
-      <c r="B564" t="s">
-[...2 lines deleted...]
-      <c r="C564" t="s">
+      <c r="H564" t="s">
         <v>2108</v>
-      </c>
-[...13 lines deleted...]
-        <v>2110</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
+        <v>2109</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>2110</v>
+      </c>
+      <c r="D565" t="s">
+        <v>690</v>
+      </c>
+      <c r="E565" t="s">
+        <v>691</v>
+      </c>
+      <c r="F565" t="s">
+        <v>13</v>
+      </c>
+      <c r="G565" s="1" t="s">
         <v>2111</v>
       </c>
-      <c r="B565" t="s">
-[...2 lines deleted...]
-      <c r="C565" t="s">
+      <c r="H565" t="s">
         <v>2112</v>
-      </c>
-[...13 lines deleted...]
-        <v>2114</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
+        <v>2113</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D566" t="s">
+        <v>690</v>
+      </c>
+      <c r="E566" t="s">
+        <v>691</v>
+      </c>
+      <c r="F566" t="s">
+        <v>13</v>
+      </c>
+      <c r="G566" s="1" t="s">
         <v>2115</v>
       </c>
-      <c r="B566" t="s">
-[...2 lines deleted...]
-      <c r="C566" t="s">
+      <c r="H566" t="s">
         <v>2116</v>
-      </c>
-[...13 lines deleted...]
-        <v>2118</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
+        <v>2117</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D567" t="s">
+        <v>690</v>
+      </c>
+      <c r="E567" t="s">
+        <v>691</v>
+      </c>
+      <c r="F567" t="s">
+        <v>40</v>
+      </c>
+      <c r="G567" s="1" t="s">
         <v>2119</v>
       </c>
-      <c r="B567" t="s">
-[...2 lines deleted...]
-      <c r="C567" t="s">
+      <c r="H567" t="s">
         <v>2120</v>
-      </c>
-[...13 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>2123</v>
+        <v>2121</v>
       </c>
       <c r="B568" t="s">
         <v>9</v>
       </c>
       <c r="C568" t="s">
-        <v>2124</v>
+        <v>2122</v>
       </c>
       <c r="D568" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E568" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F568" t="s">
         <v>62</v>
       </c>
       <c r="G568" s="1" t="s">
-        <v>2125</v>
+        <v>2123</v>
       </c>
       <c r="H568" t="s">
-        <v>2126</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>2127</v>
+        <v>2125</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
-        <v>2128</v>
+        <v>2126</v>
       </c>
       <c r="D569" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E569" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F569" t="s">
         <v>62</v>
       </c>
       <c r="G569" s="1" t="s">
-        <v>2129</v>
+        <v>2127</v>
       </c>
       <c r="H569" t="s">
-        <v>2130</v>
+        <v>2128</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
+        <v>2129</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2130</v>
+      </c>
+      <c r="D570" t="s">
+        <v>690</v>
+      </c>
+      <c r="E570" t="s">
+        <v>691</v>
+      </c>
+      <c r="F570" t="s">
+        <v>62</v>
+      </c>
+      <c r="G570" s="1" t="s">
         <v>2131</v>
       </c>
-      <c r="B570" t="s">
-[...2 lines deleted...]
-      <c r="C570" t="s">
+      <c r="H570" t="s">
         <v>2132</v>
-      </c>
-[...13 lines deleted...]
-        <v>2134</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
+        <v>2133</v>
+      </c>
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D571" t="s">
+        <v>690</v>
+      </c>
+      <c r="E571" t="s">
+        <v>691</v>
+      </c>
+      <c r="F571" t="s">
+        <v>62</v>
+      </c>
+      <c r="G571" s="1" t="s">
         <v>2135</v>
       </c>
-      <c r="B571" t="s">
-[...2 lines deleted...]
-      <c r="C571" t="s">
+      <c r="H571" t="s">
         <v>2136</v>
-      </c>
-[...13 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>2139</v>
+        <v>2137</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
-        <v>2140</v>
+        <v>2138</v>
       </c>
       <c r="D572" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E572" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F572" t="s">
         <v>22</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>2141</v>
+        <v>2139</v>
       </c>
       <c r="H572" t="s">
-        <v>2142</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2143</v>
+        <v>2141</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2144</v>
+        <v>2142</v>
       </c>
       <c r="D573" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E573" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F573" t="s">
         <v>35</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2145</v>
+        <v>2143</v>
       </c>
       <c r="H573" t="s">
-        <v>2146</v>
+        <v>2144</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
+        <v>2145</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2146</v>
+      </c>
+      <c r="D574" t="s">
+        <v>690</v>
+      </c>
+      <c r="E574" t="s">
+        <v>691</v>
+      </c>
+      <c r="F574" t="s">
+        <v>22</v>
+      </c>
+      <c r="G574" s="1" t="s">
         <v>2147</v>
       </c>
-      <c r="B574" t="s">
-[...2 lines deleted...]
-      <c r="C574" t="s">
+      <c r="H574" t="s">
         <v>2148</v>
-      </c>
-[...13 lines deleted...]
-        <v>2150</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>2151</v>
+        <v>2149</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
-        <v>2152</v>
+        <v>2150</v>
       </c>
       <c r="D575" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E575" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F575" t="s">
         <v>35</v>
       </c>
       <c r="G575" s="1" t="s">
-        <v>2153</v>
+        <v>2151</v>
       </c>
       <c r="H575" t="s">
-        <v>2154</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>2155</v>
+        <v>2153</v>
       </c>
       <c r="B576" t="s">
         <v>9</v>
       </c>
       <c r="C576" t="s">
-        <v>2156</v>
+        <v>2154</v>
       </c>
       <c r="D576" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E576" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F576" t="s">
         <v>35</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2157</v>
+        <v>2155</v>
       </c>
       <c r="H576" t="s">
-        <v>2158</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2159</v>
+        <v>2157</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2160</v>
+        <v>2158</v>
       </c>
       <c r="D577" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E577" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F577" t="s">
         <v>35</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2161</v>
+        <v>2159</v>
       </c>
       <c r="H577" t="s">
-        <v>2162</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2163</v>
+        <v>2161</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2164</v>
+        <v>2162</v>
       </c>
       <c r="D578" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E578" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F578" t="s">
         <v>35</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>2165</v>
+        <v>2163</v>
       </c>
       <c r="H578" t="s">
-        <v>2166</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
+        <v>2165</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D579" t="s">
+        <v>690</v>
+      </c>
+      <c r="E579" t="s">
+        <v>691</v>
+      </c>
+      <c r="F579" t="s">
+        <v>35</v>
+      </c>
+      <c r="G579" s="1" t="s">
         <v>2167</v>
       </c>
-      <c r="B579" t="s">
-[...2 lines deleted...]
-      <c r="C579" t="s">
+      <c r="H579" t="s">
         <v>2168</v>
-      </c>
-[...13 lines deleted...]
-        <v>2170</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>2171</v>
+        <v>2169</v>
       </c>
       <c r="B580" t="s">
         <v>9</v>
       </c>
       <c r="C580" t="s">
-        <v>2172</v>
+        <v>2170</v>
       </c>
       <c r="D580" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E580" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F580" t="s">
         <v>35</v>
       </c>
       <c r="G580" s="1" t="s">
-        <v>2173</v>
+        <v>2171</v>
       </c>
       <c r="H580" t="s">
-        <v>2174</v>
+        <v>2172</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
+        <v>2173</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
+        <v>2174</v>
+      </c>
+      <c r="D581" t="s">
+        <v>690</v>
+      </c>
+      <c r="E581" t="s">
+        <v>691</v>
+      </c>
+      <c r="F581" t="s">
+        <v>141</v>
+      </c>
+      <c r="G581" s="1" t="s">
         <v>2175</v>
       </c>
-      <c r="B581" t="s">
-[...2 lines deleted...]
-      <c r="C581" t="s">
+      <c r="H581" t="s">
         <v>2176</v>
-      </c>
-[...13 lines deleted...]
-        <v>2178</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>2179</v>
+        <v>2177</v>
       </c>
       <c r="B582" t="s">
         <v>9</v>
       </c>
       <c r="C582" t="s">
-        <v>2180</v>
+        <v>2178</v>
       </c>
       <c r="D582" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E582" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F582" t="s">
         <v>35</v>
       </c>
       <c r="G582" s="1" t="s">
-        <v>2181</v>
+        <v>2179</v>
       </c>
       <c r="H582" t="s">
-        <v>2182</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>2183</v>
+        <v>2181</v>
       </c>
       <c r="B583" t="s">
         <v>9</v>
       </c>
       <c r="C583" t="s">
-        <v>2184</v>
+        <v>2182</v>
       </c>
       <c r="D583" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E583" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F583" t="s">
         <v>35</v>
       </c>
       <c r="G583" s="1" t="s">
-        <v>2185</v>
+        <v>2183</v>
       </c>
       <c r="H583" t="s">
-        <v>2186</v>
+        <v>2184</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
+        <v>2185</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
+        <v>2186</v>
+      </c>
+      <c r="D584" t="s">
+        <v>690</v>
+      </c>
+      <c r="E584" t="s">
+        <v>691</v>
+      </c>
+      <c r="F584" t="s">
+        <v>35</v>
+      </c>
+      <c r="G584" s="1" t="s">
         <v>2187</v>
       </c>
-      <c r="B584" t="s">
-[...2 lines deleted...]
-      <c r="C584" t="s">
+      <c r="H584" t="s">
         <v>2188</v>
-      </c>
-[...13 lines deleted...]
-        <v>2190</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D585" t="s">
+        <v>690</v>
+      </c>
+      <c r="E585" t="s">
+        <v>691</v>
+      </c>
+      <c r="F585" t="s">
+        <v>35</v>
+      </c>
+      <c r="G585" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="B585" t="s">
-[...2 lines deleted...]
-      <c r="C585" t="s">
+      <c r="H585" t="s">
         <v>2192</v>
-      </c>
-[...13 lines deleted...]
-        <v>2194</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>2195</v>
+        <v>2193</v>
       </c>
       <c r="B586" t="s">
         <v>9</v>
       </c>
       <c r="C586" t="s">
-        <v>2196</v>
+        <v>2194</v>
       </c>
       <c r="D586" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E586" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F586" t="s">
         <v>22</v>
       </c>
       <c r="G586" s="1" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
       <c r="H586" t="s">
-        <v>2198</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="B587" t="s">
         <v>9</v>
       </c>
       <c r="C587" t="s">
-        <v>2200</v>
+        <v>2198</v>
       </c>
       <c r="D587" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E587" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F587" t="s">
         <v>22</v>
       </c>
       <c r="G587" s="1" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
       <c r="H587" t="s">
-        <v>2202</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>2203</v>
+        <v>2201</v>
       </c>
       <c r="B588" t="s">
         <v>9</v>
       </c>
       <c r="C588" t="s">
-        <v>2204</v>
+        <v>2202</v>
       </c>
       <c r="D588" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E588" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F588" t="s">
         <v>22</v>
       </c>
       <c r="G588" s="1" t="s">
-        <v>2205</v>
+        <v>2203</v>
       </c>
       <c r="H588" t="s">
-        <v>2206</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
+        <v>2205</v>
+      </c>
+      <c r="B589" t="s">
+        <v>9</v>
+      </c>
+      <c r="C589" t="s">
+        <v>2206</v>
+      </c>
+      <c r="D589" t="s">
+        <v>690</v>
+      </c>
+      <c r="E589" t="s">
+        <v>691</v>
+      </c>
+      <c r="F589" t="s">
+        <v>22</v>
+      </c>
+      <c r="G589" s="1" t="s">
         <v>2207</v>
       </c>
-      <c r="B589" t="s">
-[...2 lines deleted...]
-      <c r="C589" t="s">
+      <c r="H589" t="s">
         <v>2208</v>
-      </c>
-[...13 lines deleted...]
-        <v>2210</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
+        <v>2209</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
+        <v>2210</v>
+      </c>
+      <c r="D590" t="s">
+        <v>690</v>
+      </c>
+      <c r="E590" t="s">
+        <v>691</v>
+      </c>
+      <c r="F590" t="s">
+        <v>22</v>
+      </c>
+      <c r="G590" s="1" t="s">
         <v>2211</v>
       </c>
-      <c r="B590" t="s">
-[...2 lines deleted...]
-      <c r="C590" t="s">
+      <c r="H590" t="s">
         <v>2212</v>
-      </c>
-[...13 lines deleted...]
-        <v>2214</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>2215</v>
+        <v>2213</v>
       </c>
       <c r="B591" t="s">
         <v>9</v>
       </c>
       <c r="C591" t="s">
-        <v>2216</v>
+        <v>2214</v>
       </c>
       <c r="D591" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E591" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F591" t="s">
         <v>53</v>
       </c>
       <c r="G591" s="1" t="s">
-        <v>2217</v>
+        <v>2215</v>
       </c>
       <c r="H591" t="s">
-        <v>2218</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D592" t="s">
+        <v>690</v>
+      </c>
+      <c r="E592" t="s">
+        <v>691</v>
+      </c>
+      <c r="F592" t="s">
+        <v>53</v>
+      </c>
+      <c r="G592" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="B592" t="s">
-[...2 lines deleted...]
-      <c r="C592" t="s">
+      <c r="H592" t="s">
         <v>2220</v>
-      </c>
-[...13 lines deleted...]
-        <v>2222</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2223</v>
+        <v>2221</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2224</v>
+        <v>2222</v>
       </c>
       <c r="D593" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E593" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F593" t="s">
         <v>53</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>2225</v>
+        <v>2223</v>
       </c>
       <c r="H593" t="s">
-        <v>2226</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D594" t="s">
+        <v>690</v>
+      </c>
+      <c r="E594" t="s">
+        <v>691</v>
+      </c>
+      <c r="F594" t="s">
+        <v>22</v>
+      </c>
+      <c r="G594" s="1" t="s">
         <v>2227</v>
       </c>
-      <c r="B594" t="s">
-[...2 lines deleted...]
-      <c r="C594" t="s">
+      <c r="H594" t="s">
         <v>2228</v>
-      </c>
-[...13 lines deleted...]
-        <v>2230</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>2231</v>
+        <v>2229</v>
       </c>
       <c r="B595" t="s">
         <v>9</v>
       </c>
       <c r="C595" t="s">
-        <v>2232</v>
+        <v>2230</v>
       </c>
       <c r="D595" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E595" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F595" t="s">
         <v>53</v>
       </c>
       <c r="G595" s="1" t="s">
-        <v>2233</v>
+        <v>2231</v>
       </c>
       <c r="H595" t="s">
-        <v>2234</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>2235</v>
+        <v>2233</v>
       </c>
       <c r="B596" t="s">
         <v>9</v>
       </c>
       <c r="C596" t="s">
-        <v>2236</v>
+        <v>2234</v>
       </c>
       <c r="D596" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E596" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F596" t="s">
         <v>53</v>
       </c>
       <c r="G596" s="1" t="s">
-        <v>2237</v>
+        <v>2235</v>
       </c>
       <c r="H596" t="s">
-        <v>2082</v>
+        <v>2236</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
+        <v>2237</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
         <v>2238</v>
       </c>
-      <c r="B597" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D597" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E597" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F597" t="s">
         <v>53</v>
       </c>
       <c r="G597" s="1" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H597" t="s">
         <v>2240</v>
-      </c>
-[...1 lines deleted...]
-        <v>2241</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
+        <v>2241</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
         <v>2242</v>
       </c>
-      <c r="B598" t="s">
-[...2 lines deleted...]
-      <c r="C598" t="s">
+      <c r="D598" t="s">
+        <v>690</v>
+      </c>
+      <c r="E598" t="s">
+        <v>691</v>
+      </c>
+      <c r="F598" t="s">
+        <v>53</v>
+      </c>
+      <c r="G598" s="1" t="s">
         <v>2243</v>
       </c>
-      <c r="D598" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H598" t="s">
-        <v>2245</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
+        <v>2244</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2245</v>
+      </c>
+      <c r="D599" t="s">
+        <v>690</v>
+      </c>
+      <c r="E599" t="s">
+        <v>691</v>
+      </c>
+      <c r="F599" t="s">
+        <v>53</v>
+      </c>
+      <c r="G599" s="1" t="s">
         <v>2246</v>
       </c>
-      <c r="B599" t="s">
-[...2 lines deleted...]
-      <c r="C599" t="s">
+      <c r="H599" t="s">
         <v>2247</v>
-      </c>
-[...13 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
+        <v>2248</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D600" t="s">
+        <v>690</v>
+      </c>
+      <c r="E600" t="s">
+        <v>691</v>
+      </c>
+      <c r="F600" t="s">
+        <v>35</v>
+      </c>
+      <c r="G600" s="1" t="s">
         <v>2250</v>
       </c>
-      <c r="B600" t="s">
-[...2 lines deleted...]
-      <c r="C600" t="s">
+      <c r="H600" t="s">
         <v>2251</v>
-      </c>
-[...13 lines deleted...]
-        <v>2253</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
+        <v>2252</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2253</v>
+      </c>
+      <c r="D601" t="s">
+        <v>690</v>
+      </c>
+      <c r="E601" t="s">
+        <v>691</v>
+      </c>
+      <c r="F601" t="s">
+        <v>40</v>
+      </c>
+      <c r="G601" s="1" t="s">
         <v>2254</v>
       </c>
-      <c r="B601" t="s">
-[...2 lines deleted...]
-      <c r="C601" t="s">
+      <c r="H601" t="s">
         <v>2255</v>
-      </c>
-[...13 lines deleted...]
-        <v>2257</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
+        <v>2256</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2257</v>
+      </c>
+      <c r="D602" t="s">
+        <v>690</v>
+      </c>
+      <c r="E602" t="s">
+        <v>691</v>
+      </c>
+      <c r="F602" t="s">
+        <v>40</v>
+      </c>
+      <c r="G602" s="1" t="s">
         <v>2258</v>
       </c>
-      <c r="B602" t="s">
-[...2 lines deleted...]
-      <c r="C602" t="s">
+      <c r="H602" t="s">
         <v>2259</v>
-      </c>
-[...13 lines deleted...]
-        <v>2261</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
+        <v>2260</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2261</v>
+      </c>
+      <c r="D603" t="s">
+        <v>690</v>
+      </c>
+      <c r="E603" t="s">
+        <v>691</v>
+      </c>
+      <c r="F603" t="s">
+        <v>13</v>
+      </c>
+      <c r="G603" s="1" t="s">
         <v>2262</v>
       </c>
-      <c r="B603" t="s">
-[...2 lines deleted...]
-      <c r="C603" t="s">
+      <c r="H603" t="s">
         <v>2263</v>
-      </c>
-[...13 lines deleted...]
-        <v>2265</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
+        <v>2264</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D604" t="s">
+        <v>690</v>
+      </c>
+      <c r="E604" t="s">
+        <v>691</v>
+      </c>
+      <c r="F604" t="s">
+        <v>53</v>
+      </c>
+      <c r="G604" s="1" t="s">
         <v>2266</v>
       </c>
-      <c r="B604" t="s">
-[...2 lines deleted...]
-      <c r="C604" t="s">
+      <c r="H604" t="s">
         <v>2267</v>
-      </c>
-[...13 lines deleted...]
-        <v>2269</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
+        <v>2268</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2269</v>
+      </c>
+      <c r="D605" t="s">
+        <v>690</v>
+      </c>
+      <c r="E605" t="s">
+        <v>691</v>
+      </c>
+      <c r="F605" t="s">
+        <v>53</v>
+      </c>
+      <c r="G605" s="1" t="s">
         <v>2270</v>
       </c>
-      <c r="B605" t="s">
-[...2 lines deleted...]
-      <c r="C605" t="s">
+      <c r="H605" t="s">
         <v>2271</v>
-      </c>
-[...13 lines deleted...]
-        <v>2273</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>2274</v>
+        <v>2272</v>
       </c>
       <c r="B606" t="s">
         <v>9</v>
       </c>
       <c r="C606" t="s">
-        <v>2275</v>
+        <v>2273</v>
       </c>
       <c r="D606" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E606" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F606" t="s">
         <v>22</v>
       </c>
       <c r="G606" s="1" t="s">
-        <v>2276</v>
+        <v>2274</v>
       </c>
       <c r="H606" t="s">
-        <v>2277</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
+        <v>2276</v>
+      </c>
+      <c r="B607" t="s">
+        <v>9</v>
+      </c>
+      <c r="C607" t="s">
+        <v>2277</v>
+      </c>
+      <c r="D607" t="s">
+        <v>690</v>
+      </c>
+      <c r="E607" t="s">
+        <v>691</v>
+      </c>
+      <c r="F607" t="s">
+        <v>35</v>
+      </c>
+      <c r="G607" s="1" t="s">
         <v>2278</v>
       </c>
-      <c r="B607" t="s">
-[...2 lines deleted...]
-      <c r="C607" t="s">
+      <c r="H607" t="s">
         <v>2279</v>
-      </c>
-[...13 lines deleted...]
-        <v>2281</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
+        <v>2280</v>
+      </c>
+      <c r="B608" t="s">
+        <v>9</v>
+      </c>
+      <c r="C608" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D608" t="s">
+        <v>690</v>
+      </c>
+      <c r="E608" t="s">
+        <v>691</v>
+      </c>
+      <c r="F608" t="s">
+        <v>22</v>
+      </c>
+      <c r="G608" s="1" t="s">
         <v>2282</v>
       </c>
-      <c r="B608" t="s">
-[...2 lines deleted...]
-      <c r="C608" t="s">
+      <c r="H608" t="s">
         <v>2283</v>
-      </c>
-[...13 lines deleted...]
-        <v>2285</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
+        <v>2284</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
+        <v>2285</v>
+      </c>
+      <c r="D609" t="s">
+        <v>690</v>
+      </c>
+      <c r="E609" t="s">
+        <v>691</v>
+      </c>
+      <c r="F609" t="s">
+        <v>40</v>
+      </c>
+      <c r="G609" s="1" t="s">
         <v>2286</v>
       </c>
-      <c r="B609" t="s">
-[...2 lines deleted...]
-      <c r="C609" t="s">
+      <c r="H609" t="s">
         <v>2287</v>
-      </c>
-[...13 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>2290</v>
+        <v>2288</v>
       </c>
       <c r="B610" t="s">
         <v>9</v>
       </c>
       <c r="C610" t="s">
-        <v>2291</v>
+        <v>2289</v>
       </c>
       <c r="D610" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E610" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F610" t="s">
         <v>40</v>
       </c>
       <c r="G610" s="1" t="s">
-        <v>2292</v>
+        <v>2290</v>
       </c>
       <c r="H610" t="s">
-        <v>2293</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
+        <v>2292</v>
+      </c>
+      <c r="B611" t="s">
+        <v>9</v>
+      </c>
+      <c r="C611" t="s">
+        <v>2293</v>
+      </c>
+      <c r="D611" t="s">
+        <v>690</v>
+      </c>
+      <c r="E611" t="s">
+        <v>691</v>
+      </c>
+      <c r="F611" t="s">
+        <v>22</v>
+      </c>
+      <c r="G611" s="1" t="s">
         <v>2294</v>
       </c>
-      <c r="B611" t="s">
-[...2 lines deleted...]
-      <c r="C611" t="s">
+      <c r="H611" t="s">
         <v>2295</v>
-      </c>
-[...13 lines deleted...]
-        <v>2297</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
+        <v>2296</v>
+      </c>
+      <c r="B612" t="s">
+        <v>9</v>
+      </c>
+      <c r="C612" t="s">
+        <v>2297</v>
+      </c>
+      <c r="D612" t="s">
+        <v>690</v>
+      </c>
+      <c r="E612" t="s">
+        <v>691</v>
+      </c>
+      <c r="F612" t="s">
+        <v>40</v>
+      </c>
+      <c r="G612" s="1" t="s">
         <v>2298</v>
       </c>
-      <c r="B612" t="s">
-[...2 lines deleted...]
-      <c r="C612" t="s">
+      <c r="H612" t="s">
         <v>2299</v>
-      </c>
-[...13 lines deleted...]
-        <v>2301</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D613" t="s">
+        <v>690</v>
+      </c>
+      <c r="E613" t="s">
+        <v>691</v>
+      </c>
+      <c r="F613" t="s">
+        <v>554</v>
+      </c>
+      <c r="G613" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="B613" t="s">
-[...2 lines deleted...]
-      <c r="C613" t="s">
+      <c r="H613" t="s">
         <v>2303</v>
-      </c>
-[...13 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D614" t="s">
+        <v>690</v>
+      </c>
+      <c r="E614" t="s">
+        <v>691</v>
+      </c>
+      <c r="F614" t="s">
+        <v>554</v>
+      </c>
+      <c r="G614" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="B614" t="s">
-[...2 lines deleted...]
-      <c r="C614" t="s">
+      <c r="H614" t="s">
         <v>2307</v>
-      </c>
-[...13 lines deleted...]
-        <v>2309</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
+        <v>2308</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D615" t="s">
+        <v>690</v>
+      </c>
+      <c r="E615" t="s">
+        <v>691</v>
+      </c>
+      <c r="F615" t="s">
+        <v>554</v>
+      </c>
+      <c r="G615" s="1" t="s">
         <v>2310</v>
       </c>
-      <c r="B615" t="s">
-[...2 lines deleted...]
-      <c r="C615" t="s">
+      <c r="H615" t="s">
         <v>2311</v>
-      </c>
-[...13 lines deleted...]
-        <v>2313</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B616" t="s">
+        <v>9</v>
+      </c>
+      <c r="C616" t="s">
+        <v>2313</v>
+      </c>
+      <c r="D616" t="s">
+        <v>690</v>
+      </c>
+      <c r="E616" t="s">
+        <v>691</v>
+      </c>
+      <c r="F616" t="s">
+        <v>554</v>
+      </c>
+      <c r="G616" s="1" t="s">
         <v>2314</v>
       </c>
-      <c r="B616" t="s">
-[...2 lines deleted...]
-      <c r="C616" t="s">
+      <c r="H616" t="s">
         <v>2315</v>
-      </c>
-[...13 lines deleted...]
-        <v>2317</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B617" t="s">
+        <v>9</v>
+      </c>
+      <c r="C617" t="s">
+        <v>2317</v>
+      </c>
+      <c r="D617" t="s">
+        <v>690</v>
+      </c>
+      <c r="E617" t="s">
+        <v>691</v>
+      </c>
+      <c r="F617" t="s">
+        <v>554</v>
+      </c>
+      <c r="G617" s="1" t="s">
         <v>2318</v>
       </c>
-      <c r="B617" t="s">
-[...2 lines deleted...]
-      <c r="C617" t="s">
+      <c r="H617" t="s">
         <v>2319</v>
-      </c>
-[...13 lines deleted...]
-        <v>2321</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D618" t="s">
+        <v>690</v>
+      </c>
+      <c r="E618" t="s">
+        <v>691</v>
+      </c>
+      <c r="F618" t="s">
+        <v>13</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>2322</v>
       </c>
-      <c r="B618" t="s">
-[...2 lines deleted...]
-      <c r="C618" t="s">
+      <c r="H618" t="s">
         <v>2323</v>
-      </c>
-[...13 lines deleted...]
-        <v>2325</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
+        <v>2324</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D619" t="s">
+        <v>690</v>
+      </c>
+      <c r="E619" t="s">
+        <v>691</v>
+      </c>
+      <c r="F619" t="s">
+        <v>554</v>
+      </c>
+      <c r="G619" s="1" t="s">
         <v>2326</v>
       </c>
-      <c r="B619" t="s">
-[...2 lines deleted...]
-      <c r="C619" t="s">
+      <c r="H619" t="s">
         <v>2327</v>
-      </c>
-[...13 lines deleted...]
-        <v>2329</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
+        <v>2328</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2329</v>
+      </c>
+      <c r="D620" t="s">
+        <v>690</v>
+      </c>
+      <c r="E620" t="s">
+        <v>691</v>
+      </c>
+      <c r="F620" t="s">
+        <v>554</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2330</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="H620" t="s">
         <v>2331</v>
-      </c>
-[...13 lines deleted...]
-        <v>2333</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
+        <v>2332</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2333</v>
+      </c>
+      <c r="D621" t="s">
+        <v>690</v>
+      </c>
+      <c r="E621" t="s">
+        <v>691</v>
+      </c>
+      <c r="F621" t="s">
+        <v>554</v>
+      </c>
+      <c r="G621" s="1" t="s">
         <v>2334</v>
       </c>
-      <c r="B621" t="s">
-[...2 lines deleted...]
-      <c r="C621" t="s">
+      <c r="H621" t="s">
         <v>2335</v>
-      </c>
-[...13 lines deleted...]
-        <v>2337</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
+        <v>2336</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D622" t="s">
+        <v>690</v>
+      </c>
+      <c r="E622" t="s">
+        <v>691</v>
+      </c>
+      <c r="F622" t="s">
+        <v>13</v>
+      </c>
+      <c r="G622" s="1" t="s">
         <v>2338</v>
       </c>
-      <c r="B622" t="s">
-[...2 lines deleted...]
-      <c r="C622" t="s">
+      <c r="H622" t="s">
         <v>2339</v>
-      </c>
-[...13 lines deleted...]
-        <v>2341</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
+        <v>2340</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2341</v>
+      </c>
+      <c r="D623" t="s">
+        <v>690</v>
+      </c>
+      <c r="E623" t="s">
+        <v>691</v>
+      </c>
+      <c r="F623" t="s">
+        <v>40</v>
+      </c>
+      <c r="G623" s="1" t="s">
         <v>2342</v>
       </c>
-      <c r="B623" t="s">
-[...2 lines deleted...]
-      <c r="C623" t="s">
+      <c r="H623" t="s">
         <v>2343</v>
-      </c>
-[...13 lines deleted...]
-        <v>2345</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
+        <v>2344</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2345</v>
+      </c>
+      <c r="D624" t="s">
+        <v>690</v>
+      </c>
+      <c r="E624" t="s">
+        <v>691</v>
+      </c>
+      <c r="F624" t="s">
+        <v>167</v>
+      </c>
+      <c r="G624" s="1" t="s">
         <v>2346</v>
       </c>
-      <c r="B624" t="s">
-[...2 lines deleted...]
-      <c r="C624" t="s">
+      <c r="H624" t="s">
         <v>2347</v>
-      </c>
-[...13 lines deleted...]
-        <v>2349</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>2350</v>
+        <v>2348</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>2351</v>
+        <v>2349</v>
       </c>
       <c r="D625" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E625" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F625" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="1" t="s">
-        <v>2352</v>
+        <v>2350</v>
       </c>
       <c r="H625" t="s">
-        <v>2353</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2354</v>
+        <v>2352</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2355</v>
+        <v>2353</v>
       </c>
       <c r="D626" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E626" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F626" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2356</v>
+        <v>2354</v>
       </c>
       <c r="H626" t="s">
-        <v>2357</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2358</v>
+        <v>2356</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2359</v>
+        <v>2357</v>
       </c>
       <c r="D627" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E627" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F627" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2360</v>
+        <v>2358</v>
       </c>
       <c r="H627" t="s">
-        <v>2361</v>
+        <v>2359</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2362</v>
+        <v>2360</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2363</v>
+        <v>2361</v>
       </c>
       <c r="D628" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E628" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F628" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2364</v>
+        <v>2362</v>
       </c>
       <c r="H628" t="s">
-        <v>2365</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>2366</v>
+        <v>2364</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>2367</v>
+        <v>2365</v>
       </c>
       <c r="D629" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E629" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F629" t="s">
         <v>13</v>
       </c>
       <c r="G629" s="1" t="s">
-        <v>2368</v>
+        <v>2366</v>
       </c>
       <c r="H629" t="s">
-        <v>2369</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
+        <v>2368</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2369</v>
+      </c>
+      <c r="D630" t="s">
+        <v>690</v>
+      </c>
+      <c r="E630" t="s">
+        <v>691</v>
+      </c>
+      <c r="F630" t="s">
+        <v>13</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>2370</v>
       </c>
-      <c r="B630" t="s">
-[...2 lines deleted...]
-      <c r="C630" t="s">
+      <c r="H630" t="s">
         <v>2371</v>
-      </c>
-[...13 lines deleted...]
-        <v>2373</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2372</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D631" t="s">
+        <v>690</v>
+      </c>
+      <c r="E631" t="s">
+        <v>691</v>
+      </c>
+      <c r="F631" t="s">
+        <v>13</v>
+      </c>
+      <c r="G631" s="1" t="s">
         <v>2374</v>
       </c>
-      <c r="B631" t="s">
-[...2 lines deleted...]
-      <c r="C631" t="s">
+      <c r="H631" t="s">
         <v>2375</v>
-      </c>
-[...13 lines deleted...]
-        <v>2377</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
+        <v>2376</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2377</v>
+      </c>
+      <c r="D632" t="s">
+        <v>690</v>
+      </c>
+      <c r="E632" t="s">
+        <v>691</v>
+      </c>
+      <c r="F632" t="s">
+        <v>35</v>
+      </c>
+      <c r="G632" s="1" t="s">
         <v>2378</v>
       </c>
-      <c r="B632" t="s">
-[...2 lines deleted...]
-      <c r="C632" t="s">
+      <c r="H632" t="s">
         <v>2379</v>
-      </c>
-[...13 lines deleted...]
-        <v>2381</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>2382</v>
+        <v>2380</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>2383</v>
+        <v>2381</v>
       </c>
       <c r="D633" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E633" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F633" t="s">
         <v>22</v>
       </c>
       <c r="G633" s="1" t="s">
-        <v>2384</v>
+        <v>2382</v>
       </c>
       <c r="H633" t="s">
-        <v>2385</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>2386</v>
+        <v>2384</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>2387</v>
+        <v>2385</v>
       </c>
       <c r="D634" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E634" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F634" t="s">
         <v>22</v>
       </c>
       <c r="G634" s="1" t="s">
-        <v>2388</v>
+        <v>2386</v>
       </c>
       <c r="H634" t="s">
-        <v>2389</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D635" t="s">
+        <v>690</v>
+      </c>
+      <c r="E635" t="s">
+        <v>691</v>
+      </c>
+      <c r="F635" t="s">
+        <v>22</v>
+      </c>
+      <c r="G635" s="1" t="s">
         <v>2390</v>
       </c>
-      <c r="B635" t="s">
-[...2 lines deleted...]
-      <c r="C635" t="s">
+      <c r="H635" t="s">
         <v>2391</v>
-      </c>
-[...13 lines deleted...]
-        <v>2393</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>2392</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2393</v>
+      </c>
+      <c r="D636" t="s">
+        <v>690</v>
+      </c>
+      <c r="E636" t="s">
+        <v>691</v>
+      </c>
+      <c r="F636" t="s">
+        <v>22</v>
+      </c>
+      <c r="G636" s="1" t="s">
         <v>2394</v>
       </c>
-      <c r="B636" t="s">
-[...2 lines deleted...]
-      <c r="C636" t="s">
+      <c r="H636" t="s">
         <v>2395</v>
-      </c>
-[...13 lines deleted...]
-        <v>2397</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>2398</v>
+        <v>2396</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>2399</v>
+        <v>2397</v>
       </c>
       <c r="D637" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E637" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F637" t="s">
         <v>35</v>
       </c>
       <c r="G637" s="1" t="s">
-        <v>2400</v>
+        <v>2398</v>
       </c>
       <c r="H637" t="s">
-        <v>2401</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2400</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2401</v>
+      </c>
+      <c r="D638" t="s">
+        <v>690</v>
+      </c>
+      <c r="E638" t="s">
+        <v>691</v>
+      </c>
+      <c r="F638" t="s">
+        <v>35</v>
+      </c>
+      <c r="G638" s="1" t="s">
         <v>2402</v>
       </c>
-      <c r="B638" t="s">
-[...2 lines deleted...]
-      <c r="C638" t="s">
+      <c r="H638" t="s">
         <v>2403</v>
-      </c>
-[...13 lines deleted...]
-        <v>2405</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
+        <v>2404</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D639" t="s">
+        <v>690</v>
+      </c>
+      <c r="E639" t="s">
+        <v>691</v>
+      </c>
+      <c r="F639" t="s">
+        <v>35</v>
+      </c>
+      <c r="G639" s="1" t="s">
         <v>2406</v>
       </c>
-      <c r="B639" t="s">
-[...2 lines deleted...]
-      <c r="C639" t="s">
+      <c r="H639" t="s">
         <v>2407</v>
-      </c>
-[...13 lines deleted...]
-        <v>2409</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>2410</v>
+        <v>2408</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>2411</v>
+        <v>2409</v>
       </c>
       <c r="D640" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E640" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F640" t="s">
         <v>53</v>
       </c>
       <c r="G640" s="1" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="H640" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
+        <v>2412</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2413</v>
+      </c>
+      <c r="D641" t="s">
+        <v>690</v>
+      </c>
+      <c r="E641" t="s">
+        <v>691</v>
+      </c>
+      <c r="F641" t="s">
+        <v>53</v>
+      </c>
+      <c r="G641" s="1" t="s">
         <v>2414</v>
       </c>
-      <c r="B641" t="s">
-[...2 lines deleted...]
-      <c r="C641" t="s">
+      <c r="H641" t="s">
         <v>2415</v>
-      </c>
-[...13 lines deleted...]
-        <v>2417</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
       <c r="D642" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E642" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F642" t="s">
         <v>53</v>
       </c>
       <c r="G642" s="1" t="s">
-        <v>2420</v>
+        <v>2418</v>
       </c>
       <c r="H642" t="s">
-        <v>2421</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>2422</v>
+        <v>2420</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>2423</v>
+        <v>2421</v>
       </c>
       <c r="D643" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E643" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F643" t="s">
         <v>35</v>
       </c>
       <c r="G643" s="1" t="s">
-        <v>2424</v>
+        <v>2422</v>
       </c>
       <c r="H643" t="s">
-        <v>2425</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>2426</v>
+        <v>2424</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>2427</v>
+        <v>2425</v>
       </c>
       <c r="D644" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E644" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F644" t="s">
         <v>53</v>
       </c>
       <c r="G644" s="1" t="s">
-        <v>2428</v>
+        <v>2426</v>
       </c>
       <c r="H644" t="s">
-        <v>2429</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>2430</v>
+        <v>2428</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>2431</v>
+        <v>2429</v>
       </c>
       <c r="D645" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E645" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F645" t="s">
         <v>35</v>
       </c>
       <c r="G645" s="1" t="s">
-        <v>2432</v>
+        <v>2430</v>
       </c>
       <c r="H645" t="s">
-        <v>2433</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>2434</v>
+        <v>2432</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>2435</v>
+        <v>2433</v>
       </c>
       <c r="D646" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E646" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F646" t="s">
         <v>53</v>
       </c>
       <c r="G646" s="1" t="s">
-        <v>2436</v>
+        <v>2434</v>
       </c>
       <c r="H646" t="s">
-        <v>2437</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2437</v>
+      </c>
+      <c r="D647" t="s">
+        <v>690</v>
+      </c>
+      <c r="E647" t="s">
+        <v>691</v>
+      </c>
+      <c r="F647" t="s">
+        <v>35</v>
+      </c>
+      <c r="G647" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="B647" t="s">
-[...2 lines deleted...]
-      <c r="C647" t="s">
+      <c r="H647" t="s">
         <v>2439</v>
-      </c>
-[...13 lines deleted...]
-        <v>2441</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>2442</v>
+        <v>2440</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>2443</v>
+        <v>2441</v>
       </c>
       <c r="D648" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E648" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F648" t="s">
         <v>53</v>
       </c>
       <c r="G648" s="1" t="s">
-        <v>2444</v>
+        <v>2442</v>
       </c>
       <c r="H648" t="s">
-        <v>2445</v>
+        <v>2443</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>2446</v>
+        <v>2444</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>2447</v>
+        <v>2445</v>
       </c>
       <c r="D649" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E649" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F649" t="s">
         <v>53</v>
       </c>
       <c r="G649" s="1" t="s">
-        <v>2448</v>
+        <v>2446</v>
       </c>
       <c r="H649" t="s">
-        <v>2449</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>2450</v>
+        <v>2448</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>2451</v>
+        <v>2449</v>
       </c>
       <c r="D650" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E650" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F650" t="s">
         <v>53</v>
       </c>
       <c r="G650" s="1" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
       <c r="H650" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
+        <v>2452</v>
+      </c>
+      <c r="B651" t="s">
+        <v>9</v>
+      </c>
+      <c r="C651" t="s">
+        <v>2453</v>
+      </c>
+      <c r="D651" t="s">
+        <v>690</v>
+      </c>
+      <c r="E651" t="s">
+        <v>691</v>
+      </c>
+      <c r="F651" t="s">
+        <v>53</v>
+      </c>
+      <c r="G651" s="1" t="s">
         <v>2454</v>
       </c>
-      <c r="B651" t="s">
-[...2 lines deleted...]
-      <c r="C651" t="s">
+      <c r="H651" t="s">
         <v>2455</v>
-      </c>
-[...13 lines deleted...]
-        <v>2457</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
       <c r="D652" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E652" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F652" t="s">
         <v>53</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
       <c r="H652" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2463</v>
+        <v>2461</v>
       </c>
       <c r="D653" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E653" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F653" t="s">
         <v>35</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2464</v>
+        <v>2462</v>
       </c>
       <c r="H653" t="s">
-        <v>2465</v>
+        <v>2463</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2466</v>
+        <v>2464</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2467</v>
+        <v>2465</v>
       </c>
       <c r="D654" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E654" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F654" t="s">
         <v>53</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2468</v>
+        <v>2466</v>
       </c>
       <c r="H654" t="s">
-        <v>2469</v>
+        <v>2467</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2470</v>
+        <v>2468</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2471</v>
+        <v>2469</v>
       </c>
       <c r="D655" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E655" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F655" t="s">
         <v>35</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2472</v>
+        <v>2470</v>
       </c>
       <c r="H655" t="s">
-        <v>2473</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>2474</v>
+        <v>2472</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>2475</v>
+        <v>2473</v>
       </c>
       <c r="D656" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E656" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F656" t="s">
         <v>53</v>
       </c>
       <c r="G656" s="1" t="s">
-        <v>2476</v>
+        <v>2474</v>
       </c>
       <c r="H656" t="s">
-        <v>2477</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>2478</v>
+        <v>2476</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>2479</v>
+        <v>2477</v>
       </c>
       <c r="D657" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E657" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F657" t="s">
         <v>35</v>
       </c>
       <c r="G657" s="1" t="s">
-        <v>2480</v>
+        <v>2478</v>
       </c>
       <c r="H657" t="s">
-        <v>2481</v>
+        <v>2479</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>2482</v>
+        <v>2480</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>2483</v>
+        <v>2481</v>
       </c>
       <c r="D658" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E658" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F658" t="s">
         <v>53</v>
       </c>
       <c r="G658" s="1" t="s">
-        <v>2484</v>
+        <v>2482</v>
       </c>
       <c r="H658" t="s">
-        <v>2485</v>
+        <v>2483</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
+        <v>2484</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2485</v>
+      </c>
+      <c r="D659" t="s">
+        <v>690</v>
+      </c>
+      <c r="E659" t="s">
+        <v>691</v>
+      </c>
+      <c r="F659" t="s">
+        <v>35</v>
+      </c>
+      <c r="G659" s="1" t="s">
         <v>2486</v>
       </c>
-      <c r="B659" t="s">
-[...2 lines deleted...]
-      <c r="C659" t="s">
+      <c r="H659" t="s">
         <v>2487</v>
-      </c>
-[...13 lines deleted...]
-        <v>2489</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>2490</v>
+        <v>2488</v>
       </c>
       <c r="B660" t="s">
         <v>9</v>
       </c>
       <c r="C660" t="s">
-        <v>2491</v>
+        <v>2489</v>
       </c>
       <c r="D660" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E660" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F660" t="s">
         <v>53</v>
       </c>
       <c r="G660" s="1" t="s">
-        <v>2492</v>
+        <v>2490</v>
       </c>
       <c r="H660" t="s">
-        <v>2493</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>2494</v>
+        <v>2492</v>
       </c>
       <c r="B661" t="s">
         <v>9</v>
       </c>
       <c r="C661" t="s">
-        <v>2495</v>
+        <v>2493</v>
       </c>
       <c r="D661" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E661" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F661" t="s">
         <v>53</v>
       </c>
       <c r="G661" s="1" t="s">
-        <v>2496</v>
+        <v>2494</v>
       </c>
       <c r="H661" t="s">
-        <v>2497</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>2498</v>
+        <v>2496</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>2499</v>
+        <v>2497</v>
       </c>
       <c r="D662" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E662" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F662" t="s">
         <v>53</v>
       </c>
       <c r="G662" s="1" t="s">
-        <v>2500</v>
+        <v>2498</v>
       </c>
       <c r="H662" t="s">
-        <v>2501</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>2502</v>
+        <v>2500</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>2503</v>
+        <v>2501</v>
       </c>
       <c r="D663" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E663" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F663" t="s">
         <v>53</v>
       </c>
       <c r="G663" s="1" t="s">
-        <v>2504</v>
+        <v>2502</v>
       </c>
       <c r="H663" t="s">
-        <v>2505</v>
+        <v>2503</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>2506</v>
+        <v>2504</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>2507</v>
+        <v>2505</v>
       </c>
       <c r="D664" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E664" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F664" t="s">
         <v>53</v>
       </c>
       <c r="G664" s="1" t="s">
-        <v>2508</v>
+        <v>2506</v>
       </c>
       <c r="H664" t="s">
-        <v>2509</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2510</v>
+        <v>2508</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>2511</v>
+        <v>2509</v>
       </c>
       <c r="D665" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E665" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F665" t="s">
         <v>53</v>
       </c>
       <c r="G665" s="1" t="s">
-        <v>2512</v>
+        <v>2510</v>
       </c>
       <c r="H665" t="s">
-        <v>2513</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
+        <v>2512</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2513</v>
+      </c>
+      <c r="D666" t="s">
+        <v>690</v>
+      </c>
+      <c r="E666" t="s">
+        <v>691</v>
+      </c>
+      <c r="F666" t="s">
+        <v>53</v>
+      </c>
+      <c r="G666" s="1" t="s">
         <v>2514</v>
       </c>
-      <c r="B666" t="s">
-[...2 lines deleted...]
-      <c r="C666" t="s">
+      <c r="H666" t="s">
         <v>2515</v>
-      </c>
-[...13 lines deleted...]
-        <v>2517</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>2518</v>
+        <v>2516</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>2519</v>
+        <v>2517</v>
       </c>
       <c r="D667" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E667" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F667" t="s">
         <v>53</v>
       </c>
       <c r="G667" s="1" t="s">
-        <v>2520</v>
+        <v>2518</v>
       </c>
       <c r="H667" t="s">
-        <v>2521</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
+        <v>2520</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D668" t="s">
+        <v>690</v>
+      </c>
+      <c r="E668" t="s">
+        <v>691</v>
+      </c>
+      <c r="F668" t="s">
+        <v>35</v>
+      </c>
+      <c r="G668" s="1" t="s">
         <v>2522</v>
       </c>
-      <c r="B668" t="s">
-[...2 lines deleted...]
-      <c r="C668" t="s">
+      <c r="H668" t="s">
         <v>2523</v>
-      </c>
-[...13 lines deleted...]
-        <v>2525</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>2526</v>
+        <v>2524</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>2527</v>
+        <v>2525</v>
       </c>
       <c r="D669" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E669" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F669" t="s">
         <v>53</v>
       </c>
       <c r="G669" s="1" t="s">
-        <v>2528</v>
+        <v>2526</v>
       </c>
       <c r="H669" t="s">
-        <v>2529</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
+        <v>2528</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2529</v>
+      </c>
+      <c r="D670" t="s">
+        <v>690</v>
+      </c>
+      <c r="E670" t="s">
+        <v>691</v>
+      </c>
+      <c r="F670" t="s">
+        <v>53</v>
+      </c>
+      <c r="G670" s="1" t="s">
         <v>2530</v>
       </c>
-      <c r="B670" t="s">
-[...2 lines deleted...]
-      <c r="C670" t="s">
+      <c r="H670" t="s">
         <v>2531</v>
-      </c>
-[...13 lines deleted...]
-        <v>2533</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>2534</v>
+        <v>2532</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>2535</v>
+        <v>2533</v>
       </c>
       <c r="D671" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E671" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F671" t="s">
         <v>53</v>
       </c>
       <c r="G671" s="1" t="s">
-        <v>2536</v>
+        <v>2534</v>
       </c>
       <c r="H671" t="s">
-        <v>2537</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>2538</v>
+        <v>2536</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>2539</v>
+        <v>2537</v>
       </c>
       <c r="D672" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E672" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F672" t="s">
         <v>22</v>
       </c>
       <c r="G672" s="1" t="s">
-        <v>2540</v>
+        <v>2538</v>
       </c>
       <c r="H672" t="s">
-        <v>2541</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>2542</v>
+        <v>2540</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>2543</v>
+        <v>2541</v>
       </c>
       <c r="D673" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E673" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F673" t="s">
         <v>53</v>
       </c>
       <c r="G673" s="1" t="s">
-        <v>2544</v>
+        <v>2542</v>
       </c>
       <c r="H673" t="s">
-        <v>2545</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
+        <v>2544</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D674" t="s">
+        <v>690</v>
+      </c>
+      <c r="E674" t="s">
+        <v>691</v>
+      </c>
+      <c r="F674" t="s">
+        <v>22</v>
+      </c>
+      <c r="G674" s="1" t="s">
         <v>2546</v>
       </c>
-      <c r="B674" t="s">
-[...2 lines deleted...]
-      <c r="C674" t="s">
+      <c r="H674" t="s">
         <v>2547</v>
-      </c>
-[...13 lines deleted...]
-        <v>1126</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
+        <v>2548</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
         <v>2549</v>
       </c>
-      <c r="B675" t="s">
-[...2 lines deleted...]
-      <c r="C675" t="s">
+      <c r="D675" t="s">
+        <v>690</v>
+      </c>
+      <c r="E675" t="s">
+        <v>691</v>
+      </c>
+      <c r="F675" t="s">
+        <v>53</v>
+      </c>
+      <c r="G675" s="1" t="s">
         <v>2550</v>
       </c>
-      <c r="D675" t="s">
-[...8 lines deleted...]
-      <c r="G675" s="1" t="s">
+      <c r="H675" t="s">
         <v>2551</v>
-      </c>
-[...1 lines deleted...]
-        <v>2552</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
+        <v>2552</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
         <v>2553</v>
       </c>
-      <c r="B676" t="s">
-[...2 lines deleted...]
-      <c r="C676" t="s">
+      <c r="D676" t="s">
+        <v>690</v>
+      </c>
+      <c r="E676" t="s">
+        <v>691</v>
+      </c>
+      <c r="F676" t="s">
+        <v>151</v>
+      </c>
+      <c r="G676" s="1" t="s">
         <v>2554</v>
       </c>
-      <c r="D676" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H676" t="s">
-        <v>2556</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
+        <v>2555</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2556</v>
+      </c>
+      <c r="D677" t="s">
+        <v>690</v>
+      </c>
+      <c r="E677" t="s">
+        <v>691</v>
+      </c>
+      <c r="F677" t="s">
+        <v>22</v>
+      </c>
+      <c r="G677" s="1" t="s">
         <v>2557</v>
       </c>
-      <c r="B677" t="s">
-[...2 lines deleted...]
-      <c r="C677" t="s">
+      <c r="H677" t="s">
         <v>2558</v>
-      </c>
-[...13 lines deleted...]
-        <v>2560</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
+        <v>2559</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
+        <v>2560</v>
+      </c>
+      <c r="D678" t="s">
+        <v>690</v>
+      </c>
+      <c r="E678" t="s">
+        <v>691</v>
+      </c>
+      <c r="F678" t="s">
+        <v>141</v>
+      </c>
+      <c r="G678" s="1" t="s">
         <v>2561</v>
       </c>
-      <c r="B678" t="s">
-[...2 lines deleted...]
-      <c r="C678" t="s">
+      <c r="H678" t="s">
         <v>2562</v>
-      </c>
-[...13 lines deleted...]
-        <v>2564</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>2565</v>
+        <v>2563</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>2566</v>
+        <v>2564</v>
       </c>
       <c r="D679" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E679" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F679" t="s">
         <v>151</v>
       </c>
       <c r="G679" s="1" t="s">
-        <v>2567</v>
+        <v>2565</v>
       </c>
       <c r="H679" t="s">
-        <v>2568</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>2569</v>
+        <v>2567</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>2570</v>
+        <v>2568</v>
       </c>
       <c r="D680" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E680" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F680" t="s">
         <v>151</v>
       </c>
       <c r="G680" s="1" t="s">
-        <v>2571</v>
+        <v>2569</v>
       </c>
       <c r="H680" t="s">
-        <v>1122</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
+        <v>2571</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
         <v>2572</v>
       </c>
-      <c r="B681" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D681" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E681" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F681" t="s">
         <v>151</v>
       </c>
       <c r="G681" s="1" t="s">
+        <v>2573</v>
+      </c>
+      <c r="H681" t="s">
         <v>2574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1114</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>2575</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
         <v>2576</v>
       </c>
       <c r="D682" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E682" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F682" t="s">
         <v>151</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>2577</v>
       </c>
       <c r="H682" t="s">
-        <v>2578</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B683" t="s">
+        <v>9</v>
+      </c>
+      <c r="C683" t="s">
         <v>2579</v>
       </c>
-      <c r="B683" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D683" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="E683" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="F683" t="s">
         <v>151</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2581</v>
+        <v>2580</v>
       </c>
       <c r="H683" t="s">
-        <v>2582</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
+        <v>2581</v>
+      </c>
+      <c r="B684" t="s">
+        <v>9</v>
+      </c>
+      <c r="C684" t="s">
+        <v>2582</v>
+      </c>
+      <c r="D684" t="s">
+        <v>690</v>
+      </c>
+      <c r="E684" t="s">
+        <v>691</v>
+      </c>
+      <c r="F684" t="s">
+        <v>151</v>
+      </c>
+      <c r="G684" s="1" t="s">
         <v>2583</v>
       </c>
-      <c r="B684" t="s">
-[...2 lines deleted...]
-      <c r="C684" t="s">
+      <c r="H684" t="s">
         <v>2584</v>
-      </c>
-[...13 lines deleted...]
-        <v>2586</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
+        <v>2585</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2586</v>
+      </c>
+      <c r="D685" t="s">
+        <v>690</v>
+      </c>
+      <c r="E685" t="s">
+        <v>691</v>
+      </c>
+      <c r="F685" t="s">
+        <v>151</v>
+      </c>
+      <c r="G685" s="1" t="s">
         <v>2587</v>
       </c>
-      <c r="B685" t="s">
-[...2 lines deleted...]
-      <c r="C685" t="s">
+      <c r="H685" t="s">
         <v>2588</v>
-      </c>
-[...13 lines deleted...]
-        <v>2590</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
+        <v>2589</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D686" t="s">
+        <v>690</v>
+      </c>
+      <c r="E686" t="s">
+        <v>691</v>
+      </c>
+      <c r="F686" t="s">
+        <v>141</v>
+      </c>
+      <c r="G686" s="1" t="s">
         <v>2591</v>
       </c>
-      <c r="B686" t="s">
-[...2 lines deleted...]
-      <c r="C686" t="s">
+      <c r="H686" t="s">
         <v>2592</v>
-      </c>
-[...13 lines deleted...]
-        <v>2594</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
+        <v>2593</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>2594</v>
+      </c>
+      <c r="D687" t="s">
+        <v>690</v>
+      </c>
+      <c r="E687" t="s">
+        <v>691</v>
+      </c>
+      <c r="F687" t="s">
+        <v>122</v>
+      </c>
+      <c r="G687" s="1" t="s">
         <v>2595</v>
       </c>
-      <c r="B687" t="s">
-[...5 lines deleted...]
-      <c r="D687" t="s">
+      <c r="H687" t="s">
         <v>2596</v>
-      </c>
-[...10 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
+        <v>2597</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2598</v>
+      </c>
+      <c r="D688" t="s">
+        <v>690</v>
+      </c>
+      <c r="E688" t="s">
+        <v>691</v>
+      </c>
+      <c r="F688" t="s">
+        <v>122</v>
+      </c>
+      <c r="G688" s="1" t="s">
+        <v>2599</v>
+      </c>
+      <c r="H688" t="s">
         <v>2600</v>
-      </c>
-[...19 lines deleted...]
-        <v>2602</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>2603</v>
+        <v>2601</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>21</v>
+        <v>2602</v>
       </c>
       <c r="D689" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E689" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F689" t="s">
         <v>13</v>
       </c>
       <c r="G689" s="1" t="s">
+        <v>2603</v>
+      </c>
+      <c r="H689" t="s">
         <v>2604</v>
-      </c>
-[...1 lines deleted...]
-        <v>2605</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
+        <v>2605</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
         <v>2606</v>
       </c>
-      <c r="B690" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D690" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E690" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F690" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2607</v>
       </c>
       <c r="H690" t="s">
         <v>2608</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2609</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>30</v>
+        <v>2610</v>
       </c>
       <c r="D691" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E691" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F691" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2610</v>
+        <v>2611</v>
       </c>
       <c r="H691" t="s">
-        <v>2611</v>
+        <v>2612</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2612</v>
+        <v>2613</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>34</v>
+        <v>2614</v>
       </c>
       <c r="D692" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E692" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F692" t="s">
         <v>13</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2613</v>
+        <v>2615</v>
       </c>
       <c r="H692" t="s">
-        <v>2614</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2615</v>
+        <v>2617</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>39</v>
+        <v>2618</v>
       </c>
       <c r="D693" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E693" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F693" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2616</v>
+        <v>2619</v>
       </c>
       <c r="H693" t="s">
-        <v>2617</v>
+        <v>2620</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2618</v>
+        <v>2621</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>44</v>
+        <v>2622</v>
       </c>
       <c r="D694" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E694" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F694" t="s">
-        <v>167</v>
+        <v>62</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="H694" t="s">
-        <v>2620</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2621</v>
+        <v>2625</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>48</v>
+        <v>2626</v>
       </c>
       <c r="D695" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E695" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F695" t="s">
-        <v>167</v>
+        <v>62</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2622</v>
+        <v>2627</v>
       </c>
       <c r="H695" t="s">
-        <v>2623</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2624</v>
+        <v>2628</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>52</v>
+        <v>2629</v>
       </c>
       <c r="D696" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E696" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F696" t="s">
-        <v>22</v>
+        <v>554</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2625</v>
+        <v>2630</v>
       </c>
       <c r="H696" t="s">
-        <v>2626</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2627</v>
+        <v>2632</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>57</v>
+        <v>2633</v>
       </c>
       <c r="D697" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E697" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F697" t="s">
-        <v>141</v>
+        <v>554</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2628</v>
+        <v>2634</v>
       </c>
       <c r="H697" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>61</v>
+        <v>2637</v>
       </c>
       <c r="D698" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E698" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F698" t="s">
-        <v>13</v>
+        <v>554</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2631</v>
+        <v>2638</v>
       </c>
       <c r="H698" t="s">
-        <v>2632</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2633</v>
+        <v>2640</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>66</v>
+        <v>2641</v>
       </c>
       <c r="D699" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E699" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F699" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2634</v>
+        <v>2642</v>
       </c>
       <c r="H699" t="s">
-        <v>2635</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2636</v>
+        <v>2644</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>70</v>
+        <v>2645</v>
       </c>
       <c r="D700" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E700" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F700" t="s">
-        <v>551</v>
+        <v>40</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2637</v>
+        <v>2646</v>
       </c>
       <c r="H700" t="s">
-        <v>2638</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2639</v>
+        <v>2648</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>74</v>
+        <v>2649</v>
       </c>
       <c r="D701" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E701" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F701" t="s">
-        <v>530</v>
+        <v>13</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2640</v>
+        <v>2650</v>
       </c>
       <c r="H701" t="s">
-        <v>2641</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2642</v>
+        <v>2652</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>78</v>
+        <v>2653</v>
       </c>
       <c r="D702" t="s">
-        <v>2596</v>
+        <v>690</v>
       </c>
       <c r="E702" t="s">
-        <v>2597</v>
+        <v>691</v>
       </c>
       <c r="F702" t="s">
-        <v>167</v>
+        <v>40</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2643</v>
+        <v>2654</v>
       </c>
       <c r="H702" t="s">
-        <v>2644</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2645</v>
+        <v>2656</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>330</v>
+        <v>10</v>
       </c>
       <c r="D703" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E703" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F703" t="s">
-        <v>141</v>
+        <v>13</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2646</v>
+        <v>2659</v>
       </c>
       <c r="H703" t="s">
-        <v>2647</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2648</v>
+        <v>2661</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>174</v>
+        <v>17</v>
       </c>
       <c r="D704" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E704" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F704" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>2649</v>
+        <v>2662</v>
       </c>
       <c r="H704" t="s">
-        <v>2650</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2651</v>
+        <v>2664</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>178</v>
+        <v>21</v>
       </c>
       <c r="D705" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E705" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F705" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2652</v>
+        <v>2665</v>
       </c>
       <c r="H705" t="s">
-        <v>2653</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2654</v>
+        <v>2667</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>182</v>
+        <v>26</v>
       </c>
       <c r="D706" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E706" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F706" t="s">
-        <v>551</v>
+        <v>40</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>2655</v>
+        <v>2668</v>
       </c>
       <c r="H706" t="s">
-        <v>2656</v>
+        <v>2669</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
+        <v>2670</v>
+      </c>
+      <c r="B707" t="s">
+        <v>9</v>
+      </c>
+      <c r="C707" t="s">
+        <v>30</v>
+      </c>
+      <c r="D707" t="s">
         <v>2657</v>
       </c>
-      <c r="B707" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E707" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F707" t="s">
-        <v>22</v>
+        <v>13</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2658</v>
+        <v>2671</v>
       </c>
       <c r="H707" t="s">
-        <v>2659</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2660</v>
+        <v>2673</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>190</v>
+        <v>34</v>
       </c>
       <c r="D708" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E708" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F708" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2661</v>
+        <v>2674</v>
       </c>
       <c r="H708" t="s">
-        <v>2662</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2663</v>
+        <v>2676</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>194</v>
+        <v>39</v>
       </c>
       <c r="D709" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E709" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F709" t="s">
         <v>22</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2664</v>
+        <v>2677</v>
       </c>
       <c r="H709" t="s">
-        <v>2665</v>
+        <v>2678</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2666</v>
+        <v>2679</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>198</v>
+        <v>44</v>
       </c>
       <c r="D710" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E710" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F710" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="G710" s="1" t="s">
-        <v>2667</v>
+        <v>2680</v>
       </c>
       <c r="H710" t="s">
-        <v>2668</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>2669</v>
+        <v>2682</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>202</v>
+        <v>48</v>
       </c>
       <c r="D711" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E711" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F711" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="G711" s="1" t="s">
-        <v>2670</v>
+        <v>2683</v>
       </c>
       <c r="H711" t="s">
-        <v>2671</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2672</v>
+        <v>2685</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>206</v>
+        <v>52</v>
       </c>
       <c r="D712" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E712" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F712" t="s">
         <v>22</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2673</v>
+        <v>2686</v>
       </c>
       <c r="H712" t="s">
-        <v>2674</v>
+        <v>2687</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2675</v>
+        <v>2688</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>210</v>
+        <v>57</v>
       </c>
       <c r="D713" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E713" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F713" t="s">
-        <v>13</v>
+        <v>141</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2676</v>
+        <v>2689</v>
       </c>
       <c r="H713" t="s">
-        <v>2677</v>
+        <v>2690</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2678</v>
+        <v>2691</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>214</v>
+        <v>61</v>
       </c>
       <c r="D714" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E714" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F714" t="s">
         <v>13</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2679</v>
+        <v>2692</v>
       </c>
       <c r="H714" t="s">
-        <v>2680</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2681</v>
+        <v>2694</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="D715" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E715" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F715" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2682</v>
+        <v>2695</v>
       </c>
       <c r="H715" t="s">
-        <v>2683</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>2684</v>
+        <v>2697</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>222</v>
+        <v>70</v>
       </c>
       <c r="D716" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E716" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F716" t="s">
-        <v>40</v>
+        <v>554</v>
       </c>
       <c r="G716" s="1" t="s">
-        <v>2685</v>
+        <v>2698</v>
       </c>
       <c r="H716" t="s">
-        <v>2686</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>2687</v>
+        <v>2700</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>226</v>
+        <v>74</v>
       </c>
       <c r="D717" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E717" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F717" t="s">
-        <v>40</v>
+        <v>533</v>
       </c>
       <c r="G717" s="1" t="s">
-        <v>2688</v>
+        <v>2701</v>
       </c>
       <c r="H717" t="s">
-        <v>2689</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2690</v>
+        <v>2703</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>230</v>
+        <v>78</v>
       </c>
       <c r="D718" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E718" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F718" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2691</v>
+        <v>2704</v>
       </c>
       <c r="H718" t="s">
-        <v>2692</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2693</v>
+        <v>2706</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>234</v>
+        <v>334</v>
       </c>
       <c r="D719" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E719" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F719" t="s">
-        <v>22</v>
+        <v>141</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2694</v>
+        <v>2707</v>
       </c>
       <c r="H719" t="s">
-        <v>2695</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>2696</v>
+        <v>2709</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>238</v>
+        <v>174</v>
       </c>
       <c r="D720" t="s">
-        <v>2596</v>
+        <v>2657</v>
       </c>
       <c r="E720" t="s">
-        <v>2597</v>
+        <v>2658</v>
       </c>
       <c r="F720" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G720" s="1" t="s">
-        <v>2697</v>
+        <v>2710</v>
       </c>
       <c r="H720" t="s">
-        <v>2698</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>2699</v>
+        <v>2712</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>10</v>
+        <v>178</v>
       </c>
       <c r="D721" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E721" t="s">
-        <v>2701</v>
+        <v>2658</v>
+      </c>
+      <c r="F721" t="s">
+        <v>22</v>
       </c>
       <c r="G721" s="1" t="s">
-        <v>2702</v>
+        <v>2713</v>
       </c>
       <c r="H721" t="s">
-        <v>2701</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>2703</v>
+        <v>2715</v>
       </c>
       <c r="B722" t="s">
         <v>9</v>
       </c>
       <c r="C722" t="s">
-        <v>17</v>
+        <v>182</v>
       </c>
       <c r="D722" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E722" t="s">
-        <v>2701</v>
+        <v>2658</v>
+      </c>
+      <c r="F722" t="s">
+        <v>554</v>
       </c>
       <c r="G722" s="1" t="s">
-        <v>2704</v>
+        <v>2716</v>
       </c>
       <c r="H722" t="s">
-        <v>2701</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>2705</v>
+        <v>2718</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>21</v>
+        <v>186</v>
       </c>
       <c r="D723" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E723" t="s">
-        <v>2701</v>
+        <v>2658</v>
+      </c>
+      <c r="F723" t="s">
+        <v>22</v>
       </c>
       <c r="G723" s="1" t="s">
-        <v>2706</v>
+        <v>2719</v>
       </c>
       <c r="H723" t="s">
-        <v>2707</v>
+        <v>2720</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>2708</v>
+        <v>2721</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>26</v>
+        <v>190</v>
       </c>
       <c r="D724" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E724" t="s">
-        <v>2701</v>
+        <v>2658</v>
       </c>
       <c r="F724" t="s">
-        <v>2709</v>
+        <v>62</v>
       </c>
       <c r="G724" s="1" t="s">
-        <v>2710</v>
+        <v>2722</v>
       </c>
       <c r="H724" t="s">
-        <v>2701</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>2711</v>
+        <v>2724</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>30</v>
+        <v>194</v>
       </c>
       <c r="D725" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E725" t="s">
-        <v>2701</v>
+        <v>2658</v>
+      </c>
+      <c r="F725" t="s">
+        <v>22</v>
       </c>
       <c r="G725" s="1" t="s">
-        <v>2712</v>
+        <v>2725</v>
       </c>
       <c r="H725" t="s">
-        <v>2701</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>2713</v>
+        <v>2727</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>34</v>
+        <v>198</v>
       </c>
       <c r="D726" t="s">
-        <v>2700</v>
+        <v>2657</v>
       </c>
       <c r="E726" t="s">
-        <v>2701</v>
+        <v>2658</v>
+      </c>
+      <c r="F726" t="s">
+        <v>22</v>
       </c>
       <c r="G726" s="1" t="s">
-        <v>2714</v>
+        <v>2728</v>
       </c>
       <c r="H726" t="s">
-        <v>2701</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>2715</v>
+        <v>2730</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>10</v>
+        <v>202</v>
       </c>
       <c r="D727" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E727" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F727" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="G727" s="1" t="s">
-        <v>2718</v>
+        <v>2731</v>
       </c>
       <c r="H727" t="s">
-        <v>2719</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>2720</v>
+        <v>2733</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>17</v>
+        <v>206</v>
       </c>
       <c r="D728" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E728" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F728" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="G728" s="1" t="s">
-        <v>2721</v>
+        <v>2734</v>
       </c>
       <c r="H728" t="s">
-        <v>2722</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>2723</v>
+        <v>2736</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>21</v>
+        <v>210</v>
       </c>
       <c r="D729" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E729" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F729" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G729" s="1" t="s">
-        <v>2724</v>
+        <v>2737</v>
       </c>
       <c r="H729" t="s">
-        <v>2725</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>2726</v>
+        <v>2739</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>26</v>
+        <v>214</v>
       </c>
       <c r="D730" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E730" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F730" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G730" s="1" t="s">
-        <v>2727</v>
+        <v>2740</v>
       </c>
       <c r="H730" t="s">
-        <v>2728</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2729</v>
+        <v>2742</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>30</v>
+        <v>218</v>
       </c>
       <c r="D731" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E731" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F731" t="s">
-        <v>2730</v>
+        <v>141</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2731</v>
+        <v>2743</v>
       </c>
       <c r="H731" t="s">
-        <v>2732</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>2733</v>
+        <v>2745</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>34</v>
+        <v>222</v>
       </c>
       <c r="D732" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E732" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F732" t="s">
-        <v>2734</v>
+        <v>40</v>
       </c>
       <c r="G732" s="1" t="s">
-        <v>2735</v>
+        <v>2746</v>
       </c>
       <c r="H732" t="s">
-        <v>2736</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>2737</v>
+        <v>2748</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>39</v>
+        <v>226</v>
       </c>
       <c r="D733" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E733" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F733" t="s">
-        <v>89</v>
+        <v>40</v>
       </c>
       <c r="G733" s="1" t="s">
-        <v>2738</v>
+        <v>2749</v>
       </c>
       <c r="H733" t="s">
-        <v>2739</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>2740</v>
+        <v>2751</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>44</v>
+        <v>230</v>
       </c>
       <c r="D734" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E734" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F734" t="s">
-        <v>2730</v>
+        <v>22</v>
       </c>
       <c r="G734" s="1" t="s">
-        <v>2741</v>
+        <v>2752</v>
       </c>
       <c r="H734" t="s">
-        <v>2742</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>2743</v>
+        <v>2754</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>48</v>
+        <v>234</v>
       </c>
       <c r="D735" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E735" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F735" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="G735" s="1" t="s">
-        <v>2744</v>
+        <v>2755</v>
       </c>
       <c r="H735" t="s">
-        <v>2745</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>2746</v>
+        <v>2757</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>52</v>
+        <v>238</v>
       </c>
       <c r="D736" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E736" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F736" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="G736" s="1" t="s">
-        <v>2747</v>
+        <v>2758</v>
       </c>
       <c r="H736" t="s">
-        <v>2748</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>2749</v>
+        <v>2760</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>57</v>
+        <v>242</v>
       </c>
       <c r="D737" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E737" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F737" t="s">
-        <v>89</v>
+        <v>533</v>
       </c>
       <c r="G737" s="1" t="s">
-        <v>2750</v>
+        <v>2761</v>
       </c>
       <c r="H737" t="s">
-        <v>2751</v>
+        <v>2762</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>2752</v>
+        <v>2763</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>61</v>
+        <v>246</v>
       </c>
       <c r="D738" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E738" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F738" t="s">
-        <v>2734</v>
+        <v>13</v>
       </c>
       <c r="G738" s="1" t="s">
-        <v>2753</v>
+        <v>2764</v>
       </c>
       <c r="H738" t="s">
-        <v>2754</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>2755</v>
+        <v>2766</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>66</v>
+        <v>504</v>
       </c>
       <c r="D739" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E739" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F739" t="s">
-        <v>89</v>
+        <v>533</v>
       </c>
       <c r="G739" s="1" t="s">
-        <v>2756</v>
+        <v>2767</v>
       </c>
       <c r="H739" t="s">
-        <v>2757</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>2758</v>
+        <v>2769</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>70</v>
+        <v>508</v>
       </c>
       <c r="D740" t="s">
-        <v>2716</v>
+        <v>2657</v>
       </c>
       <c r="E740" t="s">
-        <v>2717</v>
+        <v>2658</v>
       </c>
       <c r="F740" t="s">
-        <v>89</v>
+        <v>151</v>
       </c>
       <c r="G740" s="1" t="s">
-        <v>2759</v>
+        <v>2770</v>
       </c>
       <c r="H740" t="s">
-        <v>2760</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>2761</v>
+        <v>2772</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="D741" t="s">
-        <v>2716</v>
+        <v>2773</v>
       </c>
       <c r="E741" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>2774</v>
       </c>
       <c r="G741" s="1" t="s">
-        <v>2762</v>
+        <v>2775</v>
       </c>
       <c r="H741" t="s">
-        <v>2763</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>2764</v>
+        <v>2776</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="D742" t="s">
-        <v>2716</v>
+        <v>2773</v>
       </c>
       <c r="E742" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>2774</v>
       </c>
       <c r="G742" s="1" t="s">
-        <v>2765</v>
+        <v>2777</v>
       </c>
       <c r="H742" t="s">
-        <v>2766</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>2767</v>
+        <v>2778</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>330</v>
+        <v>21</v>
       </c>
       <c r="D743" t="s">
-        <v>2716</v>
+        <v>2773</v>
       </c>
       <c r="E743" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>2774</v>
       </c>
       <c r="G743" s="1" t="s">
-        <v>2768</v>
+        <v>2779</v>
       </c>
       <c r="H743" t="s">
-        <v>2769</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>2770</v>
+        <v>2781</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>174</v>
+        <v>26</v>
       </c>
       <c r="D744" t="s">
-        <v>2716</v>
+        <v>2773</v>
       </c>
       <c r="E744" t="s">
-        <v>2717</v>
+        <v>2774</v>
       </c>
       <c r="F744" t="s">
-        <v>89</v>
+        <v>2782</v>
       </c>
       <c r="G744" s="1" t="s">
-        <v>2771</v>
+        <v>2783</v>
       </c>
       <c r="H744" t="s">
-        <v>2772</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
+        <v>2784</v>
+      </c>
+      <c r="B745" t="s">
+        <v>9</v>
+      </c>
+      <c r="C745" t="s">
+        <v>30</v>
+      </c>
+      <c r="D745" t="s">
         <v>2773</v>
       </c>
-      <c r="B745" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E745" t="s">
-        <v>2717</v>
-[...1 lines deleted...]
-      <c r="F745" t="s">
         <v>2774</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2775</v>
+        <v>2785</v>
       </c>
       <c r="H745" t="s">
-        <v>2776</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>2777</v>
+        <v>2786</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>182</v>
+        <v>34</v>
       </c>
       <c r="D746" t="s">
-        <v>2716</v>
+        <v>2773</v>
       </c>
       <c r="E746" t="s">
-        <v>2717</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>2774</v>
       </c>
       <c r="G746" s="1" t="s">
-        <v>2778</v>
+        <v>2787</v>
       </c>
       <c r="H746" t="s">
-        <v>2779</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>2780</v>
+        <v>2788</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>186</v>
+        <v>10</v>
       </c>
       <c r="D747" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E747" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F747" t="s">
         <v>89</v>
       </c>
       <c r="G747" s="1" t="s">
-        <v>2781</v>
+        <v>2791</v>
       </c>
       <c r="H747" t="s">
-        <v>2782</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>2783</v>
+        <v>2793</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>190</v>
+        <v>17</v>
       </c>
       <c r="D748" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E748" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F748" t="s">
         <v>89</v>
       </c>
       <c r="G748" s="1" t="s">
-        <v>2784</v>
+        <v>2794</v>
       </c>
       <c r="H748" t="s">
-        <v>2785</v>
+        <v>2795</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>2786</v>
+        <v>2796</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>194</v>
+        <v>21</v>
       </c>
       <c r="D749" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E749" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F749" t="s">
         <v>89</v>
       </c>
       <c r="G749" s="1" t="s">
-        <v>2787</v>
+        <v>2797</v>
       </c>
       <c r="H749" t="s">
-        <v>2788</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
+        <v>2799</v>
+      </c>
+      <c r="B750" t="s">
+        <v>9</v>
+      </c>
+      <c r="C750" t="s">
+        <v>26</v>
+      </c>
+      <c r="D750" t="s">
         <v>2789</v>
       </c>
-      <c r="B750" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E750" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F750" t="s">
         <v>89</v>
       </c>
       <c r="G750" s="1" t="s">
-        <v>2790</v>
+        <v>2800</v>
       </c>
       <c r="H750" t="s">
-        <v>2791</v>
+        <v>2801</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>2792</v>
+        <v>2802</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>202</v>
+        <v>30</v>
       </c>
       <c r="D751" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E751" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F751" t="s">
-        <v>89</v>
+        <v>2803</v>
       </c>
       <c r="G751" s="1" t="s">
-        <v>2793</v>
+        <v>2804</v>
       </c>
       <c r="H751" t="s">
-        <v>2794</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>2795</v>
+        <v>2806</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>206</v>
+        <v>34</v>
       </c>
       <c r="D752" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E752" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F752" t="s">
-        <v>89</v>
+        <v>2807</v>
       </c>
       <c r="G752" s="1" t="s">
-        <v>2796</v>
+        <v>2808</v>
       </c>
       <c r="H752" t="s">
-        <v>2797</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>2798</v>
+        <v>2810</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>210</v>
+        <v>39</v>
       </c>
       <c r="D753" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E753" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F753" t="s">
         <v>89</v>
       </c>
       <c r="G753" s="1" t="s">
-        <v>2799</v>
+        <v>2811</v>
       </c>
       <c r="H753" t="s">
-        <v>2800</v>
+        <v>2812</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>2801</v>
+        <v>2813</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>214</v>
+        <v>44</v>
       </c>
       <c r="D754" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E754" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F754" t="s">
-        <v>89</v>
+        <v>2803</v>
       </c>
       <c r="G754" s="1" t="s">
-        <v>2802</v>
+        <v>2814</v>
       </c>
       <c r="H754" t="s">
-        <v>2803</v>
+        <v>2815</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>2804</v>
+        <v>2816</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>218</v>
+        <v>48</v>
       </c>
       <c r="D755" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E755" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F755" t="s">
         <v>89</v>
       </c>
       <c r="G755" s="1" t="s">
-        <v>2805</v>
+        <v>2817</v>
       </c>
       <c r="H755" t="s">
-        <v>2806</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>2807</v>
+        <v>2819</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>222</v>
+        <v>52</v>
       </c>
       <c r="D756" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E756" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F756" t="s">
         <v>89</v>
       </c>
       <c r="G756" s="1" t="s">
-        <v>2808</v>
+        <v>2820</v>
       </c>
       <c r="H756" t="s">
-        <v>2809</v>
+        <v>2821</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>2810</v>
+        <v>2822</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>226</v>
+        <v>57</v>
       </c>
       <c r="D757" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E757" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F757" t="s">
         <v>89</v>
       </c>
       <c r="G757" s="1" t="s">
-        <v>2811</v>
+        <v>2823</v>
       </c>
       <c r="H757" t="s">
-        <v>2812</v>
+        <v>2824</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>2813</v>
+        <v>2825</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>230</v>
+        <v>61</v>
       </c>
       <c r="D758" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E758" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F758" t="s">
-        <v>89</v>
+        <v>2807</v>
       </c>
       <c r="G758" s="1" t="s">
-        <v>2814</v>
+        <v>2826</v>
       </c>
       <c r="H758" t="s">
-        <v>2815</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>2816</v>
+        <v>2828</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>234</v>
+        <v>66</v>
       </c>
       <c r="D759" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E759" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F759" t="s">
         <v>89</v>
       </c>
       <c r="G759" s="1" t="s">
-        <v>2817</v>
+        <v>2829</v>
       </c>
       <c r="H759" t="s">
-        <v>2818</v>
+        <v>2830</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>2819</v>
+        <v>2831</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>238</v>
+        <v>70</v>
       </c>
       <c r="D760" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E760" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F760" t="s">
         <v>89</v>
       </c>
       <c r="G760" s="1" t="s">
-        <v>2820</v>
+        <v>2832</v>
       </c>
       <c r="H760" t="s">
-        <v>2821</v>
+        <v>2833</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>2822</v>
+        <v>2834</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>242</v>
+        <v>74</v>
       </c>
       <c r="D761" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E761" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F761" t="s">
         <v>89</v>
       </c>
       <c r="G761" s="1" t="s">
-        <v>2823</v>
+        <v>2835</v>
       </c>
       <c r="H761" t="s">
-        <v>2824</v>
+        <v>2836</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>2825</v>
+        <v>2837</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>389</v>
+        <v>78</v>
       </c>
       <c r="D762" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E762" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F762" t="s">
         <v>89</v>
       </c>
       <c r="G762" s="1" t="s">
-        <v>2826</v>
+        <v>2838</v>
       </c>
       <c r="H762" t="s">
-        <v>2827</v>
+        <v>2839</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>2828</v>
+        <v>2840</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>501</v>
+        <v>334</v>
       </c>
       <c r="D763" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E763" t="s">
-        <v>2717</v>
+        <v>2790</v>
+      </c>
+      <c r="F763" t="s">
+        <v>89</v>
       </c>
       <c r="G763" s="1" t="s">
-        <v>314</v>
+        <v>2841</v>
       </c>
       <c r="H763" t="s">
-        <v>2829</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>2830</v>
+        <v>2843</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>505</v>
+        <v>174</v>
       </c>
       <c r="D764" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E764" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F764" t="s">
-        <v>2734</v>
+        <v>89</v>
       </c>
       <c r="G764" s="1" t="s">
-        <v>2831</v>
+        <v>2844</v>
       </c>
       <c r="H764" t="s">
-        <v>2832</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>2833</v>
+        <v>2846</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>509</v>
+        <v>178</v>
       </c>
       <c r="D765" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E765" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F765" t="s">
-        <v>89</v>
+        <v>2847</v>
       </c>
       <c r="G765" s="1" t="s">
-        <v>2834</v>
+        <v>2848</v>
       </c>
       <c r="H765" t="s">
-        <v>2835</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>2836</v>
+        <v>2850</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>513</v>
+        <v>182</v>
       </c>
       <c r="D766" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E766" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F766" t="s">
         <v>89</v>
       </c>
       <c r="G766" s="1" t="s">
-        <v>2837</v>
+        <v>2851</v>
       </c>
       <c r="H766" t="s">
-        <v>2838</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>2839</v>
+        <v>2853</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>517</v>
+        <v>186</v>
       </c>
       <c r="D767" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E767" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F767" t="s">
         <v>89</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2840</v>
+        <v>2854</v>
       </c>
       <c r="H767" t="s">
-        <v>2841</v>
+        <v>2855</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2842</v>
+        <v>2856</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>521</v>
+        <v>190</v>
       </c>
       <c r="D768" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E768" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F768" t="s">
         <v>89</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>2843</v>
+        <v>2857</v>
       </c>
       <c r="H768" t="s">
-        <v>2844</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>2845</v>
+        <v>2859</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>525</v>
+        <v>194</v>
       </c>
       <c r="D769" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E769" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F769" t="s">
         <v>89</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>2846</v>
+        <v>2860</v>
       </c>
       <c r="H769" t="s">
-        <v>2847</v>
+        <v>2861</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>2848</v>
+        <v>2862</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>529</v>
+        <v>198</v>
       </c>
       <c r="D770" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E770" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F770" t="s">
         <v>89</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>2849</v>
+        <v>2863</v>
       </c>
       <c r="H770" t="s">
-        <v>2850</v>
+        <v>2864</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>2851</v>
+        <v>2865</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>534</v>
+        <v>202</v>
       </c>
       <c r="D771" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E771" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F771" t="s">
         <v>89</v>
       </c>
       <c r="G771" s="1" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="H771" t="s">
-        <v>2853</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>2854</v>
+        <v>2868</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>538</v>
+        <v>206</v>
       </c>
       <c r="D772" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E772" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F772" t="s">
         <v>89</v>
       </c>
       <c r="G772" s="1" t="s">
-        <v>2855</v>
+        <v>2869</v>
       </c>
       <c r="H772" t="s">
-        <v>2856</v>
+        <v>2870</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>2857</v>
+        <v>2871</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>542</v>
+        <v>210</v>
       </c>
       <c r="D773" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E773" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F773" t="s">
         <v>89</v>
       </c>
       <c r="G773" s="1" t="s">
-        <v>2858</v>
+        <v>2872</v>
       </c>
       <c r="H773" t="s">
-        <v>2859</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>2860</v>
+        <v>2874</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>546</v>
+        <v>214</v>
       </c>
       <c r="D774" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E774" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F774" t="s">
         <v>89</v>
       </c>
       <c r="G774" s="1" t="s">
-        <v>2861</v>
+        <v>2875</v>
       </c>
       <c r="H774" t="s">
-        <v>2862</v>
+        <v>2876</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>2863</v>
+        <v>2877</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>550</v>
+        <v>218</v>
       </c>
       <c r="D775" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E775" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F775" t="s">
         <v>89</v>
       </c>
       <c r="G775" s="1" t="s">
-        <v>2864</v>
+        <v>2878</v>
       </c>
       <c r="H775" t="s">
-        <v>2865</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>2866</v>
+        <v>2880</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>555</v>
+        <v>222</v>
       </c>
       <c r="D776" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E776" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F776" t="s">
         <v>89</v>
       </c>
       <c r="G776" s="1" t="s">
-        <v>2867</v>
+        <v>2881</v>
       </c>
       <c r="H776" t="s">
-        <v>2868</v>
+        <v>2882</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>2869</v>
+        <v>2883</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>559</v>
+        <v>226</v>
       </c>
       <c r="D777" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E777" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F777" t="s">
         <v>89</v>
       </c>
       <c r="G777" s="1" t="s">
-        <v>2870</v>
+        <v>2884</v>
       </c>
       <c r="H777" t="s">
-        <v>2871</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>2872</v>
+        <v>2886</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>563</v>
+        <v>230</v>
       </c>
       <c r="D778" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E778" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F778" t="s">
         <v>89</v>
       </c>
       <c r="G778" s="1" t="s">
-        <v>2873</v>
+        <v>2887</v>
       </c>
       <c r="H778" t="s">
-        <v>2874</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>2875</v>
+        <v>2889</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>567</v>
+        <v>234</v>
       </c>
       <c r="D779" t="s">
-        <v>2716</v>
+        <v>2789</v>
       </c>
       <c r="E779" t="s">
-        <v>2717</v>
+        <v>2790</v>
       </c>
       <c r="F779" t="s">
-        <v>2734</v>
+        <v>89</v>
       </c>
       <c r="G779" s="1" t="s">
-        <v>2876</v>
+        <v>2890</v>
       </c>
       <c r="H779" t="s">
-        <v>2877</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>2878</v>
+        <v>2892</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>10</v>
+        <v>238</v>
       </c>
       <c r="D780" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E780" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F780" t="s">
+        <v>89</v>
       </c>
       <c r="G780" s="1" t="s">
-        <v>2881</v>
+        <v>2893</v>
       </c>
       <c r="H780" t="s">
-        <v>2882</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>2883</v>
+        <v>2895</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>17</v>
+        <v>242</v>
       </c>
       <c r="D781" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E781" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F781" t="s">
+        <v>89</v>
       </c>
       <c r="G781" s="1" t="s">
-        <v>2884</v>
+        <v>2896</v>
       </c>
       <c r="H781" t="s">
-        <v>2885</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>2886</v>
+        <v>2898</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>21</v>
+        <v>246</v>
       </c>
       <c r="D782" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E782" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F782" t="s">
+        <v>89</v>
       </c>
       <c r="G782" s="1" t="s">
-        <v>2887</v>
+        <v>2899</v>
       </c>
       <c r="H782" t="s">
-        <v>2888</v>
+        <v>2900</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>2889</v>
+        <v>2901</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>26</v>
+        <v>504</v>
       </c>
       <c r="D783" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E783" t="s">
-        <v>2880</v>
+        <v>2790</v>
       </c>
       <c r="G783" s="1" t="s">
-        <v>2890</v>
+        <v>318</v>
       </c>
       <c r="H783" t="s">
-        <v>2891</v>
+        <v>2902</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>2892</v>
+        <v>2903</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>30</v>
+        <v>508</v>
       </c>
       <c r="D784" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E784" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2807</v>
       </c>
       <c r="G784" s="1" t="s">
-        <v>2893</v>
+        <v>2904</v>
       </c>
       <c r="H784" t="s">
-        <v>2894</v>
+        <v>2905</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>2895</v>
+        <v>2906</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>34</v>
+        <v>512</v>
       </c>
       <c r="D785" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E785" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F785" t="s">
+        <v>89</v>
       </c>
       <c r="G785" s="1" t="s">
-        <v>2896</v>
+        <v>2907</v>
       </c>
       <c r="H785" t="s">
-        <v>2897</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>2898</v>
+        <v>2909</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>39</v>
+        <v>516</v>
       </c>
       <c r="D786" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E786" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F786" t="s">
+        <v>89</v>
       </c>
       <c r="G786" s="1" t="s">
-        <v>2899</v>
+        <v>2910</v>
       </c>
       <c r="H786" t="s">
-        <v>2900</v>
+        <v>2911</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>2901</v>
+        <v>2912</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>44</v>
+        <v>520</v>
       </c>
       <c r="D787" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E787" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F787" t="s">
+        <v>89</v>
       </c>
       <c r="G787" s="1" t="s">
-        <v>2902</v>
+        <v>2913</v>
       </c>
       <c r="H787" t="s">
-        <v>2903</v>
+        <v>2914</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>2904</v>
+        <v>2915</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>48</v>
+        <v>524</v>
       </c>
       <c r="D788" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E788" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F788" t="s">
+        <v>89</v>
       </c>
       <c r="G788" s="1" t="s">
-        <v>2905</v>
+        <v>2916</v>
       </c>
       <c r="H788" t="s">
-        <v>2906</v>
+        <v>2917</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>2907</v>
+        <v>2918</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>52</v>
+        <v>528</v>
       </c>
       <c r="D789" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E789" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F789" t="s">
+        <v>89</v>
       </c>
       <c r="G789" s="1" t="s">
-        <v>2908</v>
+        <v>2919</v>
       </c>
       <c r="H789" t="s">
-        <v>2909</v>
+        <v>2920</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>2910</v>
+        <v>2921</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>57</v>
+        <v>532</v>
       </c>
       <c r="D790" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E790" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F790" t="s">
+        <v>89</v>
       </c>
       <c r="G790" s="1" t="s">
-        <v>2911</v>
+        <v>2922</v>
       </c>
       <c r="H790" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>61</v>
+        <v>537</v>
       </c>
       <c r="D791" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E791" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F791" t="s">
+        <v>89</v>
       </c>
       <c r="G791" s="1" t="s">
-        <v>2914</v>
+        <v>2925</v>
       </c>
       <c r="H791" t="s">
-        <v>2915</v>
+        <v>2926</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>2916</v>
+        <v>2927</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>66</v>
+        <v>541</v>
       </c>
       <c r="D792" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E792" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F792" t="s">
+        <v>89</v>
       </c>
       <c r="G792" s="1" t="s">
-        <v>2917</v>
+        <v>2928</v>
       </c>
       <c r="H792" t="s">
-        <v>2918</v>
+        <v>2929</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>2919</v>
+        <v>2930</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>70</v>
+        <v>545</v>
       </c>
       <c r="D793" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E793" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F793" t="s">
+        <v>89</v>
       </c>
       <c r="G793" s="1" t="s">
-        <v>2920</v>
+        <v>2931</v>
       </c>
       <c r="H793" t="s">
-        <v>2921</v>
+        <v>2932</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>2922</v>
+        <v>2933</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>74</v>
+        <v>549</v>
       </c>
       <c r="D794" t="s">
-        <v>2879</v>
+        <v>2789</v>
       </c>
       <c r="E794" t="s">
-        <v>2880</v>
+        <v>2790</v>
+      </c>
+      <c r="F794" t="s">
+        <v>89</v>
       </c>
       <c r="G794" s="1" t="s">
-        <v>2923</v>
+        <v>2934</v>
       </c>
       <c r="H794" t="s">
-        <v>2924</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>2925</v>
+        <v>2936</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>10</v>
+        <v>553</v>
       </c>
       <c r="D795" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E795" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F795" t="s">
+        <v>89</v>
       </c>
       <c r="G795" s="1" t="s">
-        <v>2928</v>
+        <v>2937</v>
       </c>
       <c r="H795" t="s">
-        <v>2929</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>2930</v>
+        <v>2939</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>17</v>
+        <v>558</v>
       </c>
       <c r="D796" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E796" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F796" t="s">
+        <v>89</v>
       </c>
       <c r="G796" s="1" t="s">
-        <v>2931</v>
+        <v>2940</v>
       </c>
       <c r="H796" t="s">
-        <v>2932</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>2933</v>
+        <v>2942</v>
       </c>
       <c r="B797" t="s">
         <v>9</v>
       </c>
       <c r="C797" t="s">
-        <v>21</v>
+        <v>562</v>
       </c>
       <c r="D797" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E797" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F797" t="s">
+        <v>89</v>
       </c>
       <c r="G797" s="1" t="s">
-        <v>2934</v>
+        <v>2943</v>
       </c>
       <c r="H797" t="s">
-        <v>2935</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>2936</v>
+        <v>2945</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>26</v>
+        <v>566</v>
       </c>
       <c r="D798" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E798" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F798" t="s">
+        <v>89</v>
       </c>
       <c r="G798" s="1" t="s">
-        <v>2937</v>
+        <v>2946</v>
       </c>
       <c r="H798" t="s">
-        <v>2938</v>
+        <v>2947</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>2939</v>
+        <v>2948</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>30</v>
+        <v>570</v>
       </c>
       <c r="D799" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E799" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F799" t="s">
+        <v>2807</v>
       </c>
       <c r="G799" s="1" t="s">
-        <v>2940</v>
+        <v>2949</v>
       </c>
       <c r="H799" t="s">
-        <v>2941</v>
+        <v>2950</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>2942</v>
+        <v>2951</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>34</v>
+        <v>574</v>
       </c>
       <c r="D800" t="s">
-        <v>2926</v>
+        <v>2789</v>
       </c>
       <c r="E800" t="s">
-        <v>2927</v>
+        <v>2790</v>
+      </c>
+      <c r="F800" t="s">
+        <v>89</v>
       </c>
       <c r="G800" s="1" t="s">
-        <v>2943</v>
+        <v>2952</v>
       </c>
       <c r="H800" t="s">
-        <v>2944</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>2945</v>
+        <v>2954</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>39</v>
+        <v>10</v>
       </c>
       <c r="D801" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E801" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G801" s="1" t="s">
-        <v>2946</v>
+        <v>2957</v>
       </c>
       <c r="H801" t="s">
-        <v>2947</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>2948</v>
+        <v>2959</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="D802" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E802" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G802" s="1" t="s">
-        <v>2949</v>
+        <v>2960</v>
       </c>
       <c r="H802" t="s">
-        <v>2950</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>2951</v>
+        <v>2962</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="D803" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E803" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G803" s="1" t="s">
-        <v>2952</v>
+        <v>2963</v>
       </c>
       <c r="H803" t="s">
-        <v>2953</v>
+        <v>2964</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>2954</v>
+        <v>2965</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="D804" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E804" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G804" s="1" t="s">
-        <v>2955</v>
+        <v>2966</v>
       </c>
       <c r="H804" t="s">
-        <v>2956</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>2957</v>
+        <v>2968</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="D805" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E805" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G805" s="1" t="s">
-        <v>2958</v>
+        <v>2969</v>
       </c>
       <c r="H805" t="s">
-        <v>2959</v>
+        <v>2970</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>2960</v>
+        <v>2971</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="D806" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E806" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G806" s="1" t="s">
-        <v>2961</v>
+        <v>2972</v>
       </c>
       <c r="H806" t="s">
-        <v>2962</v>
+        <v>2973</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>2963</v>
+        <v>2974</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>66</v>
+        <v>39</v>
       </c>
       <c r="D807" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E807" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G807" s="1" t="s">
-        <v>2964</v>
+        <v>2975</v>
       </c>
       <c r="H807" t="s">
-        <v>2965</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>2966</v>
+        <v>2977</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>70</v>
+        <v>44</v>
       </c>
       <c r="D808" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E808" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G808" s="1" t="s">
-        <v>2967</v>
+        <v>2978</v>
       </c>
       <c r="H808" t="s">
-        <v>2968</v>
+        <v>2979</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>2969</v>
+        <v>2980</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>74</v>
+        <v>48</v>
       </c>
       <c r="D809" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E809" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G809" s="1" t="s">
-        <v>2970</v>
+        <v>2981</v>
       </c>
       <c r="H809" t="s">
-        <v>2971</v>
+        <v>2982</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>2972</v>
+        <v>2983</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>78</v>
+        <v>52</v>
       </c>
       <c r="D810" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E810" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G810" s="1" t="s">
-        <v>2973</v>
+        <v>2984</v>
       </c>
       <c r="H810" t="s">
-        <v>2974</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>2975</v>
+        <v>2986</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>330</v>
+        <v>57</v>
       </c>
       <c r="D811" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E811" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G811" s="1" t="s">
-        <v>2976</v>
+        <v>2987</v>
       </c>
       <c r="H811" t="s">
-        <v>2977</v>
+        <v>2988</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>2978</v>
+        <v>2989</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>174</v>
+        <v>61</v>
       </c>
       <c r="D812" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E812" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G812" s="1" t="s">
-        <v>2979</v>
+        <v>2990</v>
       </c>
       <c r="H812" t="s">
-        <v>2980</v>
+        <v>2991</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>2981</v>
+        <v>2992</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>178</v>
+        <v>66</v>
       </c>
       <c r="D813" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E813" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G813" s="1" t="s">
-        <v>2982</v>
+        <v>2993</v>
       </c>
       <c r="H813" t="s">
-        <v>2983</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>2984</v>
+        <v>2995</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="D814" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E814" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G814" s="1" t="s">
-        <v>2985</v>
+        <v>2996</v>
       </c>
       <c r="H814" t="s">
-        <v>2986</v>
+        <v>2997</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>2987</v>
+        <v>2998</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>186</v>
+        <v>74</v>
       </c>
       <c r="D815" t="s">
-        <v>2926</v>
+        <v>2955</v>
       </c>
       <c r="E815" t="s">
-        <v>2927</v>
+        <v>2956</v>
       </c>
       <c r="G815" s="1" t="s">
-        <v>2988</v>
+        <v>2999</v>
       </c>
       <c r="H815" t="s">
-        <v>2989</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>2990</v>
+        <v>3001</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>190</v>
+        <v>10</v>
       </c>
       <c r="D816" t="s">
-        <v>2926</v>
+        <v>3002</v>
       </c>
       <c r="E816" t="s">
-        <v>2927</v>
+        <v>3003</v>
       </c>
       <c r="G816" s="1" t="s">
-        <v>2991</v>
+        <v>3004</v>
       </c>
       <c r="H816" t="s">
-        <v>2992</v>
+        <v>3005</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>2993</v>
+        <v>3006</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D817" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
       <c r="E817" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
       <c r="G817" s="1" t="s">
-        <v>2996</v>
+        <v>3007</v>
       </c>
       <c r="H817" t="s">
-        <v>2997</v>
+        <v>3008</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>2998</v>
+        <v>3009</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D818" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
       <c r="E818" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
       <c r="G818" s="1" t="s">
-        <v>2999</v>
+        <v>3010</v>
       </c>
       <c r="H818" t="s">
-        <v>3000</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>3001</v>
+        <v>3012</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D819" t="s">
-        <v>2994</v>
+        <v>3002</v>
       </c>
       <c r="E819" t="s">
-        <v>2995</v>
+        <v>3003</v>
       </c>
       <c r="G819" s="1" t="s">
-        <v>3002</v>
+        <v>3013</v>
       </c>
       <c r="H819" t="s">
-        <v>3003</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>3004</v>
+        <v>3015</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="D820" t="s">
-        <v>3005</v>
+        <v>3002</v>
       </c>
       <c r="E820" t="s">
-        <v>3006</v>
+        <v>3003</v>
       </c>
       <c r="G820" s="1" t="s">
-        <v>3007</v>
+        <v>3016</v>
       </c>
       <c r="H820" t="s">
-        <v>3008</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>3009</v>
+        <v>3018</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>17</v>
+        <v>34</v>
       </c>
       <c r="D821" t="s">
-        <v>3005</v>
+        <v>3002</v>
       </c>
       <c r="E821" t="s">
-        <v>3006</v>
+        <v>3003</v>
       </c>
       <c r="G821" s="1" t="s">
-        <v>3010</v>
+        <v>3019</v>
       </c>
       <c r="H821" t="s">
-        <v>3011</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>3012</v>
+        <v>3021</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
+        <v>39</v>
+      </c>
+      <c r="D822" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E822" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G822" s="1" t="s">
+        <v>3022</v>
+      </c>
+      <c r="H822" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="823" spans="1:8">
+      <c r="A823" t="s">
+        <v>3024</v>
+      </c>
+      <c r="B823" t="s">
+        <v>9</v>
+      </c>
+      <c r="C823" t="s">
+        <v>44</v>
+      </c>
+      <c r="D823" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E823" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G823" s="1" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H823" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="824" spans="1:8">
+      <c r="A824" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B824" t="s">
+        <v>9</v>
+      </c>
+      <c r="C824" t="s">
+        <v>48</v>
+      </c>
+      <c r="D824" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E824" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G824" s="1" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H824" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="825" spans="1:8">
+      <c r="A825" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B825" t="s">
+        <v>9</v>
+      </c>
+      <c r="C825" t="s">
+        <v>52</v>
+      </c>
+      <c r="D825" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E825" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G825" s="1" t="s">
+        <v>3031</v>
+      </c>
+      <c r="H825" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="826" spans="1:8">
+      <c r="A826" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B826" t="s">
+        <v>9</v>
+      </c>
+      <c r="C826" t="s">
+        <v>57</v>
+      </c>
+      <c r="D826" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E826" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G826" s="1" t="s">
+        <v>3034</v>
+      </c>
+      <c r="H826" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="827" spans="1:8">
+      <c r="A827" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B827" t="s">
+        <v>9</v>
+      </c>
+      <c r="C827" t="s">
+        <v>61</v>
+      </c>
+      <c r="D827" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E827" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G827" s="1" t="s">
+        <v>3037</v>
+      </c>
+      <c r="H827" t="s">
+        <v>3038</v>
+      </c>
+    </row>
+    <row r="828" spans="1:8">
+      <c r="A828" t="s">
+        <v>3039</v>
+      </c>
+      <c r="B828" t="s">
+        <v>9</v>
+      </c>
+      <c r="C828" t="s">
+        <v>66</v>
+      </c>
+      <c r="D828" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E828" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G828" s="1" t="s">
+        <v>3040</v>
+      </c>
+      <c r="H828" t="s">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="829" spans="1:8">
+      <c r="A829" t="s">
+        <v>3042</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>70</v>
+      </c>
+      <c r="D829" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E829" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G829" s="1" t="s">
+        <v>3043</v>
+      </c>
+      <c r="H829" t="s">
+        <v>3044</v>
+      </c>
+    </row>
+    <row r="830" spans="1:8">
+      <c r="A830" t="s">
+        <v>3045</v>
+      </c>
+      <c r="B830" t="s">
+        <v>9</v>
+      </c>
+      <c r="C830" t="s">
+        <v>74</v>
+      </c>
+      <c r="D830" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E830" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G830" s="1" t="s">
+        <v>3046</v>
+      </c>
+      <c r="H830" t="s">
+        <v>3047</v>
+      </c>
+    </row>
+    <row r="831" spans="1:8">
+      <c r="A831" t="s">
+        <v>3048</v>
+      </c>
+      <c r="B831" t="s">
+        <v>9</v>
+      </c>
+      <c r="C831" t="s">
+        <v>78</v>
+      </c>
+      <c r="D831" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E831" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G831" s="1" t="s">
+        <v>3049</v>
+      </c>
+      <c r="H831" t="s">
+        <v>3050</v>
+      </c>
+    </row>
+    <row r="832" spans="1:8">
+      <c r="A832" t="s">
+        <v>3051</v>
+      </c>
+      <c r="B832" t="s">
+        <v>9</v>
+      </c>
+      <c r="C832" t="s">
+        <v>334</v>
+      </c>
+      <c r="D832" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E832" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G832" s="1" t="s">
+        <v>3052</v>
+      </c>
+      <c r="H832" t="s">
+        <v>3053</v>
+      </c>
+    </row>
+    <row r="833" spans="1:8">
+      <c r="A833" t="s">
+        <v>3054</v>
+      </c>
+      <c r="B833" t="s">
+        <v>9</v>
+      </c>
+      <c r="C833" t="s">
+        <v>174</v>
+      </c>
+      <c r="D833" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E833" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G833" s="1" t="s">
+        <v>3055</v>
+      </c>
+      <c r="H833" t="s">
+        <v>3056</v>
+      </c>
+    </row>
+    <row r="834" spans="1:8">
+      <c r="A834" t="s">
+        <v>3057</v>
+      </c>
+      <c r="B834" t="s">
+        <v>9</v>
+      </c>
+      <c r="C834" t="s">
+        <v>178</v>
+      </c>
+      <c r="D834" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E834" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G834" s="1" t="s">
+        <v>3058</v>
+      </c>
+      <c r="H834" t="s">
+        <v>3059</v>
+      </c>
+    </row>
+    <row r="835" spans="1:8">
+      <c r="A835" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B835" t="s">
+        <v>9</v>
+      </c>
+      <c r="C835" t="s">
+        <v>182</v>
+      </c>
+      <c r="D835" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E835" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G835" s="1" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H835" t="s">
+        <v>3062</v>
+      </c>
+    </row>
+    <row r="836" spans="1:8">
+      <c r="A836" t="s">
+        <v>3063</v>
+      </c>
+      <c r="B836" t="s">
+        <v>9</v>
+      </c>
+      <c r="C836" t="s">
+        <v>186</v>
+      </c>
+      <c r="D836" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E836" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G836" s="1" t="s">
+        <v>3064</v>
+      </c>
+      <c r="H836" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="837" spans="1:8">
+      <c r="A837" t="s">
+        <v>3066</v>
+      </c>
+      <c r="B837" t="s">
+        <v>9</v>
+      </c>
+      <c r="C837" t="s">
+        <v>190</v>
+      </c>
+      <c r="D837" t="s">
+        <v>3002</v>
+      </c>
+      <c r="E837" t="s">
+        <v>3003</v>
+      </c>
+      <c r="G837" s="1" t="s">
+        <v>3067</v>
+      </c>
+      <c r="H837" t="s">
+        <v>3068</v>
+      </c>
+    </row>
+    <row r="838" spans="1:8">
+      <c r="A838" t="s">
+        <v>3069</v>
+      </c>
+      <c r="B838" t="s">
+        <v>9</v>
+      </c>
+      <c r="C838" t="s">
         <v>10</v>
       </c>
-      <c r="D822" t="s">
-[...12 lines deleted...]
-        <v>3017</v>
+      <c r="D838" t="s">
+        <v>3070</v>
+      </c>
+      <c r="E838" t="s">
+        <v>3071</v>
+      </c>
+      <c r="G838" s="1" t="s">
+        <v>3072</v>
+      </c>
+      <c r="H838" t="s">
+        <v>3073</v>
+      </c>
+    </row>
+    <row r="839" spans="1:8">
+      <c r="A839" t="s">
+        <v>3074</v>
+      </c>
+      <c r="B839" t="s">
+        <v>9</v>
+      </c>
+      <c r="C839" t="s">
+        <v>17</v>
+      </c>
+      <c r="D839" t="s">
+        <v>3070</v>
+      </c>
+      <c r="E839" t="s">
+        <v>3071</v>
+      </c>
+      <c r="G839" s="1" t="s">
+        <v>3075</v>
+      </c>
+      <c r="H839" t="s">
+        <v>3076</v>
+      </c>
+    </row>
+    <row r="840" spans="1:8">
+      <c r="A840" t="s">
+        <v>3077</v>
+      </c>
+      <c r="B840" t="s">
+        <v>9</v>
+      </c>
+      <c r="C840" t="s">
+        <v>21</v>
+      </c>
+      <c r="D840" t="s">
+        <v>3070</v>
+      </c>
+      <c r="E840" t="s">
+        <v>3071</v>
+      </c>
+      <c r="G840" s="1" t="s">
+        <v>3078</v>
+      </c>
+      <c r="H840" t="s">
+        <v>3079</v>
+      </c>
+    </row>
+    <row r="841" spans="1:8">
+      <c r="A841" t="s">
+        <v>3080</v>
+      </c>
+      <c r="B841" t="s">
+        <v>9</v>
+      </c>
+      <c r="C841" t="s">
+        <v>10</v>
+      </c>
+      <c r="D841" t="s">
+        <v>3081</v>
+      </c>
+      <c r="E841" t="s">
+        <v>3082</v>
+      </c>
+      <c r="G841" s="1" t="s">
+        <v>3083</v>
+      </c>
+      <c r="H841" t="s">
+        <v>3084</v>
+      </c>
+    </row>
+    <row r="842" spans="1:8">
+      <c r="A842" t="s">
+        <v>3085</v>
+      </c>
+      <c r="B842" t="s">
+        <v>9</v>
+      </c>
+      <c r="C842" t="s">
+        <v>17</v>
+      </c>
+      <c r="D842" t="s">
+        <v>3081</v>
+      </c>
+      <c r="E842" t="s">
+        <v>3082</v>
+      </c>
+      <c r="G842" s="1" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H842" t="s">
+        <v>3087</v>
+      </c>
+    </row>
+    <row r="843" spans="1:8">
+      <c r="A843" t="s">
+        <v>3088</v>
+      </c>
+      <c r="B843" t="s">
+        <v>9</v>
+      </c>
+      <c r="C843" t="s">
+        <v>10</v>
+      </c>
+      <c r="D843" t="s">
+        <v>3089</v>
+      </c>
+      <c r="E843" t="s">
+        <v>3090</v>
+      </c>
+      <c r="F843" t="s">
+        <v>3091</v>
+      </c>
+      <c r="G843" s="1" t="s">
+        <v>3092</v>
+      </c>
+      <c r="H843" t="s">
+        <v>3093</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -31396,50 +32170,71 @@
     <hyperlink ref="G798" r:id="rId797"/>
     <hyperlink ref="G799" r:id="rId798"/>
     <hyperlink ref="G800" r:id="rId799"/>
     <hyperlink ref="G801" r:id="rId800"/>
     <hyperlink ref="G802" r:id="rId801"/>
     <hyperlink ref="G803" r:id="rId802"/>
     <hyperlink ref="G804" r:id="rId803"/>
     <hyperlink ref="G805" r:id="rId804"/>
     <hyperlink ref="G806" r:id="rId805"/>
     <hyperlink ref="G807" r:id="rId806"/>
     <hyperlink ref="G808" r:id="rId807"/>
     <hyperlink ref="G809" r:id="rId808"/>
     <hyperlink ref="G810" r:id="rId809"/>
     <hyperlink ref="G811" r:id="rId810"/>
     <hyperlink ref="G812" r:id="rId811"/>
     <hyperlink ref="G813" r:id="rId812"/>
     <hyperlink ref="G814" r:id="rId813"/>
     <hyperlink ref="G815" r:id="rId814"/>
     <hyperlink ref="G816" r:id="rId815"/>
     <hyperlink ref="G817" r:id="rId816"/>
     <hyperlink ref="G818" r:id="rId817"/>
     <hyperlink ref="G819" r:id="rId818"/>
     <hyperlink ref="G820" r:id="rId819"/>
     <hyperlink ref="G821" r:id="rId820"/>
     <hyperlink ref="G822" r:id="rId821"/>
+    <hyperlink ref="G823" r:id="rId822"/>
+    <hyperlink ref="G824" r:id="rId823"/>
+    <hyperlink ref="G825" r:id="rId824"/>
+    <hyperlink ref="G826" r:id="rId825"/>
+    <hyperlink ref="G827" r:id="rId826"/>
+    <hyperlink ref="G828" r:id="rId827"/>
+    <hyperlink ref="G829" r:id="rId828"/>
+    <hyperlink ref="G830" r:id="rId829"/>
+    <hyperlink ref="G831" r:id="rId830"/>
+    <hyperlink ref="G832" r:id="rId831"/>
+    <hyperlink ref="G833" r:id="rId832"/>
+    <hyperlink ref="G834" r:id="rId833"/>
+    <hyperlink ref="G835" r:id="rId834"/>
+    <hyperlink ref="G836" r:id="rId835"/>
+    <hyperlink ref="G837" r:id="rId836"/>
+    <hyperlink ref="G838" r:id="rId837"/>
+    <hyperlink ref="G839" r:id="rId838"/>
+    <hyperlink ref="G840" r:id="rId839"/>
+    <hyperlink ref="G841" r:id="rId840"/>
+    <hyperlink ref="G842" r:id="rId841"/>
+    <hyperlink ref="G843" r:id="rId842"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>